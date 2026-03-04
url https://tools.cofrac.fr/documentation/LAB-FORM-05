--- v0 (2025-10-07)
+++ v1 (2026-03-04)
@@ -2,63 +2,64 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2A24A064" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00B117B6">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk86072470"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Le demandeur soumet :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A29D7AC" w14:textId="2E39793B" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
@@ -111,51 +112,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
-        <w:t>une demande d’accréditation initiale</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> demande d’accréditation initiale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1243B5EF" w14:textId="29800AF1" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
@@ -188,54 +208,73 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">une demande d’extension relative à l’accréditation n° : </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> demande d’extension relative à l’accréditation n° : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA73A23" w14:textId="3BD429CF" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
+    <w:p w14:paraId="7005D165" w14:textId="734F6FAE" w:rsidR="002379BA" w:rsidRDefault="00266E59" w:rsidP="002379BA">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
@@ -265,210 +304,278 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
-        <w:t>une demande de transfert</w:t>
-[...18 lines deleted...]
-        <w:t xml:space="preserve"> d’accréditation / de mise à jour (déménagement, changement de dénomination sociale, ...) et de renouvellement de l’accréditation n°: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002379BA" w:rsidRPr="00C743F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002379BA" w:rsidRPr="00C743F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> demande de renouvellement de l’accréditation n</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002379BA" w:rsidRPr="00C743F5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>°:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002379BA" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C6E1FEB" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00B117B6">
+    <w:p w14:paraId="37FE4D89" w14:textId="1DA3A088" w:rsidR="002379BA" w:rsidRDefault="00150451" w:rsidP="00EC2B4A">
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4253"/>
+        </w:tabs>
         <w:spacing w:before="240"/>
-        <w:rPr>
-[...19 lines deleted...]
-        <w:ind w:left="567" w:right="-142" w:hanging="567"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="CaseACocher1"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="00685C8B">
+      <w:r w:rsidR="0056756C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00266E59">
-[...8 lines deleted...]
-      <w:r w:rsidR="00685C8B">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EA1419" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EA1419" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> demande de transfert</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1419" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidR="00EA1419" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’accréditation </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA1419">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="0056756C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>de mise à jour (déménagement, changement de dénomination sociale,</w:t>
+      </w:r>
+      <w:r w:rsidR="002379BA" w:rsidRPr="0056756C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> etc</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="0056756C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.) </w:t>
+      </w:r>
+      <w:r w:rsidR="005E56EE" w:rsidRPr="0056756C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>de l’accréditation n</w:t>
+      </w:r>
+      <w:r w:rsidR="00106A03" w:rsidRPr="0056756C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>° :</w:t>
+      </w:r>
+      <w:r w:rsidR="00106A03">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00266E59">
-[...17 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="48A20FE4" w14:textId="174DDBDE" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
+    <w:p w14:paraId="5910F54D" w14:textId="1DB08DFA" w:rsidR="002F1BD3" w:rsidRPr="00266E59" w:rsidRDefault="00150451" w:rsidP="00685C8B">
       <w:pPr>
-        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
-        <w:ind w:left="567" w:right="-142" w:hanging="567"/>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
@@ -486,210 +593,264 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00685C8B">
+      <w:r w:rsidR="0056756C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002F1BD3" w:rsidRPr="00063395">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>une</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="002F1BD3" w:rsidRPr="00063395">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> demande de mise en commun de moyen</w:t>
+      </w:r>
+      <w:r w:rsidR="002F1BD3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002379BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>pour les accréditations n° :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6E1FEB" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00B117B6">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>d’étalonnage suivant</w:t>
-[...9 lines deleted...]
-      </w:r>
+        <w:t>pour</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">la norme </w:t>
-[...9 lines deleted...]
-        <w:t>NF EN ISO/IEC 17025</w:t>
+        <w:t xml:space="preserve"> des activités* :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C4883A9" w14:textId="7B41D2D3" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
+    <w:p w14:paraId="77CB2D9E" w14:textId="54735D39" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-142" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
+      <w:bookmarkStart w:id="1" w:name="CaseACocher1"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00685C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>d’échantillonnage en vue d’essais ou étalonnages suivant</w:t>
+        <w:t>d’essai</w:t>
+      </w:r>
+      <w:r w:rsidR="002379BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suivant</w:t>
       </w:r>
       <w:r w:rsidR="00685C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">la norme </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>NF EN ISO/IEC 17025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54EF981A" w14:textId="2774E0F6" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
+    <w:p w14:paraId="48A20FE4" w14:textId="5E6B9AF7" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
       <w:pPr>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-142" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
@@ -719,91 +880,111 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00685C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>de production de matériaux de référence suivant</w:t>
+        <w:t>d’étalonnage</w:t>
+      </w:r>
+      <w:r w:rsidR="002379BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> suivant</w:t>
       </w:r>
       <w:r w:rsidR="00685C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">la norme </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t>NF EN ISO 17034</w:t>
+        <w:t>NF EN ISO/IEC 17025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06AAEFA5" w14:textId="739FDEF5" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
+    <w:p w14:paraId="0C4883A9" w14:textId="74B82C6B" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
       <w:pPr>
-        <w:spacing w:before="240"/>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="-142" w:hanging="567"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="CaseACocher1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
             </w:checkBox>
           </w:ffData>
@@ -831,76 +1012,387 @@
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00685C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">d’organisation </w:t>
+        <w:t>d’échantillonnage</w:t>
+      </w:r>
+      <w:r w:rsidR="002379BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002379BA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et prélèvements </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>en vue d’essais ou étalonnages suivant</w:t>
+      </w:r>
+      <w:r w:rsidR="00685C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la norme </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>NF EN ISO/IEC 17025</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54EF981A" w14:textId="7D6E10D5" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
+      <w:pPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="567" w:right="-142" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00685C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> production de matériaux de référence </w:t>
+      </w:r>
+      <w:r w:rsidR="00E908B9" w:rsidRPr="00063395">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(PMR) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00063395">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>suivant</w:t>
+      </w:r>
+      <w:r w:rsidR="00685C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la norme </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>NF EN ISO 17034</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06AAEFA5" w14:textId="7C3CCF6F" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00685C8B">
+      <w:pPr>
+        <w:spacing w:before="240"/>
+        <w:ind w:left="567" w:right="-142" w:hanging="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin">
+          <w:ffData>
+            <w:name w:val="CaseACocher1"/>
+            <w:enabled/>
+            <w:calcOnExit w:val="0"/>
+            <w:checkBox>
+              <w:sizeAuto/>
+              <w:default w:val="0"/>
+            </w:checkBox>
+          </w:ffData>
+        </w:fldChar>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00685C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>d’organisation</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B2339C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">d’essais d’aptitude </w:t>
       </w:r>
       <w:r w:rsidR="00997A35">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>(EdA)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB50C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>suivant</w:t>
       </w:r>
       <w:r w:rsidR="00685C8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
@@ -1007,51 +1499,51 @@
     </w:p>
     <w:p w14:paraId="03CD8122" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7DDFA228" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F660E78" w14:textId="2A6A1569" w:rsidR="00CF0B1F" w:rsidRDefault="00266E59">
+    <w:p w14:paraId="4F660E78" w14:textId="7321BB79" w:rsidR="00CF0B1F" w:rsidRDefault="00266E59">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:noProof/>
           <w:color w:val="000000"/>
@@ -1094,67 +1586,67 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00CF0B1F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056959 \h </w:instrText>
         </w:r>
         <w:r w:rsidR="00CF0B1F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r w:rsidR="00CF0B1F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00CF0B1F">
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidR="00CF0B1F">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1945E22F" w14:textId="6019B363" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="1945E22F" w14:textId="3BB5FA7D" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056960" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Partie 1 : informations relatives au demandeur</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1167,323 +1659,323 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056960 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2902D2EF" w14:textId="46E99EEF" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="2902D2EF" w14:textId="658B8628" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056961" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>1.1. L’entité juridique responsable des activités objets de la demande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056961 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C62D497" w14:textId="41F684E0" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="6C62D497" w14:textId="74441342" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056962" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>1.2. Organisme réalisant les activités objets de la demande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056962 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2682A6C8" w14:textId="288E1F97" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="2682A6C8" w14:textId="0E46B19A" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056963" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>1.3. Représentant de l’organisme désigné pour les contacts ultérieurs avec le Cofrac</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056963 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7D451F4B" w14:textId="4F2ED64F" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="7D451F4B" w14:textId="39E5DB27" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056964" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>1.4. Informations pour la facturation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056964 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5FCE7BE0" w14:textId="0DC7CD0D" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="5FCE7BE0" w14:textId="41581ED5" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056965" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Partie 2 : portée d’accréditation demandée</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1496,67 +1988,67 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056965 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0F73357E" w14:textId="7AFF0902" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="0F73357E" w14:textId="60593914" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="960"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056966" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>2.1.</w:t>
         </w:r>
         <w:r>
           <w:rPr>
@@ -1584,129 +2076,129 @@
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056966 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51D7D294" w14:textId="0B4E27EA" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="51D7D294" w14:textId="5AB4BF3B" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056967" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>2.2. Informations relatives aux activités présentées à l’accréditation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056967 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5FB64D42" w14:textId="3BE5671A" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="5FB64D42" w14:textId="578FAC0B" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056968" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Partie 3 : fonctionnement de l’organisme</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -1719,387 +2211,387 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056968 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6FBEC07B" w14:textId="72957583" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="6FBEC07B" w14:textId="3F39EE34" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056969" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>3.1. Organisation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056969 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="03EB10EB" w14:textId="78BA59C9" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="03EB10EB" w14:textId="7CAE0F8D" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056970" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>3.2. Personnel impliqué dans les activités</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056970 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>11</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6BF4BFF1" w14:textId="1FE88465" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="6BF4BFF1" w14:textId="1DBE7001" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056971" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>3.3. Prise en compte des exigences d’accréditation par l’organisme</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056971 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="27745FB6" w14:textId="3C19DB6B" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="27745FB6" w14:textId="5A7A6C52" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056972" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>3.4. Accès à l’information</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056972 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="368896F8" w14:textId="116438A1" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="368896F8" w14:textId="2E05D8A7" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:iCs w:val="0"/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056973" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>3.5. Autres accréditations éventuelles</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056973 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>13</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="3114775E" w14:textId="20D5FD11" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="3114775E" w14:textId="318D6C45" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056974" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Partie 4 : engagement du demandeur</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2112,67 +2604,67 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056974 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>13</w:t>
+          <w:t>14</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="793431BA" w14:textId="44CEAF33" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="793431BA" w14:textId="4925AA95" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056975" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:bCs/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>Partie 5 : liste des pièces à joindre à la demande d’accréditation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
@@ -2185,67 +2677,67 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056975 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>14</w:t>
+          <w:t>15</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6264B1F1" w14:textId="485C15A7" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="6264B1F1" w14:textId="41F577B0" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056976" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>ANNEXE A : Activités d’échantillonnage demandées à l’accréditation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2257,211 +2749,251 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056976 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>16</w:t>
+          <w:t>17</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4C0B50AD" w14:textId="6B55D0BC" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="4C0B50AD" w14:textId="18C30D75" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056977" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
-          <w:t>ANNEXE B : Activités d’essai et/ou d’analyse demandées à l’accréditation</w:t>
+          <w:t>ANNEXE B : Activités d’essai</w:t>
+        </w:r>
+        <w:r w:rsidR="00CB6583">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>s</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005100DB">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve">  demandées à l’accréditation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056977 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>17</w:t>
+          <w:t>18</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6922ECCA" w14:textId="1EFC9E2D" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="6922ECCA" w14:textId="167D408F" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056978" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
-          <w:t>ANNEXE C : Activités d’étalonnage demandées à l’accréditation</w:t>
+          <w:t>ANNEXE C : Activités d’étalonnage</w:t>
+        </w:r>
+        <w:r w:rsidR="00CB6583">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t>s</w:t>
+        </w:r>
+        <w:r w:rsidRPr="005100DB">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:b/>
+            <w:noProof/>
+            <w:lang w:eastAsia="en-US"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> demandées à l’accréditation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056978 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>18</w:t>
+          <w:t>19</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="7BE2E974" w14:textId="4E16B834" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="7BE2E974" w14:textId="69214745" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056979" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>ANNEXE D : Activités de producteur de matériaux de référence</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2473,67 +3005,67 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056979 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>19</w:t>
+          <w:t>20</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4B2312CE" w14:textId="1DB553F2" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
+    <w:p w14:paraId="4B2312CE" w14:textId="7D44370A" w:rsidR="00CF0B1F" w:rsidRDefault="00CF0B1F">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
           <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_Toc184056980" w:history="1">
         <w:r w:rsidRPr="005100DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:cs="Arial"/>
             <w:b/>
             <w:noProof/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>ANNEXE E : Activités d’organisateur d’essais d’aptitude</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
@@ -2545,104 +3077,105 @@
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGEREF _Toc184056980 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00F2469E">
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>20</w:t>
+          <w:t>22</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="40AB69A7" w14:textId="1B9558DB" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+    <w:p w14:paraId="40AB69A7" w14:textId="1B9558DB" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00FE0259">
       <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B0114CC" w14:textId="06B33F93" w:rsidR="00266E59" w:rsidRPr="00B117B6" w:rsidRDefault="00266E59" w:rsidP="00B119E8">
+    <w:p w14:paraId="0B0114CC" w14:textId="06B33F93" w:rsidR="00266E59" w:rsidRPr="00B117B6" w:rsidRDefault="00266E59" w:rsidP="00FE0259">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="360" w:after="240"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266E59">
+      <w:r w:rsidRPr="00FE0259">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Toc184056959"/>
       <w:r w:rsidRPr="00B117B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Partie </w:t>
       </w:r>
@@ -2773,58 +3306,69 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Le dossier de demande complété est à retourner au Cofrac :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6ECCBB1A" w14:textId="77777777" w:rsidR="00B119E8" w:rsidRDefault="00266E59" w:rsidP="008E7599">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="851" w:right="-1" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00B119E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">au format papier à l’adresse postale </w:t>
+        <w:t>au</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B119E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> format papier à l’adresse postale </w:t>
       </w:r>
       <w:r w:rsidR="00B119E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">suivante : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F32D745" w14:textId="77777777" w:rsidR="00B119E8" w:rsidRDefault="00266E59" w:rsidP="00B119E8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="851" w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
@@ -2879,87 +3423,100 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B119E8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">75012 Paris, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="251ADDB9" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:ind w:left="567" w:right="-1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="12B8C69F" w14:textId="2E5DFF0A" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="851" w:right="-1" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">au format digital (dossier au format zip de taille inférieure à 8 Mo) joint à un courrier électronique à l’adresse </w:t>
+        <w:t>au</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> format digital (dossier au format zip de taille inférieure à 8 Mo) joint à un courrier électronique à l’adresse </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidRPr="00266E59">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-US"/>
           </w:rPr>
           <w:t>depotdemandelab@cofrac.fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ou à l’adresse du gestionnaire de votre dossier pour une demande d’extension de l’accréditation</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
@@ -3408,51 +3965,51 @@
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>L’entité juridique responsable des activités objets de la demande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10211" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3407"/>
         <w:gridCol w:w="6804"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="7DB02AA9" w14:textId="77777777" w:rsidTr="00B10413">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="7DB02AA9" w14:textId="77777777" w:rsidTr="2F8E2D62">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="10C75EFD" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
@@ -3484,51 +4041,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4B93BC6B" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="45056A35" w14:textId="77777777" w:rsidTr="00B10413">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="45056A35" w14:textId="77777777" w:rsidTr="2F8E2D62">
         <w:trPr>
           <w:trHeight w:val="1206"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6A6194C5" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
@@ -3541,51 +4098,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3C9541AD" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="6E28EFAD" w14:textId="77777777" w:rsidTr="00B10413">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="6E28EFAD" w14:textId="77777777" w:rsidTr="2F8E2D62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7BC83D5B" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3614,51 +4171,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4BE6BE8C" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="28DBD19D" w14:textId="77777777" w:rsidTr="00B10413">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="28DBD19D" w14:textId="77777777" w:rsidTr="2F8E2D62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="337FB27D" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3687,51 +4244,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="44EF3BF4" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="0E74ADB7" w14:textId="77777777" w:rsidTr="00B10413">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="0E74ADB7" w14:textId="77777777" w:rsidTr="2F8E2D62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="140542F0" w14:textId="72CCC4A8" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3741,51 +4298,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6804" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="28E5AEEE" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-108"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="4F63650A" w14:textId="77777777" w:rsidTr="00B10413">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="4F63650A" w14:textId="77777777" w:rsidTr="2F8E2D62">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3407" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2D39035F" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -3976,55 +4533,63 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE0B2D" w:rsidRPr="00AE0B2D" w14:paraId="525CEA07" w14:textId="77777777" w:rsidTr="00684456">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3479" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4E2D223F" w14:textId="77C28ED8" w:rsidR="00AE0B2D" w:rsidRPr="00AE0B2D" w:rsidRDefault="00AE0B2D" w:rsidP="00684456">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00AE0B2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>E-mail (adresse nominative) :</w:t>
+              <w:t>E-mail</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AE0B2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (adresse nominative) :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7294" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3487A1F4" w14:textId="77777777" w:rsidR="00AE0B2D" w:rsidRPr="00AE0B2D" w:rsidRDefault="00AE0B2D" w:rsidP="00684456">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="0" w:right="-108"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33280C92" w14:textId="7126B9A1" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00BA15CC">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:jc w:val="both"/>
@@ -4214,51 +4779,73 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4837BDA4" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(si différent de 1.1)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> différent de 1.1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D7318D1" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="19E0A712" w14:textId="77777777" w:rsidTr="00B10413">
         <w:trPr>
@@ -4291,51 +4878,73 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Adresse principale :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3AAB4A2E" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(si différent de 1.1)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> différent de 1.1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="584994DC" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5A762DA3" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="009B5838">
@@ -4417,59 +5026,61 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Téléphone :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4181" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5DA9A912" w14:textId="475F197D" w:rsidR="00AA4068" w:rsidRPr="00266E59" w:rsidRDefault="00831697" w:rsidP="00B10413">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:right="-2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00AA4068" w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2491C4BC" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="000E5A6B">
       <w:pPr>
         <w:spacing w:before="60"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
@@ -4722,265 +5333,140 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Civilité NOM prénom :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="17EAF072" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00DD770C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="1639C9E6" w14:textId="77777777" w:rsidTr="004F2B16">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="507785D7" w14:textId="77777777" w:rsidTr="004F2B16">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C54091F" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="009B5838">
+          <w:p w14:paraId="3D046558" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="009B5838">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Fonction :</w:t>
+              <w:t>Téléphone :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EEEB245" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00DD770C">
+          <w:p w14:paraId="6CB0AA05" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00DD770C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="58E0A41A" w14:textId="77777777" w:rsidTr="004F2B16">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="30F67BD2" w14:textId="77777777" w:rsidTr="004F2B16">
         <w:trPr>
-          <w:trHeight w:val="1119"/>
+          <w:trHeight w:val="601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4203454F" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="009B5838">
+          <w:p w14:paraId="1456650C" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="009B5838">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00266E59">
-[...142 lines deleted...]
-              <w:t>E-mail :</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="516F2BF7" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00DD770C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7AF90000" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="009B5838">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="360"/>
@@ -5077,51 +5563,73 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Adresse de facturation :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FAA9880" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="007F4505">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(si différente de celle en 1.1)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> différente de celle en 1.1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0EA93614" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="007F4505">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="4EB77B3C" w14:textId="77777777" w:rsidTr="008E3689">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
@@ -5147,51 +5655,73 @@
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Contact pour la facturation :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="319D8986" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="007F4505">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007F4505">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(civilité NOM Prénom)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="007F4505">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>civilité</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="007F4505">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> NOM Prénom)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03B19540" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="007F4505">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6FFF9578" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="009B5838">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
@@ -5258,122 +5788,284 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6463" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D6361D5" w14:textId="587E1627" w:rsidR="008E3689" w:rsidRPr="00266E59" w:rsidRDefault="00AA4068" w:rsidP="008E3689">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00266E59">
-[...6 lines deleted...]
-              <w:t>E-mail :</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> :</w:t>
             </w:r>
             <w:r w:rsidR="008E3689">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA4068" w:rsidRPr="00266E59" w14:paraId="1DECB66A" w14:textId="77777777" w:rsidTr="00B10413">
+      <w:tr w:rsidR="002D055D" w:rsidRPr="00266E59" w14:paraId="533EFE71" w14:textId="77777777" w:rsidTr="00F2469E">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5783" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A9F76D1" w14:textId="41D77B45" w:rsidR="002D055D" w:rsidRPr="00266E59" w:rsidRDefault="005155EF" w:rsidP="00B6703B">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC2B4A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>N° TVA intracommunautaire :</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="412C156E" w14:textId="77777777" w:rsidR="002D055D" w:rsidRPr="00266E59" w:rsidRDefault="002D055D" w:rsidP="00836F50">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F2469E" w:rsidRPr="00266E59" w14:paraId="41503A82" w14:textId="77777777" w:rsidTr="00F2469E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5783" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC0B732" w14:textId="0F323902" w:rsidR="00F2469E" w:rsidRPr="00EC2B4A" w:rsidRDefault="00F2469E" w:rsidP="00B6703B">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="240"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>N° SIREN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B40D5A0" w14:textId="77777777" w:rsidR="00F2469E" w:rsidRPr="00266E59" w:rsidRDefault="00F2469E" w:rsidP="00836F50">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AA4068" w:rsidRPr="00266E59" w14:paraId="1DECB66A" w14:textId="77777777" w:rsidTr="00F2469E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="680"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5783" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19C8EE3E" w14:textId="77777777" w:rsidR="00AA4068" w:rsidRPr="00266E59" w:rsidRDefault="00AA4068" w:rsidP="00B6703B">
             <w:pPr>
               <w:spacing w:before="240" w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Nécessité d’un Bon de Commande préalable ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60DA7747" w14:textId="4C8D40B8" w:rsidR="00AA4068" w:rsidRPr="00266E59" w:rsidRDefault="00AA4068" w:rsidP="00836F50">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -5424,51 +6116,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>NON</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2297" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11E51F41" w14:textId="2839F193" w:rsidR="00AA4068" w:rsidRPr="00266E59" w:rsidRDefault="00AA4068" w:rsidP="00836F50">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
@@ -5549,51 +6241,71 @@
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B852F0D" w14:textId="77777777" w:rsidR="008E3689" w:rsidRPr="00266E59" w:rsidRDefault="008E3689" w:rsidP="00B6703B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Si oui, BdC à adresser à :</w:t>
+              <w:t xml:space="preserve">Si oui, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>BdC</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> à adresser à :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7229" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F6AE0D6" w14:textId="77777777" w:rsidR="008E3689" w:rsidRPr="00266E59" w:rsidRDefault="008E3689" w:rsidP="00B6703B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -5747,135 +6459,195 @@
         </w:rPr>
         <w:t> : portée d’accréditation demandée</w:t>
       </w:r>
       <w:bookmarkEnd w:id="8"/>
     </w:p>
     <w:p w14:paraId="155292F6" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Cette partie vise à :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BDCA9AE" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00A029F0">
+    <w:p w14:paraId="1BDCA9AE" w14:textId="36737531" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00AC30C7" w:rsidP="00A029F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266E59">
-[...6 lines deleted...]
-        <w:t>Exprimer la portée d’accréditation, c’est-à-dire les activités pour lesquelles le demandeur souhaite voir reconnaître ses compétences, et les lieux de réalisation associés,</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>xprimer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la portée d’accréditation, c’est-à-dire les activités pour lesquelles le demandeur souhaite voir reconnaître ses compétences, et les lieux de réalisation associés,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B664888" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00A029F0">
+    <w:p w14:paraId="7B664888" w14:textId="35BE3DCF" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00AC30C7" w:rsidP="00A029F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266E59">
-[...6 lines deleted...]
-        <w:t>Confirmer que le demandeur est autorisé à réaliser les activités présentées à l’accréditation, et est assuré pour ces activités,</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>onfirmer</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que le demandeur est autorisé à réaliser les activités présentées à l’accréditation, et est assuré pour ces activités,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF97ED2" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00A029F0">
+    <w:p w14:paraId="1DF97ED2" w14:textId="238B0FCF" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00AC30C7" w:rsidP="00A029F0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266E59">
-[...6 lines deleted...]
-        <w:t>Recueillir des informations sur la pratique des activités, utiles pour organiser l’évaluation du demandeur.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ecueillir</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des informations sur la pratique des activités, utiles pour organiser l’évaluation du demandeur.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10188"/>
       </w:tblGrid>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="492513F9" w14:textId="77777777" w:rsidTr="00B10413">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -6028,234 +6800,370 @@
     <w:p w14:paraId="69BE961F" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>A remplir dans le cadre d’une demande initiale ou de tout type d’extension :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F921F44" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
+    <w:p w14:paraId="4F921F44" w14:textId="48E91731" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Activité d’échantillonnage : renseigner </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00266E59">
+        <w:t>Activité</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6583">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t>l’annexe A</w:t>
+        </w:rPr>
+        <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> d’échantillonnage</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6583">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00463CE2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et prélèvement</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6583">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : renseigner </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>l’annexe A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> au présent formulaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33C66525" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
+    <w:p w14:paraId="33C66525" w14:textId="0B37067A" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Activité d’</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t>Activité</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6583">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">essai ou d’analyse : </w:t>
+        <w:t>essai</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6583">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="003B0100">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">renseigner </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>annexe B</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>au présent formulaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D23166E" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
+    <w:p w14:paraId="5D23166E" w14:textId="2157C3B7" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Activité d’</w:t>
+        <w:t>Activité</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6583">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">étalonnage : </w:t>
+        <w:t>étalonnage</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6583">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">renseigner </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>l’</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6270,538 +7178,607 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>au présent formulaire</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26205992" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
+    <w:p w14:paraId="26205992" w14:textId="3B07CD36" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266E59">
+      <w:r w:rsidRPr="11A9B34A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00266E59">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Activité</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6583" w:rsidRPr="11A9B34A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="11A9B34A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de producteur de matériaux de référence : renseigner </w:t>
+      </w:r>
+      <w:r w:rsidRPr="11A9B34A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>l’annexe D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00266E59">
+      <w:r w:rsidRPr="11A9B34A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> au présent formulaire </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42190730" w14:textId="5640789C" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
+    <w:p w14:paraId="42190730" w14:textId="35585FD1" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120" w:line="300" w:lineRule="atLeast"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266E59">
+      <w:r w:rsidRPr="11A9B34A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00B2339C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Activité</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6583" w:rsidRPr="11A9B34A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00BB117D">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="11A9B34A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00266E59">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d’organisateur </w:t>
+      </w:r>
+      <w:r w:rsidR="00B2339C" w:rsidRPr="11A9B34A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d’essais d’aptitude</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB117D" w:rsidRPr="11A9B34A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="11A9B34A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: renseigner </w:t>
       </w:r>
-      <w:r w:rsidRPr="00266E59">
+      <w:r w:rsidRPr="11A9B34A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>l’annexe E</w:t>
       </w:r>
-      <w:r w:rsidRPr="00266E59">
+      <w:r w:rsidRPr="11A9B34A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> au présent formulaire </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55358B69" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="007F4505">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Dans le cadre d’une demande d’accréditation selon la norme NF EN ISO/IEC 17025, le tableau ci-dessous est également à compléter : </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3403"/>
-        <w:gridCol w:w="3684"/>
+        <w:gridCol w:w="1841"/>
+        <w:gridCol w:w="1843"/>
         <w:gridCol w:w="3119"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB68B4" w:rsidRPr="00266E59" w14:paraId="2FEC3597" w14:textId="77777777" w:rsidTr="004F2B16">
+      <w:tr w:rsidR="00337CE5" w:rsidRPr="00266E59" w14:paraId="2FEC3597" w14:textId="77777777" w:rsidTr="0ABBB408">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
-            <w:shd w:val="pct5" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="02322639" w14:textId="09AFB3F3" w:rsidR="00AB68B4" w:rsidRPr="00852B3F" w:rsidRDefault="00AB68B4" w:rsidP="00266E59">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02322639" w14:textId="09AFB3F3" w:rsidR="00337CE5" w:rsidRPr="00852B3F" w:rsidRDefault="00337CE5" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Désignation de l’Unité(s) Technique(s)</w:t>
             </w:r>
             <w:r w:rsidRPr="00852B3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:footnoteReference w:id="14"/>
             </w:r>
             <w:r w:rsidRPr="00852B3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> ou Nom et adresse du site pour les organismes multisites</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1805" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="36749A7F" w14:textId="3601B03A" w:rsidR="00AB68B4" w:rsidRPr="00852B3F" w:rsidRDefault="00A14B67" w:rsidP="00467B63">
+            <w:tcW w:w="902" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D9CC45" w14:textId="77777777" w:rsidR="00337CE5" w:rsidRPr="00852B3F" w:rsidRDefault="00337CE5" w:rsidP="00467B63">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852B3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Type de site</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008C65AF" w:rsidRPr="00852B3F">
+              <w:t xml:space="preserve">Type de site </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00852B3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:footnoteReference w:id="15"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36749A7F" w14:textId="21C271CB" w:rsidR="00337CE5" w:rsidRPr="00852B3F" w:rsidRDefault="00337CE5" w:rsidP="00467B63">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...21 lines deleted...]
-              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00380F90">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00852B3F">
+              <w:t>Nature du site</w:t>
+            </w:r>
+            <w:r w:rsidR="0004405B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Domaine / Sous domaine</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0004405B">
+              <w:rPr>
+                <w:rStyle w:val="Appelnotedebasdep"/>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00D75DE9" w:rsidRPr="00852B3F">
+              <w:footnoteReference w:id="16"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58F0FB79" w14:textId="055B60EF" w:rsidR="00337CE5" w:rsidRPr="00852B3F" w:rsidRDefault="00337CE5" w:rsidP="00266E59">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00467B63" w:rsidRPr="00852B3F">
+            </w:pPr>
+            <w:r w:rsidRPr="00852B3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="009B2338" w:rsidRPr="00852B3F">
+              <w:t>Domaine / Sous domaine / Famille</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00852B3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:footnoteReference w:id="17"/>
+            </w:r>
+            <w:r w:rsidRPr="00852B3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Famille</w:t>
-[...19 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> et/ou domaine technique</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB68B4" w:rsidRPr="00266E59" w14:paraId="36BB8B38" w14:textId="77777777" w:rsidTr="004F2B16">
+      <w:tr w:rsidR="00337CE5" w:rsidRPr="00266E59" w14:paraId="36BB8B38" w14:textId="77777777" w:rsidTr="0ABBB408">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13D0AA2A" w14:textId="77777777" w:rsidR="00AB68B4" w:rsidRPr="00266E59" w:rsidRDefault="00AB68B4" w:rsidP="004F2B16">
+          <w:p w14:paraId="13D0AA2A" w14:textId="77777777" w:rsidR="00337CE5" w:rsidRPr="00266E59" w:rsidRDefault="00337CE5" w:rsidP="004F2B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1805" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2BE8F747" w14:textId="77777777" w:rsidR="00AB68B4" w:rsidRPr="00266E59" w:rsidRDefault="00AB68B4" w:rsidP="004F2B16">
+            <w:tcW w:w="902" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC4E77E" w14:textId="77777777" w:rsidR="00337CE5" w:rsidRPr="00266E59" w:rsidRDefault="00337CE5" w:rsidP="004F2B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="471CCB99" w14:textId="42B81ACD" w:rsidR="00AB68B4" w:rsidRPr="00266E59" w:rsidRDefault="00AB68B4" w:rsidP="004F2B16">
+            <w:tcW w:w="903" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE8F747" w14:textId="479F0D10" w:rsidR="00337CE5" w:rsidRPr="00266E59" w:rsidRDefault="00337CE5" w:rsidP="004F2B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="471CCB99" w14:textId="42B81ACD" w:rsidR="00337CE5" w:rsidRPr="00266E59" w:rsidRDefault="00337CE5" w:rsidP="004F2B16">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB68B4" w:rsidRPr="00266E59" w14:paraId="16F348B0" w14:textId="77777777" w:rsidTr="004F2B16">
+      <w:tr w:rsidR="00337CE5" w:rsidRPr="00266E59" w14:paraId="16F348B0" w14:textId="77777777" w:rsidTr="0ABBB408">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53D8A6A1" w14:textId="77777777" w:rsidR="00AB68B4" w:rsidRPr="00266E59" w:rsidRDefault="00AB68B4" w:rsidP="004F2B16">
+          <w:p w14:paraId="53D8A6A1" w14:textId="77777777" w:rsidR="00337CE5" w:rsidRPr="00266E59" w:rsidRDefault="00337CE5" w:rsidP="004F2B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1805" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6AFAA1CE" w14:textId="77777777" w:rsidR="00AB68B4" w:rsidRPr="00266E59" w:rsidRDefault="00AB68B4" w:rsidP="004F2B16">
+            <w:tcW w:w="902" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BDFD81" w14:textId="77777777" w:rsidR="00337CE5" w:rsidRPr="00266E59" w:rsidRDefault="00337CE5" w:rsidP="004F2B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1529" w:type="pct"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="397D4CAD" w14:textId="4D2A4DE1" w:rsidR="00AB68B4" w:rsidRPr="00266E59" w:rsidRDefault="00AB68B4" w:rsidP="004F2B16">
+            <w:tcW w:w="902" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AFAA1CE" w14:textId="16AD7DC0" w:rsidR="00337CE5" w:rsidRPr="00266E59" w:rsidRDefault="00337CE5" w:rsidP="004F2B16">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1528" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="397D4CAD" w14:textId="4D2A4DE1" w:rsidR="00337CE5" w:rsidRPr="00266E59" w:rsidRDefault="00337CE5" w:rsidP="004F2B16">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0E38587D" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00B10413" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:u w:val="single"/>
@@ -6886,69 +7863,290 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CA6F2AE" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00326851">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:ind w:right="-610"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Les activités sont (seront)-elles pratiquées hors de France ?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7BB8C357" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00326851">
+          <w:p w14:paraId="7EB78885" w14:textId="799EFBD9" w:rsidR="00266E59" w:rsidRPr="00F05A4B" w:rsidRDefault="00266E59" w:rsidP="00326851">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00266E59">
-[...6 lines deleted...]
-              <w:t>Si oui, préciser les pays.</w:t>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Si oui, préciser le</w:t>
+            </w:r>
+            <w:r w:rsidR="007C5AC4" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ou le</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="007C5AC4" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pays</w:t>
+            </w:r>
+            <w:r w:rsidR="007C5AC4" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, l</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2B99" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
+            <w:r w:rsidR="007C5AC4" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (ou les) </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2B99" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>compétences</w:t>
+            </w:r>
+            <w:r w:rsidR="007C5AC4" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(s) concerné</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF2B99" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="007C5AC4" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(s</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC69AB" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF4425" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et une estimation de la volumétrie d’essais / d’étalonnage</w:t>
+            </w:r>
+            <w:r w:rsidR="00E31A69" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00463CE2" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / d’échantillonnages et prélèvements</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BB8C357" w14:textId="3685C332" w:rsidR="002B3DA1" w:rsidRPr="00266E59" w:rsidRDefault="002B3DA1" w:rsidP="00326851">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:right="-142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Préciser si ces activités à l’étranger</w:t>
+            </w:r>
+            <w:r w:rsidR="004F010E" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="004F010E" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>sont</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00463CE2" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (seront)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> gérée</w:t>
+            </w:r>
+            <w:r w:rsidR="004F010E" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> avec des ressources et des règles de fonctionnement différentes ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A2AE167" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00836F50">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="-108" w:right="-142" w:firstLine="133"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -7776,314 +8974,318 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F88D923" w14:textId="77777777" w:rsidR="00266E59" w:rsidRDefault="00266E59" w:rsidP="00836F50">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A029F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Si oui, préciser la nature des textes réglementaires, agréments ou directives concernés :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10194"/>
       </w:tblGrid>
       <w:tr w:rsidR="00836F50" w14:paraId="58B0FC15" w14:textId="77777777" w:rsidTr="00836F50">
         <w:trPr>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10194" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53C21BCA" w14:textId="77777777" w:rsidR="00836F50" w:rsidRDefault="00836F50" w:rsidP="00266E59">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="710686EA" w14:textId="77777777" w:rsidR="00836F50" w:rsidRPr="00A029F0" w:rsidRDefault="00836F50" w:rsidP="00266E59">
-[...43 lines deleted...]
-    </w:p>
     <w:p w14:paraId="56C25627" w14:textId="4ABFA3B3" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00B91431">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:spacing w:before="360" w:after="240"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc184056968"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Partie </w:t>
       </w:r>
       <w:r w:rsidR="00A77612">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> : fonctionnement de l’organisme</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="787008E1" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00A029F0">
+    <w:p w14:paraId="787008E1" w14:textId="55065539" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00A029F0">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cette partie vise à </w:t>
+        <w:t>Cette partie vise à</w:t>
+      </w:r>
+      <w:r w:rsidR="009F158E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D11A375" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
+    <w:p w14:paraId="7D11A375" w14:textId="66A2BA1E" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="009F158E" w:rsidP="00EA10F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266E59">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Réunir des informations pratiques pour personnaliser l’évaluation du demandeur ; </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>éunir</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des informations pratiques pour personnaliser l’évaluation du demandeur ; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28B8CC4C" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
+    <w:p w14:paraId="28B8CC4C" w14:textId="080887DF" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="009F158E" w:rsidP="00EA10F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266E59">
-[...6 lines deleted...]
-        <w:t>Vérifier que les exigences pour l’accréditation sont prises en compte dans le fonctionnement de l’organisme et que ce dernier est en mesure de le démontrer.</w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>érifier</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que les exigences pour l’accréditation sont prises en compte dans le fonctionnement de l’organisme et que ce dernier est en mesure de le démontrer.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10261" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10261"/>
       </w:tblGrid>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="23AF107E" w14:textId="77777777" w:rsidTr="00CF0B1F">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54823EC6" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00BB117D" w:rsidRDefault="00266E59" w:rsidP="00CF0B1F">
             <w:pPr>
               <w:ind w:left="447"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BB117D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659270" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68F34813" wp14:editId="3276565E">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68F34813" wp14:editId="3276565E">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>15875</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>59690</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="323850" cy="315595"/>
                   <wp:effectExtent l="0" t="0" r="0" b="8255"/>
                   <wp:wrapSquare wrapText="bothSides"/>
                   <wp:docPr id="70" name="Image 70"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Image 19"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12">
@@ -8603,51 +9805,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Des opérations nécessaires aux activités présentées à l’accréditation sont-elles externalisées en dehors de l’organisme</w:t>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:footnoteReference w:id="17"/>
+              <w:footnoteReference w:id="18"/>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> ?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C36BC0A" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9011,51 +10213,75 @@
           </w:tcPr>
           <w:p w14:paraId="31526861" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Reconnaissance de la compétence (accréditation, certification, etc)</w:t>
+              <w:t xml:space="preserve">Reconnaissance de la compétence (accréditation, certification, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>etc</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="543FDDD1" w14:textId="77777777" w:rsidTr="00836F50">
         <w:trPr>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10211" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A7E8EFA" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
@@ -9409,50 +10635,51 @@
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06814A2B" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:ind w:right="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Gestion et exploitation des audits internes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29070659" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -9625,51 +10852,50 @@
           </w:tcPr>
           <w:p w14:paraId="2E00A722" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Opérations spécifiques à l’activité d’essais/étalonnage/échantillonnage (NF EN ISO/IEC 17025)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="0372578F" w14:textId="77777777" w:rsidTr="0093319A">
         <w:trPr>
           <w:trHeight w:val="794"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4907B3F1" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:ind w:right="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:bCs/>
@@ -11536,50 +12762,51 @@
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02A17428" w14:textId="440C9D40" w:rsidR="00A56D67" w:rsidRDefault="00424317" w:rsidP="00987CDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:ind w:right="-111"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Distribution des entités </w:t>
             </w:r>
             <w:r w:rsidR="00D91842">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>soumises à l’EdA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06F1DDCE" w14:textId="77777777" w:rsidR="00A56D67" w:rsidRPr="00266E59" w:rsidRDefault="00A56D67" w:rsidP="00987CDE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
               </w:tabs>
               <w:jc w:val="center"/>
@@ -11782,51 +13009,50 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E1996B1" w14:textId="77777777" w:rsidR="00A81302" w:rsidRPr="00A81302" w:rsidRDefault="00A81302" w:rsidP="00326851">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A81302">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>3.1.3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7037" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76B6CF87" w14:textId="464119C3" w:rsidR="00A81302" w:rsidRPr="00A81302" w:rsidRDefault="00A81302" w:rsidP="00326851">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A81302">
@@ -12075,51 +13301,51 @@
         <w:t>instruments</w:t>
       </w:r>
       <w:r w:rsidR="002709EF" w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>de mesure</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:footnoteReference w:id="18"/>
+        <w:footnoteReference w:id="19"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> utilisés par l’organisme sont raccordés au Système </w:t>
       </w:r>
       <w:r w:rsidR="002709EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="002709EF" w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">nternational </w:t>
       </w:r>
@@ -12201,51 +13427,64 @@
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
-        <w:t>par un Laboratoire National de Métrologie (LNM) du domaine</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E5315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>par</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E5315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un Laboratoire National de Métrologie (LNM) du domaine</w:t>
       </w:r>
       <w:r w:rsidR="007B4632" w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> dont les CMC sont </w:t>
       </w:r>
       <w:r w:rsidR="00C5474D" w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>couvertes par le MRA du CIPM (</w:t>
       </w:r>
       <w:r w:rsidR="00C5474D" w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>voie 1</w:t>
       </w:r>
       <w:r w:rsidR="00C5474D" w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -12304,55 +13543,63 @@
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B10413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">par </w:t>
+        <w:t>par</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E5315F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C5474D" w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">un laboratoire accrédité par un Organisme d’Accréditation, signataire du MLA </w:t>
       </w:r>
       <w:r w:rsidR="00EC1C65" w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Etalonnage d’EA ou du MRA Etalonnage d’ILA</w:t>
       </w:r>
       <w:r w:rsidR="004C1E18" w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00EC1C65" w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
@@ -12377,55 +13624,63 @@
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5CF020C5" w14:textId="64EDB3DA" w:rsidR="003A5CDC" w:rsidRPr="00E5315F" w:rsidRDefault="003A5CDC" w:rsidP="00A24E64">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="160" w:after="120"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>par un organisme compétent</w:t>
+        <w:t>par</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> un organisme compétent</w:t>
       </w:r>
       <w:r w:rsidR="00427395">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> hors </w:t>
       </w:r>
       <w:r w:rsidR="005F24E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>voies 1 et 2 (</w:t>
       </w:r>
       <w:r w:rsidR="005F24E3" w:rsidRPr="00E5315F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -12727,51 +13982,51 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E4635">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>interne</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72923D61" w14:textId="08ADDCBB" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
+    <w:p w14:paraId="72923D61" w14:textId="4C767A56" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="160" w:after="120"/>
         <w:ind w:left="851" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12815,50 +14070,58 @@
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EA10F4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00886343">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3 c)</w:t>
       </w:r>
+      <w:r w:rsidR="00843764">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>par un service de métrologie appartenant à une entité juridique différente de l’organisme</w:t>
       </w:r>
       <w:r w:rsidR="00427395">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="0079282E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">y compris </w:t>
       </w:r>
       <w:r w:rsidR="00427395">
@@ -13181,51 +14444,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">de raccordement au </w:t>
       </w:r>
       <w:r w:rsidR="002709EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>SI</w:t>
       </w:r>
       <w:r w:rsidR="004E4943">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:footnoteReference w:id="19"/>
+        <w:footnoteReference w:id="20"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10201" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3539"/>
@@ -13828,68 +15091,86 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FDB90DC" w14:textId="77777777" w:rsidR="005D579E" w:rsidRPr="00A81302" w:rsidRDefault="005D579E" w:rsidP="00671D2E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0352A458" w14:textId="1AD00D57" w:rsidR="005D579E" w:rsidRPr="00A81302" w:rsidRDefault="005D579E" w:rsidP="00EA10F4">
+          <w:p w14:paraId="0352A458" w14:textId="06A99493" w:rsidR="005D579E" w:rsidRPr="00A81302" w:rsidRDefault="005D579E" w:rsidP="00EA10F4">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Si oui, précisez comment la traçabilité métrologique est établie </w:t>
+              <w:t>Si oui, précisez</w:t>
+            </w:r>
+            <w:r w:rsidR="008831AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">comment la traçabilité métrologique est établie </w:t>
             </w:r>
             <w:r w:rsidR="00256115">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00256115" w:rsidRPr="00BC16B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>se</w:t>
             </w:r>
             <w:r w:rsidRPr="00BC16B7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -13900,76 +15181,1918 @@
               </w:rPr>
               <w:t xml:space="preserve"> référer à l’annexe A.3 de la norme NF EN ISO/IEC 17025</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>) :</w:t>
             </w:r>
             <w:r w:rsidR="00EA10F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2CD02DCD" w14:textId="78808281" w:rsidR="00266E59" w:rsidRPr="00B10413" w:rsidRDefault="00266E59" w:rsidP="00B10413">
+    <w:p w14:paraId="6561C80D" w14:textId="77777777" w:rsidR="00374E51" w:rsidRDefault="00374E51" w:rsidP="00374E51">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc184056970"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="10201" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="850"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="1134"/>
+        <w:gridCol w:w="1134"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="001810E2" w:rsidRPr="00A81302" w14:paraId="5B127BEE" w14:textId="77777777" w:rsidTr="0ABBB408">
+        <w:trPr>
+          <w:trHeight w:val="794"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E9E2A0A" w14:textId="225630E8" w:rsidR="001810E2" w:rsidRPr="00A81302" w:rsidRDefault="001810E2" w:rsidP="00432474">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0ABBB408">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3.1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04BF952F" w14:textId="65039BB9" w:rsidR="001810E2" w:rsidRPr="00F05A4B" w:rsidRDefault="005A18EC" w:rsidP="00432474">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Les activités présentées en extension requièrent</w:t>
+            </w:r>
+            <w:r w:rsidR="00120493" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>elles des types d’équipements nouveaux ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44CACD7E" w14:textId="77777777" w:rsidR="001810E2" w:rsidRPr="00181F84" w:rsidRDefault="001810E2" w:rsidP="00432474">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Oui</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="333A3510" w14:textId="77777777" w:rsidR="001810E2" w:rsidRPr="00181F84" w:rsidRDefault="001810E2" w:rsidP="00432474">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Non</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B0FFE" w:rsidRPr="00A81302" w14:paraId="70C511BC" w14:textId="77777777" w:rsidTr="0ABBB408">
+        <w:trPr>
+          <w:trHeight w:val="463"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="467C9A52" w14:textId="77777777" w:rsidR="008B0FFE" w:rsidRPr="00A81302" w:rsidRDefault="008B0FFE" w:rsidP="008B0FFE">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35390A8A" w14:textId="70FFF5D3" w:rsidR="008B0FFE" w:rsidRPr="00F05A4B" w:rsidDel="00C7103A" w:rsidRDefault="000E0DBA" w:rsidP="008B0FFE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des </w:t>
+            </w:r>
+            <w:r w:rsidR="005A18EC" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>systèmes informatiques spécifiques ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6856264C" w14:textId="1B111427" w:rsidR="008B0FFE" w:rsidRPr="00181F84" w:rsidRDefault="008B0FFE" w:rsidP="008B0FFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Oui</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C082D77" w14:textId="793ECFDE" w:rsidR="008B0FFE" w:rsidRPr="00181F84" w:rsidRDefault="008B0FFE" w:rsidP="008B0FFE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Non</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F8520E" w:rsidRPr="00A81302" w14:paraId="076B36D1" w14:textId="77777777" w:rsidTr="0ABBB408">
+        <w:trPr>
+          <w:trHeight w:val="555"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1694D33C" w14:textId="77777777" w:rsidR="00F8520E" w:rsidRPr="00A81302" w:rsidRDefault="00F8520E" w:rsidP="00F8520E">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66785EDD" w14:textId="6A58688A" w:rsidR="00F8520E" w:rsidRPr="00F05A4B" w:rsidDel="00C7103A" w:rsidRDefault="000E0DBA" w:rsidP="00F8520E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Des </w:t>
+            </w:r>
+            <w:r w:rsidR="005A18EC" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>conditions d’environnement particulières ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32DC3BB9" w14:textId="0F1EDC66" w:rsidR="00F8520E" w:rsidRPr="00181F84" w:rsidRDefault="00F8520E" w:rsidP="00F8520E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Oui</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45EBF037" w14:textId="2DF9E563" w:rsidR="00F8520E" w:rsidRPr="00181F84" w:rsidRDefault="00F8520E" w:rsidP="00F8520E">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00181F84">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Non</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05E45" w:rsidRPr="00A81302" w14:paraId="461923FA" w14:textId="77777777" w:rsidTr="0ABBB408">
+        <w:trPr>
+          <w:trHeight w:val="1265"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DB68502" w14:textId="77777777" w:rsidR="00F05E45" w:rsidRPr="00A81302" w:rsidRDefault="00F05E45" w:rsidP="00F8520E">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ACF4887" w14:textId="41AC03FE" w:rsidR="00F05E45" w:rsidRPr="00F05A4B" w:rsidRDefault="00F05E45" w:rsidP="00941796">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Si oui, précise</w:t>
+            </w:r>
+            <w:r w:rsidR="00120493" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>r :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6595FD09" w14:textId="1AD7FB45" w:rsidR="00F05E45" w:rsidRPr="00F05A4B" w:rsidRDefault="00F05E45" w:rsidP="00E8570B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C336DD" w:rsidRPr="00A81302" w14:paraId="35655C7F" w14:textId="77777777" w:rsidTr="0ABBB408">
+        <w:trPr>
+          <w:trHeight w:val="794"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D502585" w14:textId="77777777" w:rsidR="00C336DD" w:rsidRPr="00A81302" w:rsidRDefault="00C336DD" w:rsidP="00C336DD">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BC10EC" w14:textId="1FAFAF6A" w:rsidR="00C336DD" w:rsidRPr="00F05A4B" w:rsidRDefault="005A18EC" w:rsidP="00C336DD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les activités présentées en extension requièrent-elles des fonctions et compétences nouvelles (ex : métrologie </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>interne,…</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>) ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17E1EAA7" w14:textId="2F6389C5" w:rsidR="00C336DD" w:rsidRPr="00F05E45" w:rsidRDefault="00C336DD" w:rsidP="00C336DD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Oui</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F3D5FE" w14:textId="18A91EB7" w:rsidR="00C336DD" w:rsidRPr="00F05E45" w:rsidRDefault="00C336DD" w:rsidP="00C336DD">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Non</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E8570B" w:rsidRPr="00A81302" w14:paraId="335AB816" w14:textId="77777777" w:rsidTr="0ABBB408">
+        <w:trPr>
+          <w:trHeight w:val="1217"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="255A6420" w14:textId="77777777" w:rsidR="00E8570B" w:rsidRPr="00A81302" w:rsidRDefault="00E8570B" w:rsidP="00C336DD">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54FC93E8" w14:textId="01B2CA66" w:rsidR="00E8570B" w:rsidRPr="00F05A4B" w:rsidRDefault="00E8570B" w:rsidP="000B7D09">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Si oui, précise</w:t>
+            </w:r>
+            <w:r w:rsidR="00120493" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>r :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4BF74B" w14:textId="69394442" w:rsidR="00E8570B" w:rsidRPr="00F05A4B" w:rsidRDefault="00E8570B" w:rsidP="00E8570B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000F2190" w:rsidRPr="00A81302" w14:paraId="451E24E2" w14:textId="77777777" w:rsidTr="0ABBB408">
+        <w:trPr>
+          <w:trHeight w:val="794"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32693B2B" w14:textId="77777777" w:rsidR="000F2190" w:rsidRPr="00A81302" w:rsidRDefault="000F2190" w:rsidP="000F2190">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0F9EBE" w14:textId="65F14F1F" w:rsidR="000F2190" w:rsidRPr="00F05A4B" w:rsidRDefault="005A18EC" w:rsidP="000F2190">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le personnel </w:t>
+            </w:r>
+            <w:r w:rsidR="009D2D09" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>concerné par</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> les activités en extension est-il impliqué dans les activités déjà accréditées ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14498265" w14:textId="073AC54F" w:rsidR="000F2190" w:rsidRPr="00F05E45" w:rsidRDefault="000F2190" w:rsidP="000F2190">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Oui</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="631C05FA" w14:textId="74B029B5" w:rsidR="000F2190" w:rsidRPr="00F05E45" w:rsidRDefault="000F2190" w:rsidP="000F2190">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00F05E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Non</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E8570B" w:rsidRPr="00A81302" w14:paraId="35173C07" w14:textId="77777777" w:rsidTr="0ABBB408">
+        <w:trPr>
+          <w:trHeight w:val="794"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F2B47E" w14:textId="77777777" w:rsidR="00E8570B" w:rsidRPr="00A81302" w:rsidRDefault="00E8570B" w:rsidP="000F2190">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B946C5" w14:textId="70261A4E" w:rsidR="00E8570B" w:rsidRPr="00F05A4B" w:rsidRDefault="00E8570B" w:rsidP="009706BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Si oui, précise</w:t>
+            </w:r>
+            <w:r w:rsidR="00802BBF" w:rsidRPr="00F05A4B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>r :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10840DEF" w14:textId="772EFD53" w:rsidR="00E8570B" w:rsidRPr="00F05A4B" w:rsidRDefault="00E8570B" w:rsidP="009706BD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C97C68" w:rsidRPr="00A81302" w14:paraId="194DD7A7" w14:textId="77777777" w:rsidTr="0ABBB408">
+        <w:trPr>
+          <w:trHeight w:val="794"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE20B60" w14:textId="77777777" w:rsidR="00C97C68" w:rsidRPr="00A81302" w:rsidRDefault="00C97C68" w:rsidP="00C97C68">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53DB2D7A" w14:textId="7E08E135" w:rsidR="00E51ED9" w:rsidRPr="00F05A4B" w:rsidRDefault="00E51ED9" w:rsidP="005A18EC">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Mettez-vous en œuvre des dispositions spécifiques pour les activités présentées en extension ?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A6C85BA" w14:textId="19792E25" w:rsidR="00C97C68" w:rsidRPr="00E8570B" w:rsidRDefault="00C97C68" w:rsidP="00C97C68">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Oui</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5052F355" w14:textId="58EC0194" w:rsidR="00C97C68" w:rsidRPr="00E8570B" w:rsidRDefault="00C97C68" w:rsidP="00C97C68">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00E8570B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Non</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00954304" w:rsidRPr="00A81302" w14:paraId="1FE97A3D" w14:textId="77777777" w:rsidTr="0ABBB408">
+        <w:trPr>
+          <w:trHeight w:val="772"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="850" w:type="dxa"/>
+            <w:vMerge/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F29407C" w14:textId="77777777" w:rsidR="00954304" w:rsidRPr="00A81302" w:rsidRDefault="00954304" w:rsidP="00C97C68">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E8BA639" w14:textId="1659506D" w:rsidR="00954304" w:rsidRDefault="00954304" w:rsidP="00C97C68">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00954304">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Si oui, précise</w:t>
+            </w:r>
+            <w:r w:rsidR="00802BBF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">r : </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00954304">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7371" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1C9BCBE3" w14:textId="1BCC0FED" w:rsidR="00954304" w:rsidRPr="00FD2846" w:rsidRDefault="00954304" w:rsidP="00C97C68">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:highlight w:val="yellow"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6FA8F7C6" w14:textId="77777777" w:rsidR="00374E51" w:rsidRDefault="00374E51" w:rsidP="00374E51">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CD02DCD" w14:textId="2FAEF10A" w:rsidR="00266E59" w:rsidRPr="00B10413" w:rsidRDefault="00266E59" w:rsidP="00B10413">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_Toc184056970"/>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3.2. Personnel impliqué dans les activités</w:t>
       </w:r>
       <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10201" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:shd w:val="solid" w:color="C6D9F1" w:fill="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2205"/>
         <w:gridCol w:w="4395"/>
         <w:gridCol w:w="3601"/>
       </w:tblGrid>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="62BE6AD5" w14:textId="77777777" w:rsidTr="0093319A">
         <w:trPr>
@@ -14064,71 +17187,111 @@
           <w:p w14:paraId="3E154D4A" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="0A88C01F" w14:textId="77777777" w:rsidTr="0093319A">
         <w:trPr>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="692D50FC" w14:textId="25F45F13" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
+          <w:p w14:paraId="692D50FC" w14:textId="0B02059E" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personnel chargé de la réalisation de tout ou partie des activités « techniques » (échantillonnages, essais, étalonnages, </w:t>
+              <w:t xml:space="preserve">Personnel </w:t>
+            </w:r>
+            <w:r w:rsidR="008679BD" w:rsidRPr="008E0463">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>qualifié pour réaliser</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tout ou partie des activités « techniques » (échantillonnages</w:t>
+            </w:r>
+            <w:r w:rsidR="009D2D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et prélèvements</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, essais, étalonnages, </w:t>
             </w:r>
             <w:r w:rsidR="00913505">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>organisation d’essais d’aptitude</w:t>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>, production de matériaux de référence)</w:t>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -14138,133 +17301,156 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(Compléter le tableau suivant ou joindre un document comportant les informations demandées dans le tableau ci-dessous (par exemple, un organigramme)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="569F03EB" w14:textId="77777777" w:rsidTr="0093319A">
         <w:trPr>
           <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1081" w:type="pct"/>
             <w:shd w:val="clear" w:color="C6D9F1" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B3F204E" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
+          <w:p w14:paraId="3B3F204E" w14:textId="37D7A6D5" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Domaine technique </w:t>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(cf. 2.1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2154" w:type="pct"/>
             <w:shd w:val="clear" w:color="C6D9F1" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FC72F44" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
+          <w:p w14:paraId="7FC72F44" w14:textId="1E55DC01" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:color w:val="808080"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre de personnes qualifiées </w:t>
             </w:r>
             <w:r w:rsidRPr="00852B3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>(détailler par site pour les organismes multi-sites)</w:t>
+              <w:t>(détailler par site pour les organismes multi</w:t>
+            </w:r>
+            <w:del w:id="14" w:author="Florence SIMONUTTI" w:date="2025-12-09T15:04:00Z" w16du:dateUtc="2025-12-09T14:04:00Z">
+              <w:r w:rsidRPr="00852B3F" w:rsidDel="009D2D09">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:i/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                  <w:lang w:eastAsia="en-US"/>
+                </w:rPr>
+                <w:delText>-</w:delText>
+              </w:r>
+            </w:del>
+            <w:r w:rsidRPr="00852B3F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>sites)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1765" w:type="pct"/>
             <w:shd w:val="clear" w:color="C6D9F1" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="176D493A" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00987CDE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -14410,63 +17596,63 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4DFB8E13" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00B10413" w:rsidRDefault="00266E59" w:rsidP="00B10413">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc184056971"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc184056971"/>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>3.3. Prise en compte des exigences d’accréditation par l’organisme</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
+      <w:bookmarkEnd w:id="15"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10201" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5098"/>
         <w:gridCol w:w="5103"/>
       </w:tblGrid>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="63F11090" w14:textId="77777777" w:rsidTr="00D1788A">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5098" w:type="dxa"/>
@@ -14711,251 +17897,223 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10201" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="7084"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D1788A" w:rsidRPr="00266E59" w14:paraId="75CE7CC2" w14:textId="77777777" w:rsidTr="00EA10F4">
+      <w:tr w:rsidR="00560061" w:rsidRPr="00266E59" w14:paraId="75CE7CC2" w14:textId="77777777" w:rsidTr="009F5061">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B936575" w14:textId="6AC1A000" w:rsidR="00D1788A" w:rsidRPr="00266E59" w:rsidRDefault="00D1788A" w:rsidP="00F667D0">
+          <w:p w14:paraId="1B936575" w14:textId="6AC1A000" w:rsidR="00560061" w:rsidRPr="00266E59" w:rsidRDefault="00560061" w:rsidP="00F667D0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3.3.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00A7F7A0" w14:textId="3503C83D" w:rsidR="00D1788A" w:rsidRPr="00266E59" w:rsidRDefault="00D1788A" w:rsidP="00D1788A">
+          <w:p w14:paraId="00A7F7A0" w14:textId="3503C83D" w:rsidR="00560061" w:rsidRPr="00266E59" w:rsidRDefault="00560061" w:rsidP="00D1788A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00921A26">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Les organisateurs d’EdA et les producteurs de matériaux de référence, réalisant des activités d’essais ou d’étalonnage</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00751698" w:rsidRPr="00921A26">
+              <w:t xml:space="preserve">Les organisateurs d’EdA et les producteurs de matériaux de référence, réalisant des activités d’essais ou d’étalonnages, participent-ils à des essais </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00433725">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t xml:space="preserve">d’aptitude </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(EdA) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00433725">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ou </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">à </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00433725">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00921A26">
+            <w:r w:rsidRPr="00433725">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, participent-ils à des essais </w:t>
-            </w:r>
+              <w:t xml:space="preserve"> comparaisons </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00433725">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">d’aptitude </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="007B2849">
+              <w:t>interlaboratoires</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">(EdA) </w:t>
-[...79 lines deleted...]
-              <w:t xml:space="preserve">? </w:t>
+              <w:t xml:space="preserve"> (CIL) ? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46D3587E" w14:textId="2F8F8C21" w:rsidR="00D1788A" w:rsidRPr="00266E59" w:rsidRDefault="00D1788A" w:rsidP="00D1788A">
+          <w:p w14:paraId="46D3587E" w14:textId="2F8F8C21" w:rsidR="00560061" w:rsidRPr="00266E59" w:rsidRDefault="00560061" w:rsidP="00D1788A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -14990,59 +18148,59 @@
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34F6A96D" w14:textId="2C363DD5" w:rsidR="00D1788A" w:rsidRPr="00266E59" w:rsidRDefault="00D1788A" w:rsidP="00D1788A">
+          <w:p w14:paraId="34F6A96D" w14:textId="2C363DD5" w:rsidR="00560061" w:rsidRPr="00266E59" w:rsidRDefault="00560061" w:rsidP="00D1788A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
@@ -15075,146 +18233,146 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D1788A" w:rsidRPr="00266E59" w14:paraId="2F127D85" w14:textId="77777777" w:rsidTr="00D1788A">
+      <w:tr w:rsidR="00560061" w:rsidRPr="00266E59" w14:paraId="2F127D85" w14:textId="77777777" w:rsidTr="009F5061">
         <w:trPr>
           <w:trHeight w:val="794"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="849" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70DC323D" w14:textId="77777777" w:rsidR="00D1788A" w:rsidRPr="00266E59" w:rsidRDefault="00D1788A" w:rsidP="00F667D0">
+          <w:p w14:paraId="70DC323D" w14:textId="77777777" w:rsidR="00560061" w:rsidRPr="00266E59" w:rsidRDefault="00560061" w:rsidP="00F667D0">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A803C01" w14:textId="6346D163" w:rsidR="00D1788A" w:rsidRPr="00266E59" w:rsidRDefault="00D1788A" w:rsidP="00EA10F4">
+          <w:p w14:paraId="4A803C01" w14:textId="6346D163" w:rsidR="00560061" w:rsidRPr="00266E59" w:rsidRDefault="00560061" w:rsidP="00EA10F4">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Si non, joindre l’analyse de risque justifiant ce choix</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="348AD74B" w14:textId="77777777" w:rsidR="00D1788A" w:rsidRPr="00266E59" w:rsidRDefault="00D1788A" w:rsidP="00266E59">
+          <w:p w14:paraId="348AD74B" w14:textId="77777777" w:rsidR="00560061" w:rsidRPr="00266E59" w:rsidRDefault="00560061" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
+            <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D72256C" w14:textId="77777777" w:rsidR="00D1788A" w:rsidRPr="00266E59" w:rsidRDefault="00D1788A" w:rsidP="00266E59">
+          <w:p w14:paraId="4D72256C" w14:textId="77777777" w:rsidR="00560061" w:rsidRPr="00266E59" w:rsidRDefault="00560061" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1CCEEB07" w14:textId="77777777" w:rsidR="00AF052F" w:rsidRPr="00AF052F" w:rsidRDefault="00AF052F" w:rsidP="00AF052F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -15273,51 +18431,51 @@
               </w:rPr>
               <w:t>3.3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7084" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="647110FF" w14:textId="67D2D068" w:rsidR="00AF052F" w:rsidRPr="00266E59" w:rsidRDefault="00AF052F" w:rsidP="00770126">
+          <w:p w14:paraId="647110FF" w14:textId="586E2416" w:rsidR="00AF052F" w:rsidRPr="00266E59" w:rsidRDefault="00AF052F" w:rsidP="00770126">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Des résultats d’essais d’aptitude </w:t>
             </w:r>
             <w:r w:rsidR="007B2849">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">(EdA) </w:t>
@@ -15634,64 +18792,63 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="57F63212" w14:textId="723600F0" w:rsidR="00266E59" w:rsidRPr="00B10413" w:rsidRDefault="00266E59" w:rsidP="00B10413">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc184056972"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc184056972"/>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>3.4. Accès à l’information</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
+      <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10201" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="849"/>
         <w:gridCol w:w="7084"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AF052F" w:rsidRPr="00266E59" w14:paraId="5FF80E44" w14:textId="77777777" w:rsidTr="00AF052F">
         <w:trPr>
           <w:trHeight w:val="1247"/>
         </w:trPr>
         <w:tc>
@@ -15751,51 +18908,51 @@
               <w:spacing w:before="60"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Si oui, préciser lesquels</w:t>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:footnoteReference w:id="20"/>
+              <w:footnoteReference w:id="21"/>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B288EAB" w14:textId="77777777" w:rsidR="00AF052F" w:rsidRPr="00266E59" w:rsidRDefault="00AF052F" w:rsidP="00AF052F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -16050,50 +19207,51 @@
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AE7C272" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00326851">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3.4.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7083" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="381B62E3" w14:textId="77777777" w:rsidR="00326851" w:rsidRDefault="00266E59" w:rsidP="001A09D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
@@ -16430,67 +19588,76 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3.4.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7059" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D4D8CC7" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00FC5E22">
-[...15 lines deleted...]
-              <w:t>L’organisme dispose-t-il de moyens matériels permettant l’évaluation de sites ou personnels à distance.</w:t>
+          <w:p w14:paraId="2D4D8CC7" w14:textId="3D1152EA" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00FC5E22">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>L’organisme dispose-t-il de moyens matériels permettant l’évaluation de sites ou personnels à distance</w:t>
+            </w:r>
+            <w:r w:rsidR="00691E86">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t> ?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="131E88A9" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00FC5E22">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Si oui, préciser les limites techniques éventuels et les sites concernés </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -16737,84 +19904,84 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4471444F" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00B10413" w:rsidRDefault="00266E59" w:rsidP="00B10413">
       <w:pPr>
         <w:keepNext/>
         <w:spacing w:before="240" w:after="240"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc184056973"/>
+      <w:bookmarkStart w:id="17" w:name="_Toc184056973"/>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>3.5. Autres accréditations éventuelles</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="16"/>
+      <w:bookmarkEnd w:id="17"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10201" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="767"/>
         <w:gridCol w:w="6741"/>
-        <w:gridCol w:w="1792"/>
-        <w:gridCol w:w="901"/>
+        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1275"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="37CAA651" w14:textId="77777777" w:rsidTr="001A09D1">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="37CAA651" w14:textId="77777777" w:rsidTr="00FA6F29">
         <w:trPr>
           <w:trHeight w:val="1247"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="767" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="485664B0" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -16838,94 +20005,134 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3561938C" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00FC5E22">
             <w:pPr>
               <w:ind w:right="-103"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">L’organisme désigné en 1.1. </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00904BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>ou l’un des sites déclarés en 2.1. disposent</w:t>
-            </w:r>
+              <w:t>ou</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00904BE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> l’un des sites déclarés en 2.1. </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00904BE4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>disposent</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>-ils d’autres accréditations, par le Cofrac ou un autre organisme d’accréditation ?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7B663301" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00FC5E22">
+          <w:p w14:paraId="7B663301" w14:textId="383CEC16" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00FC5E22">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:ind w:right="-103"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Si oui préciser le(s) n° d’accréditation correspondant(s)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1792" w:type="dxa"/>
+              <w:t>Si oui</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA6F29">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> préciser le(s) n° d’accréditation correspondant(s)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ABFA2B4" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="001A09D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -16968,51 +20175,51 @@
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
+            <w:tcW w:w="1275" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44D19840" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="001A09D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -17135,177 +20342,186 @@
               <w:t>Commentaires</w:t>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17F17AE6" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="260497A2" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="00266E59" w:rsidP="003648B6">
+    <w:p w14:paraId="260497A2" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="00266E59" w:rsidP="00587DC0">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="360" w:after="240"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001A09D1">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="_Toc184056974"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc184056974"/>
       <w:r w:rsidRPr="003648B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Partie 4 : engagement du demandeur</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
+      <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:p w14:paraId="1939DFAC" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="003648B6">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">L’entité </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="165D24BE" w14:textId="77777777" w:rsidTr="00681553">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="165D24BE" w14:textId="77777777" w:rsidTr="00FA54F7">
         <w:trPr>
-          <w:trHeight w:val="1361"/>
+          <w:trHeight w:val="840"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10206" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C467757" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="003648B6">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Dénomination sociale de l’entité juridique : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E57423A" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="003648B6">
+    <w:p w14:paraId="0E57423A" w14:textId="4347C242" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="003648B6">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Représentée par </w:t>
+        <w:t>Représentée par</w:t>
+      </w:r>
+      <w:r w:rsidR="003A423B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5670"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="3DA0B2C4" w14:textId="77777777" w:rsidTr="00681553">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
@@ -17342,361 +20558,499 @@
           <w:p w14:paraId="0AC834DD" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="003648B6">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Fonction : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="58F6D0AF" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="00266E59" w:rsidP="003648B6">
+    <w:p w14:paraId="58F6D0AF" w14:textId="60166730" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="003A423B" w:rsidP="003648B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003648B6">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Déclare connaître le règlement d’accréditation</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE2EAF">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003648B6">
+        </w:rPr>
+        <w:t>éclare</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> connaître le règlement d’accréditation</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00BE2EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="22"/>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> et en particulier les droits et obligations des organismes accrédités et candidats à l’accréditation décrits dans ce document et les documents qu’il cite ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FB0AE5B" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="00266E59" w:rsidP="003648B6">
+    <w:p w14:paraId="0FB0AE5B" w14:textId="42C54F62" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="003A423B" w:rsidP="003648B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003648B6">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Déclare connaître et accepter les règles tarifaires</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE2EAF">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003648B6">
+        </w:rPr>
+        <w:t>éclare</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et tarifs en vigueur</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BE2EAF">
+        <w:t xml:space="preserve"> connaître et accepter les règles tarifaires</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00BE2EAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:id="23"/>
       </w:r>
-      <w:r w:rsidRPr="00BE2EAF">
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:vertAlign w:val="superscript"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003648B6">
+        </w:rPr>
+        <w:t xml:space="preserve"> et tarifs en vigueur</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00BE2EAF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="24"/>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="00BE2EAF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>relatifs au processus d’accréditation et au maintien de l’accréditation ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="081D984D" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="00266E59" w:rsidP="003648B6">
+    <w:p w14:paraId="081D984D" w14:textId="13CC6B90" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="003A423B" w:rsidP="003648B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003648B6">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Déclare satisfaire toutes les obligations légales pour réaliser les activités pour lesquelles l’accréditation est demandée ;</w:t>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>éclare</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> satisfaire toutes les obligations légales pour réaliser les activités pour lesquelles l’accréditation est demandée ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72688122" w14:textId="261AEDAA" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="00266E59" w:rsidP="003648B6">
+    <w:p w14:paraId="72688122" w14:textId="58C783A2" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="003A423B" w:rsidP="003648B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003648B6">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>S’engage à ne pas communiquer sur sa démarche d’accréditation jusqu’à ce que la décision d’accréditation soit prononcée</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BE2EAF" w:rsidRPr="00852B3F">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>, sauf demande expresse de l’Administration</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003648B6">
+        <w:t>’engage</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve"> à ne pas communiquer sur sa démarche d’accréditation</w:t>
+      </w:r>
+      <w:r w:rsidR="00587DC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>jusqu’à ce que la décision d’accréditation soit prononcée</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2EAF" w:rsidRPr="00852B3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, sauf demande expresse de l’Administration</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve"> ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E2EFA47" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="00266E59" w:rsidP="003648B6">
+    <w:p w14:paraId="2E2EFA47" w14:textId="36A43FC7" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="003A423B" w:rsidP="003648B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003648B6">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>S’engage sur la véracité des informations et l’authenticité des documents versés au présent dossier de demande d’accréditation ;</w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’engage</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur la véracité des informations et l’authenticité des documents versés au présent dossier de demande d’accréditation ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B443242" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="00266E59" w:rsidP="003648B6">
+    <w:p w14:paraId="5B443242" w14:textId="776AF5DA" w:rsidR="00266E59" w:rsidRPr="003648B6" w:rsidRDefault="003A423B" w:rsidP="003648B6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="240"/>
         <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003648B6">
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>S’engage à informer le Cofrac des changements concernant les informations fournies dans le présent dossier de demande d’accréditation.</w:t>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>’engage</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00266E59" w:rsidRPr="003648B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à informer le Cofrac des changements concernant les informations fournies dans le présent dossier de demande d’accréditation.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10201" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1101"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="1281"/>
         <w:gridCol w:w="4559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="6B9A32A7" w14:textId="77777777" w:rsidTr="00681553">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="6B9A32A7" w14:textId="77777777" w:rsidTr="00BD4927">
         <w:trPr>
-          <w:trHeight w:val="1247"/>
+          <w:trHeight w:val="974"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1101" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6248FE38" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="480" w:after="480"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Date :</w:t>
             </w:r>
@@ -17742,56 +21096,56 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Signature :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E19B74F" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E22A9A8" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+    <w:p w14:paraId="3E22A9A8" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00BD4927" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52D35C36" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17872,96 +21226,96 @@
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Conformément à la Règlementation susvisée ainsi qu’à la Loi n° 78-017 du 6 janvier 1978 relative à l’informatique, aux fichiers et aux libertés, vous disposez d’un droit d’accès, de rectification, de limitation, de retrait de consentement et d’opposition au traitement des données vous concernant. Vous pouvez exercer l’ensemble de ces droits en adressant votre demande par courrier à l’adresse postale suivante : Cofrac, 52 rue Jacques Hillairet - 75012 Paris, ou par courriel : contact.rgpd@cofrac.fr. Vous avez également le droit d’introduire une réclamation auprès de la Commission nationale de l’informatique et des libertés (CNIL)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="396644A3" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00863C14">
+    <w:p w14:paraId="396644A3" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00457AAA">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
-        <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:before="360" w:after="240"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="_Toc184056975"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc184056975"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Partie 5 : liste des pièces à joindre à la demande d’accréditation</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="18"/>
+      <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FF0000"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10206"/>
       </w:tblGrid>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="4245AAC5" w14:textId="77777777" w:rsidTr="00681553">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -17969,51 +21323,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D07E0BE" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00863C14">
             <w:pPr>
               <w:spacing w:before="160"/>
               <w:ind w:left="773"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="046B0F00" wp14:editId="1A2B31F1">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="046B0F00" wp14:editId="1A2B31F1">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>69215</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>-44450</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="323850" cy="315595"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapSquare wrapText="bothSides"/>
                   <wp:docPr id="69" name="Image 69"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Image 19"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12">
@@ -18169,125 +21523,197 @@
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Réf. Item</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="63066299" w14:textId="77777777" w:rsidTr="00681553">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4E9DC9" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="0B4E9DC9" w14:textId="5B05A3B9" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Extrait K-BIS ou tout autre document déclaratif (par exemple publication au JO pour les établissements ou groupements à caractère public, inscription au répertoire SIRENE, déclaration en préfecture et copie des statuts pour les associations, etc.) ou autres justificatifs officiels répondant à cet objectif </w:t>
+              <w:t>Extrait K-BIS ou tout autre document déclaratif (par exemple publication au J</w:t>
+            </w:r>
+            <w:r w:rsidR="00F51EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ournal </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidR="00F51EA7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>fficiel</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pour les établissements ou groupements à caractère public, inscription au répertoire SIRENE, déclaration en préfecture et copie des statuts pour les associations, etc.) ou autres justificatifs officiels répondant à cet objectif </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6207DF17" w14:textId="1E916ABC" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="2796FC18" w14:textId="77777777" w:rsidTr="00681553">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="176ED2E6" w14:textId="77777777" w:rsidR="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="176ED2E6" w14:textId="655C3A0F" w:rsidR="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Organigramme nominatif et fonctionnel positionnant l’organisme au sein de l’entité juridique responsable des activités objets de la demande et autres entités du même groupe intervenant dans le fonctionnement de l’organisme, le cas échéant</w:t>
+              <w:t>Organigramme nominatif et fonctionnel positionnant l’organisme au sein de l’entité juridique responsable des activités</w:t>
+            </w:r>
+            <w:r w:rsidR="00723C79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> objets de la demande</w:t>
+            </w:r>
+            <w:r w:rsidR="00723C79">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et autres entités du même groupe intervenant dans le fonctionnement de l’organisme, le cas échéant</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07018158" w14:textId="2A9C3ED5" w:rsidR="00D5713F" w:rsidRPr="00864FC5" w:rsidRDefault="00D5713F" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00864FC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Dans le cas d’un organisme multisite, les documents à soumettre pour l’étude de recevabilité sont précisés dans la procédure GEN PROC 10 en vigueur </w:t>
@@ -18427,156 +21853,156 @@
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.2.3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007936AF" w:rsidRPr="00266E59" w14:paraId="7C2A25F4" w14:textId="77777777" w:rsidTr="00681553">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EE1BF1E" w14:textId="49ADAC43" w:rsidR="007936AF" w:rsidRPr="00266E59" w:rsidRDefault="002C570C" w:rsidP="00266E59">
+          <w:p w14:paraId="2EE1BF1E" w14:textId="2D0F97DE" w:rsidR="007936AF" w:rsidRPr="00266E59" w:rsidRDefault="002C570C" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Organigramme </w:t>
             </w:r>
             <w:r w:rsidR="00FF5E3F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>fonctionnel et nominatif (ou document équivalent) pour chaque site</w:t>
             </w:r>
             <w:r w:rsidR="00864FC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> déclaré au § 2.1</w:t>
+              <w:t xml:space="preserve"> déclaré au 2.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="256DB0F3" w14:textId="034AAEF0" w:rsidR="007936AF" w:rsidRPr="00266E59" w:rsidRDefault="00E54493" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="5E90E46E" w14:textId="77777777" w:rsidTr="00681553">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8359" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="525292B2" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="525292B2" w14:textId="0E4ED2F0" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Questionnaire d’auto-évaluation renseigné (LAB FORM 03 ou LAB CIL FORM 03 ou LAB</w:t>
             </w:r>
-            <w:r w:rsidR="00863C14">
-[...6 lines deleted...]
-              <w:t> </w:t>
+            <w:r w:rsidR="00F255E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>MR FORM 03)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44D29AFE" w14:textId="7F2660D7" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -18702,51 +22128,51 @@
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="282A0A78" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0627B436" wp14:editId="3C391DEF">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0627B436" wp14:editId="3C391DEF">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>411480</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>29210</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="162560" cy="158750"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapSquare wrapText="bothSides"/>
                   <wp:docPr id="68" name="Image 68"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Image 19"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13" cstate="print">
@@ -18898,51 +22324,51 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="45815F90" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EC524C">
       <w:pPr>
         <w:spacing w:before="360"/>
         <w:ind w:left="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="763E3B01" wp14:editId="2E10EBFF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="763E3B01" wp14:editId="2E10EBFF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>76835</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>240665</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="323850" cy="315595"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="67" name="Image 67"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
@@ -19011,51 +22437,51 @@
         <w:t xml:space="preserve"> peut être fournie avec le dossier de demande d’accréditation (initiale, extension ou transfert d’accréditation) et devra l’être au plus tard à l’issue de la notification de décision. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07CAABEC" w14:textId="3ADCFD3B" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EC524C">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D9A28A3" wp14:editId="6D26D214">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D9A28A3" wp14:editId="6D26D214">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>80645</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>84455</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="323850" cy="315595"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="66" name="Image 66"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
@@ -19102,164 +22528,155 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Dans le cas d’une demande d’extension, une </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>nouvelle attestation d’assurance</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> n’est à fournir que si la précédente ne couvre pas les activités objets de cette demande. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA9EBE0" w14:textId="562E6D89" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
+    <w:p w14:paraId="5BA9EBE0" w14:textId="2BFDAB45" w:rsidR="00266E59" w:rsidRPr="00115714" w:rsidRDefault="00266E59" w:rsidP="00115714">
       <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="17"/>
+          <w:numId w:val="16"/>
         </w:numPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="240"/>
-        <w:ind w:left="426" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266E59">
+      <w:r w:rsidRPr="00115714">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Afin de réaliser la recevabilité opérationnelle d’une demande d’accréditation en portée flexible</w:t>
       </w:r>
+      <w:r w:rsidRPr="00115714">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (cas des </w:t>
+      </w:r>
+      <w:r w:rsidR="00913505" w:rsidRPr="00115714">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">organisateurs d’EdA </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115714">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>et P</w:t>
+      </w:r>
+      <w:r w:rsidR="00F255E6" w:rsidRPr="00115714">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>roducteurs de matériaux de référence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115714">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="25"/>
+      </w:r>
+      <w:r w:rsidRPr="00115714">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...41 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
-      <w:r w:rsidRPr="00266E59">
+      <w:r w:rsidRPr="00115714">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>en portée flexible FLEX2 et FLEX3</w:t>
       </w:r>
+      <w:r w:rsidRPr="00115714">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (cas de la norme NF EN ISO/IEC 17025)</w:t>
+      </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:footnoteReference w:id="26"/>
+      </w:r>
+      <w:r w:rsidRPr="00115714">
+        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00266E59">
+        </w:rPr>
+        <w:t xml:space="preserve">, le Cofrac pourra être amené à conduire </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115714">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00266E59">
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>une expertise documentaire préalable</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00115714">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="22"/>
-[...2 lines deleted...]
-        <w:t>, le Cofrac pourra être amené à conduire une expertise documentaire préalable sur la base des documents suivants (liste non exhaustive, les documents seront communiqués sur demande du Cofrac) :</w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> sur la base des documents suivants (liste non exhaustive, les documents seront communiqués sur demande du Cofrac) :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10064" w:type="dxa"/>
         <w:tblInd w:w="137" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10064"/>
       </w:tblGrid>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="229F04E8" w14:textId="77777777" w:rsidTr="00681553">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -19346,62 +22763,62 @@
           </w:tcPr>
           <w:p w14:paraId="7D029C45" w14:textId="6A2A277A" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Enregistrements associés à un récent développement de méthode ou paramètre de l’organisme dans le champ de la portée revendiquée, de l’identification du besoin jusqu’à l’autorisation d’emploi de la méthode développée ou modifiée</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="608C2D0F" w14:textId="4A18D7AC" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00B117B6">
+    <w:p w14:paraId="608C2D0F" w14:textId="3809388B" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00115714">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="240"/>
-        <w:ind w:left="426" w:hanging="284"/>
+        <w:ind w:left="426" w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Dans le cadre de l’instruction d’une </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>demande d’accréditation initiale</w:t>
       </w:r>
@@ -19415,51 +22832,79 @@
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>demande d’extension</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>à un domaine technique d’étalonnage, à des méthodes internes, dans le cadre de l’o</w:t>
+        <w:t xml:space="preserve">à un domaine technique d’étalonnage, à des méthodes </w:t>
+      </w:r>
+      <w:r w:rsidR="00587031" w:rsidRPr="00DA6CCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>non reconnues</w:t>
+      </w:r>
+      <w:r w:rsidR="005222DD">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:footnoteReference w:id="27"/>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, dans le cadre de l’o</w:t>
       </w:r>
       <w:r w:rsidR="00145C2C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">ganisation </w:t>
       </w:r>
       <w:r w:rsidR="00913505">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
@@ -19555,69 +23000,69 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Liste des équipements et étalons utilisés</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="548A7A30" w14:textId="77777777" w:rsidTr="00681553">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="132383F8" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="132383F8" w14:textId="5D6506A4" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>Procédure d’étalonnage / d’essai / d’analyse</w:t>
+              <w:t xml:space="preserve">Procédure d’étalonnage / d’essai </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="1028E34F" w14:textId="77777777" w:rsidTr="00681553">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10064" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F7E6D03" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
@@ -19845,52 +23290,52 @@
           <w:headerReference w:type="default" r:id="rId14"/>
           <w:footerReference w:type="default" r:id="rId15"/>
           <w:headerReference w:type="first" r:id="rId16"/>
           <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="851" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="41542263" w14:textId="3A275F61" w:rsidR="00266E59" w:rsidRPr="008E3E3F" w:rsidRDefault="004C1F2E" w:rsidP="00EC524C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="_ANNEXE_A_:"/>
-      <w:bookmarkEnd w:id="21"/>
+      <w:bookmarkStart w:id="22" w:name="_ANNEXE_A_:"/>
+      <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Désignation de l’organisme</w:t>
       </w:r>
       <w:r w:rsidR="00EC524C" w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00EC524C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -19916,78 +23361,100 @@
         <w:tblW w:w="15446" w:type="dxa"/>
         <w:tblInd w:w="-142" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="15446"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EC524C" w:rsidRPr="00266E59" w14:paraId="14F43358" w14:textId="77777777" w:rsidTr="000E5A6B">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15446" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18A53523" w14:textId="77777777" w:rsidR="00EC524C" w:rsidRPr="00266E59" w:rsidRDefault="00EC524C" w:rsidP="000E5A6B">
+          <w:p w14:paraId="18A53523" w14:textId="11BB3816" w:rsidR="00EC524C" w:rsidRPr="00266E59" w:rsidRDefault="00EC524C" w:rsidP="000E5A6B">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="22" w:name="_Toc184056976"/>
+            <w:bookmarkStart w:id="23" w:name="_Toc184056976"/>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>ANNEXE A : Activités d’échantillonnage demandées à l’accréditation</w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="22"/>
+              <w:t>ANNEXE A : Activités d’échantillonnage</w:t>
+            </w:r>
+            <w:r w:rsidR="009D2D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s et prélèvements </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>demandées à l’accréditation</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="23"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="133173C9" w14:textId="01B6673D" w:rsidR="00EC524C" w:rsidRPr="00E660A5" w:rsidRDefault="00EC524C" w:rsidP="008E3E3F">
       <w:pPr>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Unité technique</w:t>
       </w:r>
       <w:r>
@@ -21505,68 +24972,68 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Cf. document LAB REF 08 « </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Expression et évaluation des portées d'accréditation</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t> ».</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F443D02" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+    <w:p w14:paraId="7F443D02" w14:textId="27136A3D" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:ind w:firstLine="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Pour les portées de type FLEX2 et FLEX3, joindre la portée générale et la porte détaillée conformément au document LAB REF 08.</w:t>
+        <w:t>Pour les portées de type FLEX2 et FLEX3, joindre la portée générale et la porte détaillée conformément au document LAB REF 08.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E56A76" w14:textId="530EA9C4" w:rsidR="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F79150C" w14:textId="5B83798B" w:rsidR="00D1161C" w:rsidRPr="008E3E3F" w:rsidRDefault="004C1F2E" w:rsidP="00D1161C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
@@ -21632,105 +25099,127 @@
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="15309"/>
       </w:tblGrid>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="45B9720A" w14:textId="77777777" w:rsidTr="000E5A6B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15309" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4098EC99" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="000E5A6B">
+          <w:p w14:paraId="4098EC99" w14:textId="0214F598" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="000E5A6B">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="23" w:name="_Toc184056977"/>
+            <w:bookmarkStart w:id="24" w:name="_Toc184056977"/>
             <w:r w:rsidRPr="00B117B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>ANNEXE B : Activités d’essai et/ou d’analyse demandées à l’accréditation</w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="23"/>
+              <w:t>ANNEXE B : Activités d’essai</w:t>
+            </w:r>
+            <w:r w:rsidR="009D2D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B117B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> demandées à l’accréditation</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="24"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7658B5E8" w14:textId="271FF14C" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10206"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_ANNEXE_B_:_1"/>
-      <w:bookmarkEnd w:id="24"/>
+      <w:bookmarkStart w:id="25" w:name="_ANNEXE_B_:_1"/>
+      <w:bookmarkEnd w:id="25"/>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Unité technique</w:t>
       </w:r>
       <w:r w:rsidR="000B41FB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000B41FB" w:rsidRPr="00852B3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
@@ -21816,74 +25305,74 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="2F0C7B9C" w14:textId="77777777" w:rsidTr="000E5A6B">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="680"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15309" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7268C021" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="7268C021" w14:textId="6BE7915F" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature d’essai ou d’analyse </w:t>
+              <w:t xml:space="preserve">Nature d’essai </w:t>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15309" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct5" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="379FB796" w14:textId="474BD655" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
@@ -23380,103 +26869,103 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Cf. document LAB REF 08 « </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Expression et évaluation des portées d'accréditation</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ». </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02A79235" w14:textId="4EB86C94" w:rsidR="00D1161C" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+    <w:p w14:paraId="02A79235" w14:textId="79120ED3" w:rsidR="00D1161C" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:ind w:firstLine="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Pour les portées de type FLEX2 et FLEX3, joindre la portée générale et la porte détaillée conformément au document LAB REF 08.</w:t>
+        <w:t>Pour les portées de type FLEX2 et FLEX3, joindre la portée générale et la porte détaillée conformément au document LAB REF 08.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="142A43C2" w14:textId="347622B9" w:rsidR="00D1161C" w:rsidRDefault="00D1161C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="74E1021D" w14:textId="7DB5C46A" w:rsidR="00D1161C" w:rsidRPr="008E3E3F" w:rsidRDefault="004C1F2E" w:rsidP="00D1161C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Hlk132726948"/>
+      <w:bookmarkStart w:id="26" w:name="_Hlk132726948"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Désignation de l’organisme</w:t>
       </w:r>
       <w:r w:rsidR="00D1161C" w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00D1161C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -23506,81 +26995,103 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="15168"/>
       </w:tblGrid>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="72C3D3BA" w14:textId="77777777" w:rsidTr="000E5A6B">
         <w:trPr>
           <w:trHeight w:val="567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15168" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2CBFB7" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="000E5A6B">
+          <w:p w14:paraId="7F2CBFB7" w14:textId="347A2D2C" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="000E5A6B">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="26" w:name="_Toc230072522"/>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="25"/>
+            <w:bookmarkStart w:id="27" w:name="_Toc230072522"/>
+            <w:bookmarkStart w:id="28" w:name="_Toc184056978"/>
+            <w:bookmarkEnd w:id="26"/>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>ANNEXE C : Activités d’étalonnage demandées à l’accréditation</w:t>
-[...1 lines deleted...]
-            <w:bookmarkEnd w:id="26"/>
+              <w:t>ANNEXE C : Activités d’étalonnage</w:t>
+            </w:r>
+            <w:r w:rsidR="009D2D09">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00266E59">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> demandées à l’accréditation</w:t>
+            </w:r>
             <w:bookmarkEnd w:id="27"/>
+            <w:bookmarkEnd w:id="28"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D9E7756" w14:textId="7B9C05DC" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="0041750C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="11070"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="240" w:after="240"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -23745,70 +27256,80 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Objet</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> ou produit soumis à étalonnage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="512" w:type="pct"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="190322F4" w14:textId="30DB959D" w:rsidR="00885A8D" w:rsidRPr="00266E59" w:rsidRDefault="00885A8D" w:rsidP="000E5A6B">
+          <w:p w14:paraId="190322F4" w14:textId="55D9C869" w:rsidR="00885A8D" w:rsidRPr="00266E59" w:rsidRDefault="002971C1" w:rsidP="000E5A6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>mesurande</w:t>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00885A8D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>esurande</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="634" w:type="pct"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20FFEFA5" w14:textId="77777777" w:rsidR="00885A8D" w:rsidRPr="00266E59" w:rsidRDefault="00885A8D" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -25028,119 +28549,129 @@
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Cf. document LAB REF 08 « </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Expression et évaluation des portées d'accréditation</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> ». </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C951350" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+    <w:p w14:paraId="0C951350" w14:textId="482FDB3C" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:ind w:firstLine="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Pour les portées de type FLEX2 et FLEX3, joindre la portée générale et la porte détaillée conformément au document LAB REF 08.</w:t>
-[...4 lines deleted...]
-      <w:bookmarkEnd w:id="28"/>
+        <w:t>Pour les portées de type FLEX2 et FLEX3, joindre la portée générale et la porte détaillée conformément au document LAB REF 08.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="29" w:name="_ANNEXE_B_:"/>
+      <w:bookmarkStart w:id="30" w:name="_ANNEXE_C_:"/>
+      <w:bookmarkStart w:id="31" w:name="_ANNEXE_D_:"/>
       <w:bookmarkEnd w:id="29"/>
       <w:bookmarkEnd w:id="30"/>
+      <w:bookmarkEnd w:id="31"/>
     </w:p>
     <w:p w14:paraId="4E12ABFE" w14:textId="3AC6455F" w:rsidR="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11E283CA" w14:textId="2906C54B" w:rsidR="00D1161C" w:rsidRPr="008E3E3F" w:rsidRDefault="004C1F2E" w:rsidP="00D1161C">
+    <w:p w14:paraId="11E283CA" w14:textId="4956544E" w:rsidR="00D1161C" w:rsidRPr="008E3E3F" w:rsidRDefault="004C1F2E" w:rsidP="00D1161C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
         <w:spacing w:before="240" w:after="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="31" w:name="_Hlk132727075"/>
+      <w:bookmarkStart w:id="32" w:name="_Hlk132727075"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Désignation de l’organisme</w:t>
+      </w:r>
+      <w:r w:rsidR="004D34B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D1161C" w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00D1161C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D1161C" w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -25177,766 +28708,1350 @@
           <w:trHeight w:val="510"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15281" w:type="dxa"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AB4F139" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00B117B6">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="32" w:name="_Toc184056979"/>
-            <w:bookmarkEnd w:id="31"/>
+            <w:bookmarkStart w:id="33" w:name="_Toc184056979"/>
+            <w:bookmarkEnd w:id="32"/>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ANNEXE D : Activités de producteur de matériaux de référence</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="32"/>
+            <w:bookmarkEnd w:id="33"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="68F199BB" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10206"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="141" w:rightFromText="141" w:vertAnchor="text" w:tblpXSpec="center"/>
-        <w:tblW w:w="15278" w:type="dxa"/>
+        <w:tblW w:w="13778" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1867"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="3089"/>
+        <w:gridCol w:w="1398"/>
+        <w:gridCol w:w="1667"/>
+        <w:gridCol w:w="1877"/>
+        <w:gridCol w:w="1879"/>
+        <w:gridCol w:w="2317"/>
+        <w:gridCol w:w="2317"/>
+        <w:gridCol w:w="2323"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="78FF50D8" w14:textId="77777777" w:rsidTr="00B119E8">
+      <w:tr w:rsidR="00B641F3" w:rsidRPr="00266E59" w14:paraId="78FF50D8" w14:textId="77777777" w:rsidTr="00B641F3">
         <w:trPr>
           <w:cantSplit/>
-          <w:trHeight w:val="567"/>
+          <w:trHeight w:val="579"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A39106" w14:textId="2BECCC9C" w:rsidR="00B641F3" w:rsidRPr="00266E59" w:rsidRDefault="00B641F3" w:rsidP="00B641F3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E5A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PMR - DOMAINE / SOUS-DOMAINE / </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000E5A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>FAMILLE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E5A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000E5A6B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A1982" w:rsidRPr="0070710F" w14:paraId="1DFCDFD8" w14:textId="77777777" w:rsidTr="00B641F3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="579"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="pct"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17A39106" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="75CD5B1D" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...8 lines deleted...]
-                <w:b/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="000E5A6B">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070710F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:vertAlign w:val="superscript"/>
-[...16 lines deleted...]
-            <w:tcW w:w="611" w:type="pct"/>
+              </w:rPr>
+              <w:t>Matériaux / Matrice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="pct"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="75CD5B1D" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="622D500F" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Matériaux / Matrice</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="728" w:type="pct"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Valeur de propriété et/ou caractéristique</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="681" w:type="pct"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F653845" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Domaine de mesure </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(éventuellement)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="692CB3B0" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Incertitude de mesure élargie </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(le cas échéant)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="841" w:type="pct"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="622D500F" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="48245E40" w14:textId="0832FA8A" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00266E59">
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070710F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Valeur de propriété et/ou caractéristique</w:t>
-[...11 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve">Méthode de caractérisation </w:t>
+            </w:r>
+            <w:r w:rsidR="00ED3B7F" w:rsidRPr="0070710F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00266E59">
+              <w:t>a, b, c, d</w:t>
+            </w:r>
+            <w:r w:rsidR="009E5973" w:rsidRPr="0070710F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Domaine de mesure </w:t>
-[...20 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve"> et/ou e </w:t>
+            </w:r>
+            <w:r w:rsidR="0030574D" w:rsidRPr="0070710F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00266E59">
+              <w:t>issu</w:t>
+            </w:r>
+            <w:r w:rsidR="00821B80" w:rsidRPr="0070710F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Incertitude de mesure élargie </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="0030574D" w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(le cas échéant)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1011" w:type="pct"/>
+              <w:t xml:space="preserve"> de la norme NF EN ISO 17034</w:t>
+            </w:r>
+            <w:r w:rsidR="009E5973" w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>(3)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72F65441" w14:textId="757E6E3D" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="841" w:type="pct"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D094270" w14:textId="4746E6B8" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="00486031" w:rsidP="005F01E1">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Technique(s) de mesure utilisée(s) dans le processus de production</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="pct"/>
+            <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0B4256" w14:textId="6E19C0E0" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Flexibilité </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>souhaitée</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0070710F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008A1982" w:rsidRPr="0070710F" w14:paraId="300EE374" w14:textId="77777777" w:rsidTr="00B641F3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="579"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="72F65441" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="09242C07" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00266E59">
-[...62 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="605" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09242C07" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="4BB9B1C1" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="728" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="681" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE50F35" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="478532C7" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="841" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4BB9B1C1" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="5BF9E3EB" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="819" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2DE50F35" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+            <w:tcW w:w="841" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="77EB3E14" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="478532C7" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+            <w:tcW w:w="843" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA9903B" w14:textId="4025744B" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...2 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+      </w:tr>
+      <w:tr w:rsidR="008A1982" w:rsidRPr="0070710F" w14:paraId="13310AD5" w14:textId="77777777" w:rsidTr="00B641F3">
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="579"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="507" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5BF9E3EB" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="46389F93" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1011" w:type="pct"/>
-[...25 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="605" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="46389F93" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="054E9A5B" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="728" w:type="pct"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="681" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33844144" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="682" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C8ADFC" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="841" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="70" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="70" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="054E9A5B" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+          <w:p w14:paraId="74C7860B" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="819" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="33844144" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+            <w:tcW w:w="841" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F93E034" w14:textId="77777777" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="820" w:type="pct"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="73C8ADFC" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
+            <w:tcW w:w="843" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="256E4A9C" w14:textId="3302DAE2" w:rsidR="008A1982" w:rsidRPr="0070710F" w:rsidRDefault="008A1982" w:rsidP="00266E59">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...39 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="55440888" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
+    <w:p w14:paraId="55440888" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="0070710F" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266E59">
+      <w:r w:rsidRPr="0070710F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="22"/>
-[...11 lines deleted...]
-        <w:t>et document SH INF 50 « portées types d’accréditation »</w:t>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Cf. document LAB INF 99 « Liste des domaines et documents techniques d’accréditation » et document SH INF 50 « portées types d’accréditation »</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E08324F" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="008E7599">
+    <w:p w14:paraId="2E08324F" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="0070710F" w:rsidRDefault="00266E59" w:rsidP="008E7599">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00266E59">
+      <w:r w:rsidRPr="0070710F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
-          <w:szCs w:val="22"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Cf. document LAB MR REF 08 « Expression et évaluation des portées d’accréditation »</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB71C97" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
+    <w:p w14:paraId="6CA09567" w14:textId="03D15C0C" w:rsidR="00391C45" w:rsidRPr="0070710F" w:rsidRDefault="00153C1A" w:rsidP="008E7599">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les approches de caractérisation issues de la norme NF EN ISO 17034 </w:t>
+      </w:r>
+      <w:r w:rsidR="008F0B3C" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sont : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24F9019C" w14:textId="6E59B096" w:rsidR="00391C45" w:rsidRPr="0070710F" w:rsidRDefault="00391C45" w:rsidP="00F506FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>a)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7426C" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>utilisation d’une seule procédure de mesure de référence dans un seul laboratoire</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7426C" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E4AA2C" w14:textId="2F3CF9FB" w:rsidR="00391C45" w:rsidRPr="0070710F" w:rsidRDefault="00391C45" w:rsidP="00F506FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>b)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7426C" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>caractérisation d’un mesurande défini de manière non opérationnelle en utilisant au moins deux méthodes d’exactitude démontrable dans un ou plusieurs laboratoires compétents</w:t>
+      </w:r>
+      <w:r w:rsidR="006D2C18" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A8DBBB" w14:textId="78C741BE" w:rsidR="00391C45" w:rsidRPr="0070710F" w:rsidRDefault="00391C45" w:rsidP="00F506FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>c)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7426C" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>caractérisation d’un mesurande défini de manière opérationnelle en utilisant un réseau de laboratoires compétents</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7426C" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE34B1E" w14:textId="2B4D1652" w:rsidR="00391C45" w:rsidRPr="0070710F" w:rsidRDefault="00391C45" w:rsidP="00F506FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>d)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7426C" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>transfert de valeurs d’un MR à un matériau de référence candidat étroitement apparenté, réalisé à l’aide d’une seule procédure de mesure appliquée par un seul laboratoire</w:t>
+      </w:r>
+      <w:r w:rsidR="00755F38" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D703562" w14:textId="350598E1" w:rsidR="00732F86" w:rsidRPr="0070710F" w:rsidRDefault="00391C45" w:rsidP="00F506FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>e)</w:t>
+      </w:r>
+      <w:r w:rsidR="00B7426C" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>caractérisation fondée sur la masse ou le volume des ingrédients utilisés dans la préparation du MR</w:t>
+      </w:r>
+      <w:r w:rsidR="00755F38" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CF864AA" w14:textId="38CF2977" w:rsidR="004711B6" w:rsidRPr="00266E59" w:rsidRDefault="00046045" w:rsidP="00F506FB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si autre </w:t>
+      </w:r>
+      <w:r w:rsidR="00702BCC" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approche </w:t>
+      </w:r>
+      <w:r w:rsidR="004711B6" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>de caractérisation</w:t>
+      </w:r>
+      <w:r w:rsidR="005F01E1" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> utilisée, merci de </w:t>
+      </w:r>
+      <w:r w:rsidR="004711B6" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>préciser</w:t>
+      </w:r>
+      <w:r w:rsidR="005F01E1" w:rsidRPr="0070710F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004711B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C77CF7" w14:textId="77777777" w:rsidR="00755F38" w:rsidRDefault="00755F38">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB71C97" w14:textId="6F0FBCB6" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="9639"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Faites-vous appel à des sous-traitants dans le cadre de vos activités ?</w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
@@ -26044,79 +30159,95 @@
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> NON</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E36286" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
+    <w:p w14:paraId="40E36286" w14:textId="3167259A" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00EA10F4">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10206"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00266E59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Si oui, complétez le tableau ci-dessous : </w:t>
+        <w:t>Si oui, compléte</w:t>
+      </w:r>
+      <w:r w:rsidR="00F506FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00266E59">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le tableau ci-dessous : </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15281" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="71" w:type="dxa"/>
           <w:right w:w="71" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3821"/>
         <w:gridCol w:w="3820"/>
         <w:gridCol w:w="3820"/>
@@ -26150,152 +30281,148 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>sous-traitance</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="236DD8CE" w14:textId="77777777" w:rsidTr="00EA10F4">
         <w:trPr>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15281" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-              <w:ind w:left="3748"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E905DDE" w14:textId="794B8EB4" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="004211AF">
+            <w:pPr>
+              <w:ind w:left="3748" w:hanging="3679"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">DOMAINE de COMPETENCE : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="67CFE1A9" w14:textId="77777777" w:rsidTr="00EA10F4">
         <w:trPr>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3821" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4823116E" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2552"/>
                 <w:tab w:val="left" w:pos="6237"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Raison sociale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05C6014E" w14:textId="57FAD53F" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00E660A5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2552"/>
                 <w:tab w:val="left" w:pos="6237"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Code de l'activité sous-traitée</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05C5D612" w14:textId="6F10F482" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00E660A5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2552"/>
                 <w:tab w:val="left" w:pos="6237"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
@@ -26304,51 +30431,50 @@
             <w:r w:rsidR="00E660A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>sous-traitée</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3820" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77E358BA" w14:textId="09F08F8C" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00E660A5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6237"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Reconnaissance de la compétence</w:t>
@@ -26650,105 +30776,121 @@
         </w:rPr>
         <w:t xml:space="preserve">N° d’accréditation (le cas échéant) : </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15168" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="15168"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="663A2CB1" w14:textId="77777777" w:rsidTr="00E660A5">
+      <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="663A2CB1" w14:textId="77777777" w:rsidTr="11A9B34A">
         <w:trPr>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="15168" w:type="dxa"/>
-            <w:shd w:val="pct10" w:color="auto" w:fill="FFFFFF"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="2C9EE168" w14:textId="3B719B4F" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00E660A5">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C9EE168" w14:textId="706A9969" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="11A9B34A">
             <w:pPr>
               <w:keepNext/>
               <w:keepLines/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="33" w:name="_Toc184056980"/>
-            <w:r w:rsidRPr="00266E59">
+            <w:bookmarkStart w:id="34" w:name="_Toc184056980"/>
+            <w:r w:rsidRPr="11A9B34A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">ANNEXE E : Activités d’organisateur </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00913505">
+              <w:t xml:space="preserve">ANNEXE E : Activités </w:t>
+            </w:r>
+            <w:r w:rsidR="4C719E60" w:rsidRPr="11A9B34A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>d’essais d’aptitude</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00913505">
+              <w:t xml:space="preserve">d’organisation </w:t>
+            </w:r>
+            <w:r w:rsidR="00913505" w:rsidRPr="11A9B34A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="000000"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>d’essais d’aptitude</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="34"/>
+            <w:r w:rsidR="00913505" w:rsidRPr="11A9B34A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="60D1814D" w14:textId="3C78A769" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="dot" w:pos="10206"/>
         </w:tabs>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
@@ -26790,60 +30932,62 @@
           <w:cantSplit/>
           <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="pct10" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="605A629A" w14:textId="55B06874" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="007B1CCC" w:rsidP="000E5A6B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>OEdA</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> - DOMAINE / SOUS-DOMAINE / FAMILLE </w:t>
             </w:r>
             <w:r w:rsidR="00266E59" w:rsidRPr="00266E59">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>(1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00266E59" w:rsidRPr="00266E59" w14:paraId="5175DE0F" w14:textId="77777777" w:rsidTr="00E660A5">
@@ -27796,306 +31940,306 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3919" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39A59441" w14:textId="77777777" w:rsidR="00266E59" w:rsidRPr="00266E59" w:rsidRDefault="00266E59" w:rsidP="00266E59">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2552"/>
                 <w:tab w:val="left" w:pos="6237"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3B4CD3F1" w14:textId="17695707" w:rsidR="00F25B6D" w:rsidRPr="00CA0847" w:rsidRDefault="00F25B6D" w:rsidP="00F25B6D">
+    <w:p w14:paraId="3B4CD3F1" w14:textId="19370E9C" w:rsidR="00F25B6D" w:rsidRPr="00CA0847" w:rsidRDefault="00F25B6D" w:rsidP="00F25B6D">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F25B6D" w:rsidRPr="00CA0847" w:rsidSect="00AA4068">
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:headerReference w:type="first" r:id="rId19"/>
       <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="16840" w:h="11907" w:orient="landscape" w:code="9"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1134" w:left="851" w:header="567" w:footer="567" w:gutter="0"/>
       <w:paperSrc w:first="7" w:other="7"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3FA7B8DF" w14:textId="77777777" w:rsidR="008B690E" w:rsidRDefault="008B690E">
+    <w:p w14:paraId="7AB341F5" w14:textId="77777777" w:rsidR="008F6418" w:rsidRDefault="008F6418">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FBB1BEF" w14:textId="77777777" w:rsidR="008B690E" w:rsidRDefault="008B690E">
+    <w:p w14:paraId="08F273A0" w14:textId="77777777" w:rsidR="008F6418" w:rsidRDefault="008F6418">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="38517036" w14:textId="77777777" w:rsidR="008B690E" w:rsidRDefault="008B690E"/>
+    <w:p w14:paraId="3A17B8C0" w14:textId="77777777" w:rsidR="008F6418" w:rsidRDefault="008F6418"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="600F5214" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRDefault="00987CDE" w:rsidP="008D4327">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3071E3E9" wp14:editId="5F29FC05">
           <wp:extent cx="6948000" cy="72000"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
-          <wp:docPr id="3" name="Image 1"/>
+          <wp:docPr id="302610348" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Image 1"/>
                   <pic:cNvPicPr preferRelativeResize="0">
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect l="816" t="30917" b="35921"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm flipV="1">
                     <a:off x="0" y="0"/>
                     <a:ext cx="6948000" cy="72000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="37A4E5ED" w14:textId="6A6C6C3C" w:rsidR="00987CDE" w:rsidRPr="00EC524C" w:rsidRDefault="00987CDE" w:rsidP="008E4E77">
+  <w:p w14:paraId="37A4E5ED" w14:textId="1152D55D" w:rsidR="00987CDE" w:rsidRPr="00EC524C" w:rsidRDefault="00987CDE" w:rsidP="008E4E77">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="15138"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">LAB FORM 05 – Révision </w:t>
     </w:r>
-    <w:r w:rsidR="0029111D">
+    <w:r w:rsidR="005736CC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r w:rsidR="005736CC" w:rsidRPr="00EC524C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Applicable le</w:t>
+      <w:t>– Applicable le</w:t>
     </w:r>
     <w:r w:rsidR="00997A35">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00E74E3C">
+    <w:r w:rsidR="006C63A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>01/</w:t>
+      <w:t>01/0</w:t>
     </w:r>
-    <w:r w:rsidR="00EA10F4">
+    <w:r w:rsidR="00C22C84">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>01</w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="00997A35">
+    <w:r w:rsidR="006C63A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>/20</w:t>
-[...7 lines deleted...]
-      <w:t>25</w:t>
+      <w:t>/2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -28157,184 +32301,184 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="33083F08" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="735F4490" wp14:editId="28D62DB1">
           <wp:extent cx="7020000" cy="88461"/>
           <wp:effectExtent l="19050" t="0" r="9450" b="0"/>
-          <wp:docPr id="6" name="Image 1"/>
+          <wp:docPr id="2028336536" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Image 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect l="816" t="30917" b="35921"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm flipV="1">
                     <a:off x="0" y="0"/>
                     <a:ext cx="7020000" cy="88461"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2984B80D" w14:textId="1380DC79" w:rsidR="00987CDE" w:rsidRPr="008E4E77" w:rsidRDefault="00987CDE" w:rsidP="008E4E77">
+  <w:p w14:paraId="2984B80D" w14:textId="0796759A" w:rsidR="00987CDE" w:rsidRPr="008E4E77" w:rsidRDefault="00987CDE" w:rsidP="008E4E77">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="10772"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008E4E77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">LAB FORM 05 – Révision </w:t>
     </w:r>
-    <w:r w:rsidR="00702B0B">
+    <w:r w:rsidR="005B5CA0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r w:rsidR="005B5CA0" w:rsidRPr="008E4E77">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="008E4E77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Applicable le </w:t>
+      <w:t xml:space="preserve">– Applicable le </w:t>
     </w:r>
-    <w:r w:rsidR="00D62E21">
+    <w:r w:rsidR="0007523A" w:rsidRPr="00063395">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>01/</w:t>
     </w:r>
-    <w:r w:rsidR="00702B0B">
+    <w:r w:rsidR="00063395" w:rsidRPr="00063395">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>01</w:t>
+      <w:t>03</w:t>
     </w:r>
-    <w:r w:rsidR="00D62E21">
+    <w:r w:rsidR="0007523A" w:rsidRPr="00063395">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>/202</w:t>
-[...7 lines deleted...]
-      <w:t>5</w:t>
+      <w:t>/2026</w:t>
     </w:r>
     <w:r w:rsidRPr="008E4E77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="008E4E77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="008E4E77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -28394,51 +32538,51 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="008E4E77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>28</w:t>
     </w:r>
     <w:r w:rsidRPr="008E4E77">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="506A0B94" w14:textId="77777777" w:rsidR="008E4E77" w:rsidRDefault="008E4E77" w:rsidP="008D4327">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4C071CF4" wp14:editId="54195993">
           <wp:extent cx="9720000" cy="72000"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="8" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -28458,120 +32602,120 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm flipV="1">
                     <a:off x="0" y="0"/>
                     <a:ext cx="9720000" cy="72000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0F4B04E2" w14:textId="54C29EAB" w:rsidR="008E4E77" w:rsidRPr="00EC524C" w:rsidRDefault="008E4E77" w:rsidP="008E4E77">
+  <w:p w14:paraId="0F4B04E2" w14:textId="26552C46" w:rsidR="008E4E77" w:rsidRPr="00EC524C" w:rsidRDefault="008E4E77" w:rsidP="008E4E77">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="15138"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">LAB FORM 05 – Révision </w:t>
     </w:r>
-    <w:r w:rsidR="0029111D">
+    <w:r w:rsidR="00B0520B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r w:rsidR="00B0520B" w:rsidRPr="00EC524C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Applicable le </w:t>
+      <w:t xml:space="preserve">– Applicable le </w:t>
     </w:r>
-    <w:r w:rsidR="0015536A">
+    <w:r w:rsidR="006C63A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>01/</w:t>
     </w:r>
-    <w:r w:rsidR="00EA10F4">
+    <w:r w:rsidR="0070710F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>01</w:t>
+      <w:t>03</w:t>
     </w:r>
-    <w:r w:rsidR="00997A35">
+    <w:r w:rsidR="006C63A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>/202</w:t>
-[...7 lines deleted...]
-      <w:t>5</w:t>
+      <w:t>/2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -28633,51 +32777,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42F5F466" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1E554E13" wp14:editId="49A0E8BF">
           <wp:extent cx="9936000" cy="72000"/>
           <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:docPr id="1150419006" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -28697,120 +32841,120 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm flipV="1">
                     <a:off x="0" y="0"/>
                     <a:ext cx="9936000" cy="72000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="53F684E8" w14:textId="00A844AF" w:rsidR="00987CDE" w:rsidRPr="00EC524C" w:rsidRDefault="00987CDE" w:rsidP="00EC524C">
+  <w:p w14:paraId="53F684E8" w14:textId="386FACA2" w:rsidR="00987CDE" w:rsidRPr="00EC524C" w:rsidRDefault="00987CDE" w:rsidP="00EC524C">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4536"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="15138"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">LAB FORM 05 – Révision </w:t>
     </w:r>
-    <w:r w:rsidR="0029111D">
+    <w:r w:rsidR="00B0520B">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>10</w:t>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r w:rsidR="00B0520B" w:rsidRPr="00EC524C">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Applicable le </w:t>
+      <w:t xml:space="preserve">– Applicable le </w:t>
     </w:r>
-    <w:r w:rsidR="00E74E3C">
+    <w:r w:rsidR="006C63A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>01/</w:t>
+      <w:t>01/0</w:t>
     </w:r>
-    <w:r w:rsidR="00EA10F4">
+    <w:r w:rsidR="00C22C84">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>01</w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="00997A35">
+    <w:r w:rsidR="006C63A1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>/202</w:t>
-[...7 lines deleted...]
-      <w:t>5</w:t>
+      <w:t>/2026</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
@@ -28870,70 +33014,70 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>28</w:t>
     </w:r>
     <w:r w:rsidRPr="00EC524C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7F004A4B" w14:textId="77777777" w:rsidR="008B690E" w:rsidRDefault="008B690E">
+    <w:p w14:paraId="3288E230" w14:textId="77777777" w:rsidR="008F6418" w:rsidRDefault="008F6418">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2CA31575" w14:textId="77777777" w:rsidR="008B690E" w:rsidRDefault="008B690E">
+    <w:p w14:paraId="443E1302" w14:textId="77777777" w:rsidR="008F6418" w:rsidRDefault="008F6418">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="150B3AD8" w14:textId="77777777" w:rsidR="008B690E" w:rsidRDefault="008B690E"/>
+    <w:p w14:paraId="7AAA0A51" w14:textId="77777777" w:rsidR="008F6418" w:rsidRDefault="008F6418"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="3D0DC9EB" w14:textId="664A52AA" w:rsidR="00987CDE" w:rsidRPr="00220696" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
+    <w:p w14:paraId="78B01412" w14:textId="77777777" w:rsidR="00EA1419" w:rsidRPr="00220696" w:rsidRDefault="00EA1419" w:rsidP="00EA1419">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00220696">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00220696">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -28983,92 +33127,116 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ce sera le futur bénéficiaire de l’accréditation</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="3FC9A941" w14:textId="76B83698" w:rsidR="00987CDE" w:rsidRPr="00B10413" w:rsidRDefault="00987CDE" w:rsidP="00B10413">
+    <w:p w14:paraId="3FC9A941" w14:textId="19E25E32" w:rsidR="00987CDE" w:rsidRPr="00B10413" w:rsidRDefault="00987CDE" w:rsidP="00B10413">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Préciser la forme juridique : ex : SARL, SA, SAS, Association loi 1901, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FB0C18" w:rsidRPr="00B10413">
+        <w:t xml:space="preserve"> Préciser la forme juridique </w:t>
+      </w:r>
+      <w:r w:rsidR="00554992">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">GIE, auto-entrepreneur, </w:t>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:t xml:space="preserve">ex : SARL, SA, SAS, Association loi 1901, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0C18" w:rsidRPr="00B10413">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GIE, auto-entrepreneur, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B10413">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t>etc.</w:t>
+      </w:r>
+      <w:r w:rsidR="00554992">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
     <w:p w14:paraId="366EFBDB" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="00B10413" w:rsidRDefault="00987CDE" w:rsidP="00B10413">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
@@ -29103,106 +33271,184 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Il appartient au </w:t>
       </w:r>
       <w:r w:rsidR="00BF3C94">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>emandeur de désigner une personne dûment habilitée ayant la qualité ou les pouvoirs nécessaires pour l’engager juridiquement</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="2FB318D4" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="00B10413" w:rsidRDefault="00987CDE" w:rsidP="00BA15CC">
+    <w:p w14:paraId="2FB318D4" w14:textId="140B3094" w:rsidR="00987CDE" w:rsidRPr="00B10413" w:rsidRDefault="00987CDE" w:rsidP="00BA15CC">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Il s’agit de vérifier l’existence légale du demandeur et des établissements concernés par la demande, et de les identifier de manière unique : extrait Kbis ou Lbis, ou avis d’enregistrement au répertoire SIRENE, ou publication de l’association au JO et n° d’enregistrement au registre des associations (RNA), ou autres justificatifs officiels répondant à cet objectif.</w:t>
+        <w:t xml:space="preserve"> Il s’agit de vérifier l’existence légale du demandeur et des établissements concernés par la demande, et de les identifier de manière unique</w:t>
+      </w:r>
+      <w:r w:rsidR="00907801">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B10413">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">extrait </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B10413">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Kbis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B10413">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B10413">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Lbis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B10413">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>, ou avis d’enregistrement au répertoire SIRENE, ou publication de l’association au JO et n° d’enregistrement au registre des associations (RNA), ou autres justificatifs officiels répondant à cet objectif</w:t>
+      </w:r>
+      <w:r w:rsidR="00907801">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
     <w:p w14:paraId="04CC483F" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="00664C59" w:rsidRDefault="00987CDE" w:rsidP="00BA15CC">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B10413">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Il s’agit de vérifier que le demandeur est effectivement responsable des activités présentées à l’accréditation et d’identifier le représentant légal : informations généralement transmises via le Kbis ou les statuts de l’entreprise/l’association.</w:t>
+        <w:t xml:space="preserve"> Il s’agit de vérifier que le demandeur est effectivement responsable des activités présentées à l’accréditation et d’identifier le représentant légal : informations généralement transmises via le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00B10413">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Kbis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00B10413">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou les statuts de l’entreprise/l’association.</w:t>
       </w:r>
       <w:r w:rsidRPr="00664C59">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
     <w:p w14:paraId="2BFC5A73" w14:textId="0E31A982" w:rsidR="00987CDE" w:rsidRPr="0022290F" w:rsidRDefault="00987CDE" w:rsidP="009B5838">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022290F">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
@@ -29243,228 +33489,353 @@
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022290F">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0022290F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Il s’agit du nom sous lequel l’entité propose/réalise les activités objets de la demande d’accréditation</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="6965EE56" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="0022290F" w:rsidRDefault="00987CDE" w:rsidP="009B5838">
+    <w:p w14:paraId="6965EE56" w14:textId="6F345CB6" w:rsidR="00987CDE" w:rsidRPr="0022290F" w:rsidRDefault="00987CDE" w:rsidP="009B5838">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022290F">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0022290F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Exemple : conception, distribution ou maintenance de produits, formation, conseil, etc.</w:t>
+        <w:t xml:space="preserve"> Exemple</w:t>
+      </w:r>
+      <w:r w:rsidR="00D6690D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0022290F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t> : conception, distribution ou maintenance de produits, formation, conseil, etc.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
     <w:p w14:paraId="0675478A" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="0022290F" w:rsidRDefault="00987CDE" w:rsidP="009B5838">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0022290F">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="0022290F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ce point de contact sera utilisé pour les échanges ultérieurs relatifs à l’examen de la demande, aux évaluations et aux décisions d’accréditation notamment</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
-    <w:p w14:paraId="5C463AFE" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="008C65AF" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
+    <w:p w14:paraId="5C463AFE" w14:textId="77777777" w:rsidR="00337CE5" w:rsidRPr="008C65AF" w:rsidRDefault="00337CE5" w:rsidP="00266E59">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:spacing w:before="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004527D7">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="004527D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="008C65AF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Entité opérationnelle au sein d'un laboratoire accrédité ou candidat à l'accréditation, rassemblant un ensemble de moyens et de personnels spécifiques d'un domaine technique défini, l'ensemble formant un tout cohérent techniquement, placé sous la responsabilité d'un responsable technique et régi par un même système de management.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
-    <w:p w14:paraId="18640E94" w14:textId="65039ACB" w:rsidR="00987CDE" w:rsidRPr="00852B3F" w:rsidRDefault="00987CDE" w:rsidP="00A14B67">
+    <w:p w14:paraId="18640E94" w14:textId="6A3D579A" w:rsidR="00337CE5" w:rsidRPr="00EA17A4" w:rsidRDefault="00337CE5" w:rsidP="00A14B67">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:spacing w:before="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00852B3F">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00852B3F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Site opérationnel ou site support selon les définitions décrites dans le document LAB REF 05 </w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Site opérationnel ou site support selon les définitions décrites dans le document </w:t>
+      </w:r>
+      <w:r w:rsidR="0004405B" w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>GEN INF 17</w:t>
+      </w:r>
+      <w:r w:rsidR="005A5BBF" w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
-    <w:p w14:paraId="0D521584" w14:textId="79D26939" w:rsidR="00987CDE" w:rsidRPr="004527D7" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
+    <w:p w14:paraId="3B944ADE" w14:textId="4653B7A5" w:rsidR="0004405B" w:rsidRPr="00EA17A4" w:rsidRDefault="0004405B">
+      <w:pPr>
+        <w:pStyle w:val="Notedebasdepage"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00EA17A4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Temporaire / mobile / virtuel / fixe</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="17">
+    <w:p w14:paraId="0D521584" w14:textId="4E56942C" w:rsidR="00337CE5" w:rsidRPr="004527D7" w:rsidRDefault="00337CE5" w:rsidP="00266E59">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:spacing w:before="60"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00852B3F">
+      <w:r w:rsidRPr="00EA17A4">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00852B3F">
+      <w:r w:rsidRPr="00EA17A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Voir le document LAB INF 99</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> disponible sur </w:t>
+        <w:t xml:space="preserve"> Voir le document LAB INF 99 disponible sur </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:history="1">
-        <w:r w:rsidRPr="004527D7">
+        <w:r w:rsidRPr="00EA17A4">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>www.cofrac.fr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="004527D7">
+      <w:r w:rsidRPr="00EA17A4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Si le domaine n’est pas répertorié, libeller la discipline technique le plus clairement possible. </w:t>
+        <w:t xml:space="preserve">. Si le domaine </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5BB1" w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">technique </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n’est pas répertorié, libeller </w:t>
+      </w:r>
+      <w:r w:rsidR="000D5BB1" w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>l’activité</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> technique </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD2C5D" w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">demandée </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA17A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>le plus clairement possible.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004527D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="17">
+  <w:footnote w:id="18">
     <w:p w14:paraId="21102A5E" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="00574455" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00574455">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00574455">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Il peut s’agir d’opérations réalisées par le demandeur mais en dehors </w:t>
       </w:r>
@@ -29480,51 +33851,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> (quand </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>l’organisme</w:t>
       </w:r>
       <w:r w:rsidRPr="00574455">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> n’est qu’une partie du demandeur) ou d’opérations confiées à des entités extérieures au demandeur. </w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="18">
+  <w:footnote w:id="19">
     <w:p w14:paraId="04362195" w14:textId="7C91C104" w:rsidR="00987CDE" w:rsidRPr="006564B6" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006564B6">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="006564B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -29537,63 +33908,81 @@
         </w:rPr>
         <w:t>Instrument</w:t>
       </w:r>
       <w:r w:rsidR="007B2849" w:rsidRPr="006564B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006564B6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">de mesure = équipement nécessaire </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>pour une exécution correcte des activités de laboratoire et pouvant avoir une influence sur les résultats</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006564B6">
+        <w:t xml:space="preserve">pour une exécution correcte des activités de laboratoire et pouvant </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:t>avoir</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> une influence sur les résultats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006564B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="19">
+  <w:footnote w:id="20">
     <w:p w14:paraId="2AC8AB59" w14:textId="12A87EE1" w:rsidR="004E4943" w:rsidRPr="00A7452C" w:rsidRDefault="004E4943">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A7452C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Voir le </w:t>
@@ -29602,224 +33991,232 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">document </w:t>
       </w:r>
       <w:r w:rsidRPr="00A7452C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">GEN REF 10, disponible </w:t>
       </w:r>
       <w:r w:rsidR="00AD2B84" w:rsidRPr="00A7452C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>sur www.cofrac.fr</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="20">
+  <w:footnote w:id="21">
     <w:p w14:paraId="2BB304E8" w14:textId="7FD17D17" w:rsidR="00AF052F" w:rsidRPr="001327B0" w:rsidRDefault="00AF052F" w:rsidP="00266E59">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001327B0">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001327B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> NB : si l’organisme a pour politique de ne pas transmettre les documents aux évaluateurs, la durée </w:t>
       </w:r>
       <w:r w:rsidR="007B2849">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>d’intervention de l’équipe d’évaluation</w:t>
       </w:r>
       <w:r w:rsidRPr="001327B0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> sera étendue pour permettre la consultation de ces documents.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="21">
-    <w:p w14:paraId="0DCFFF77" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="00296D5F" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
+  <w:footnote w:id="22">
+    <w:p w14:paraId="0DCFFF77" w14:textId="551F0532" w:rsidR="00987CDE" w:rsidRPr="00296D5F" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Document</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> LAB REF 05</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> / LAB CIL REF 05 / LAB MR REF 05</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00296D5F">
+        <w:t xml:space="preserve"> / LAB CIL REF 05 / LAB MR REF </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457AAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t xml:space="preserve"> disponible</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">05 </w:t>
+      </w:r>
+      <w:r w:rsidR="00347CAB" w:rsidRPr="00457AAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:t>s</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00296D5F">
+        <w:t xml:space="preserve">ou GEN REF 06 / LAB REF 60 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00457AAA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
+        <w:t>disponibles</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00296D5F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
         <w:t xml:space="preserve"> sur www.cofrac.fr</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="22">
+  <w:footnote w:id="23">
     <w:p w14:paraId="7F884122" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="00296D5F" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Document LAB REF 06 disponible sur www.cofrac.fr</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="23">
+  <w:footnote w:id="24">
     <w:p w14:paraId="2937AB71" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="00296D5F" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Document LAB REF 07 disponible sur www.cofrac.fr</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="24">
+  <w:footnote w:id="25">
     <w:p w14:paraId="57B8CBB7" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="00296D5F" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -29834,128 +34231,197 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> disponible</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> sur www.cofrac.fr</w:t>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="25">
+  <w:footnote w:id="26">
     <w:p w14:paraId="676C1820" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="00296D5F" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve"> Document LAB REF 0</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">8 </w:t>
       </w:r>
       <w:r w:rsidRPr="00296D5F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>disponible sur www.cofrac.fr</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="27">
+    <w:p w14:paraId="2FA56FC1" w14:textId="7B31031C" w:rsidR="005222DD" w:rsidRPr="00614ADF" w:rsidRDefault="005222DD">
+      <w:pPr>
+        <w:pStyle w:val="Notedebasdepage"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA6CCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Y inclus également </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA3ED6" w:rsidRPr="00DA6CCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>une méthode normalisée employée en dehors de so</w:t>
+      </w:r>
+      <w:r w:rsidR="00977564" w:rsidRPr="00DA6CCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>n domaine d’application, une méthode modifié</w:t>
+      </w:r>
+      <w:r w:rsidR="008224DB" w:rsidRPr="00DA6CCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00977564" w:rsidRPr="00DA6CCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00E43EF0" w:rsidRPr="00DA6CCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>toute méthode nécessitant une expertise préalable</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0720BA70" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:ind w:left="709"/>
     </w:pPr>
-    <w:bookmarkStart w:id="19" w:name="_Hlk132206639"/>
-    <w:bookmarkStart w:id="20" w:name="_Hlk132206640"/>
+    <w:bookmarkStart w:id="20" w:name="_Hlk132206639"/>
+    <w:bookmarkStart w:id="21" w:name="_Hlk132206640"/>
     <w:r w:rsidRPr="00266E59">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658242" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B3DD65A" wp14:editId="69FAAE27">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-73660</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="305403" cy="324000"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Image 1"/>
+          <wp:docPr id="1656946040" name="Image 1656946040"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Image 7"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect l="52362" r="26575"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -29973,58 +34439,58 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00266E59">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>Demande d’accréditation</w:t>
     </w:r>
-    <w:bookmarkEnd w:id="19"/>
     <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="21"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10806" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="70" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1587"/>
       <w:gridCol w:w="7632"/>
       <w:gridCol w:w="1587"/>
     </w:tblGrid>
     <w:tr w:rsidR="00987CDE" w14:paraId="2BE079D5" w14:textId="77777777" w:rsidTr="00A77612">
       <w:trPr>
@@ -30032,51 +34498,51 @@
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1587" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="6E2B4C1F" w14:textId="4017D586" w:rsidR="00987CDE" w:rsidRDefault="00987CDE" w:rsidP="00266E59">
           <w:pPr>
             <w:pStyle w:val="En-tte"/>
             <w:spacing w:before="60"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00A77612">
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="x-none"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6D67488C" wp14:editId="2E571F04">
                 <wp:extent cx="648050" cy="936000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="239" name="Image 1" descr="logo-entete"/>
+                <wp:docPr id="1078939995" name="Image 1" descr="logo-entete"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Image 1" descr="logo-entete"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
@@ -30165,51 +34631,51 @@
               <w:b/>
               <w:bCs/>
               <w:iCs/>
               <w:sz w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31432119" wp14:editId="77598283">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>163830</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>-67945</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="657860" cy="698500"/>
                 <wp:effectExtent l="19050" t="0" r="8890" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="4" name="Image 7"/>
+                <wp:docPr id="552845239" name="Image 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 7"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2" cstate="print"/>
                         <a:srcRect l="52345" r="26572"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="657860" cy="698500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
@@ -30222,51 +34688,51 @@
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="20"/>
             </w:rPr>
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FF0D1E7" wp14:editId="14B15D91">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>5910580</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>8555355</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="452120" cy="476250"/>
                 <wp:effectExtent l="19050" t="0" r="5080" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="5" name="Image 2"/>
+                <wp:docPr id="1528601857" name="Image 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 2"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2"/>
                         <a:srcRect l="52345" r="26572"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="452120" cy="476250"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
@@ -30278,51 +34744,51 @@
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="5DAE97D3" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRPr="00A77612" w:rsidRDefault="00987CDE">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="057CEC9A" w14:textId="77777777" w:rsidR="00987CDE" w:rsidRDefault="00987CDE" w:rsidP="00EC524C">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:ind w:left="709"/>
     </w:pPr>
     <w:r w:rsidRPr="00266E59">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="248D8585" wp14:editId="64481448">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-73660</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="305403" cy="324000"/>
@@ -30373,74 +34839,74 @@
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidRPr="00266E59">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <w:t>Demande d’accréditation</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
-        <v:imagedata r:id="rId1" o:title="msoC0E3"/>
+      <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:11.5pt;height:11.5pt;visibility:visible;mso-wrap-style:square" o:bullet="t">
+        <v:imagedata r:id="rId1" o:title=""/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="09790EFD"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A86EF9A2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Titre1"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -32380,51 +36846,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="796738B8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6BF65CEA"/>
+    <w:tmpl w:val="341EE382"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -32552,427 +37018,693 @@
   <w:num w:numId="14" w16cid:durableId="504173152">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="838498151">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="397434955">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="255331603">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="442959922">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1048460022">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1147166546">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Florence SIMONUTTI">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::florence.simonutti@cofrac.fr::b991e6f2-92b7-4bb1-a9b5-bb4e55a185e0"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="180"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A868CB"/>
     <w:rsid w:val="00000FE5"/>
+    <w:rsid w:val="00017F54"/>
     <w:rsid w:val="0002073D"/>
     <w:rsid w:val="000218C8"/>
+    <w:rsid w:val="00025614"/>
     <w:rsid w:val="000378CB"/>
+    <w:rsid w:val="0004405B"/>
+    <w:rsid w:val="00046045"/>
+    <w:rsid w:val="00050F12"/>
+    <w:rsid w:val="00061F85"/>
+    <w:rsid w:val="00063395"/>
     <w:rsid w:val="000637FF"/>
     <w:rsid w:val="00071347"/>
+    <w:rsid w:val="0007523A"/>
     <w:rsid w:val="00085629"/>
     <w:rsid w:val="00090D7A"/>
     <w:rsid w:val="000A04AD"/>
     <w:rsid w:val="000B41FB"/>
+    <w:rsid w:val="000B6035"/>
+    <w:rsid w:val="000B7D09"/>
     <w:rsid w:val="000D2887"/>
+    <w:rsid w:val="000D5BB1"/>
     <w:rsid w:val="000D6EED"/>
+    <w:rsid w:val="000E0DBA"/>
+    <w:rsid w:val="000E13D3"/>
     <w:rsid w:val="000E3CC9"/>
+    <w:rsid w:val="000E4DB7"/>
     <w:rsid w:val="000E5A6B"/>
     <w:rsid w:val="000F1188"/>
+    <w:rsid w:val="000F2190"/>
     <w:rsid w:val="000F24AE"/>
+    <w:rsid w:val="00106A03"/>
+    <w:rsid w:val="00115714"/>
+    <w:rsid w:val="00120493"/>
+    <w:rsid w:val="001213DC"/>
     <w:rsid w:val="001238CC"/>
     <w:rsid w:val="00136AF2"/>
     <w:rsid w:val="00145C2C"/>
     <w:rsid w:val="00147F71"/>
+    <w:rsid w:val="00150451"/>
     <w:rsid w:val="00152094"/>
+    <w:rsid w:val="00153C1A"/>
     <w:rsid w:val="00154A03"/>
     <w:rsid w:val="0015536A"/>
+    <w:rsid w:val="0016009E"/>
+    <w:rsid w:val="001653FC"/>
     <w:rsid w:val="00170FDA"/>
     <w:rsid w:val="00171CC4"/>
     <w:rsid w:val="00176B6A"/>
     <w:rsid w:val="00181061"/>
+    <w:rsid w:val="001810E2"/>
+    <w:rsid w:val="00181F84"/>
+    <w:rsid w:val="00184AA0"/>
     <w:rsid w:val="00184EE1"/>
     <w:rsid w:val="001927F5"/>
+    <w:rsid w:val="00197B67"/>
     <w:rsid w:val="001A09D1"/>
+    <w:rsid w:val="001C3744"/>
     <w:rsid w:val="001C711F"/>
     <w:rsid w:val="001E0945"/>
+    <w:rsid w:val="001E3C7B"/>
     <w:rsid w:val="001E3CFF"/>
     <w:rsid w:val="001E41E6"/>
     <w:rsid w:val="001F66D2"/>
     <w:rsid w:val="001F6E37"/>
+    <w:rsid w:val="00203727"/>
+    <w:rsid w:val="002379BA"/>
+    <w:rsid w:val="00242673"/>
+    <w:rsid w:val="00243FCC"/>
     <w:rsid w:val="00246E11"/>
     <w:rsid w:val="00256115"/>
     <w:rsid w:val="00266E59"/>
     <w:rsid w:val="002709EF"/>
     <w:rsid w:val="002839A1"/>
     <w:rsid w:val="0029111D"/>
     <w:rsid w:val="00296889"/>
+    <w:rsid w:val="002971C1"/>
+    <w:rsid w:val="002A4C25"/>
     <w:rsid w:val="002A78C8"/>
+    <w:rsid w:val="002B3DA1"/>
+    <w:rsid w:val="002B4B33"/>
     <w:rsid w:val="002C570C"/>
+    <w:rsid w:val="002D055D"/>
     <w:rsid w:val="002E6223"/>
+    <w:rsid w:val="002F181F"/>
+    <w:rsid w:val="002F1BD3"/>
+    <w:rsid w:val="002F323C"/>
+    <w:rsid w:val="002F6DF5"/>
     <w:rsid w:val="00303723"/>
+    <w:rsid w:val="0030574D"/>
     <w:rsid w:val="00306F98"/>
+    <w:rsid w:val="00310504"/>
     <w:rsid w:val="00326851"/>
+    <w:rsid w:val="00337CE5"/>
     <w:rsid w:val="00340081"/>
     <w:rsid w:val="00340AA4"/>
     <w:rsid w:val="00342BF6"/>
     <w:rsid w:val="0034321B"/>
+    <w:rsid w:val="00347CAB"/>
+    <w:rsid w:val="0035133F"/>
     <w:rsid w:val="00355AA5"/>
     <w:rsid w:val="00361E6D"/>
     <w:rsid w:val="003648B6"/>
+    <w:rsid w:val="00372A45"/>
+    <w:rsid w:val="00374E51"/>
+    <w:rsid w:val="00380F90"/>
+    <w:rsid w:val="00390E15"/>
+    <w:rsid w:val="00391C45"/>
+    <w:rsid w:val="00392C80"/>
+    <w:rsid w:val="00393B04"/>
+    <w:rsid w:val="003969A9"/>
+    <w:rsid w:val="003A423B"/>
     <w:rsid w:val="003A5CDC"/>
+    <w:rsid w:val="003B0100"/>
+    <w:rsid w:val="003B5FCD"/>
     <w:rsid w:val="003B7B95"/>
     <w:rsid w:val="003D0582"/>
     <w:rsid w:val="003E4635"/>
     <w:rsid w:val="003E6AF9"/>
     <w:rsid w:val="003F1BD1"/>
+    <w:rsid w:val="0040239F"/>
+    <w:rsid w:val="004043F7"/>
     <w:rsid w:val="00407121"/>
     <w:rsid w:val="0041750C"/>
+    <w:rsid w:val="004211AF"/>
     <w:rsid w:val="00424317"/>
     <w:rsid w:val="00426D00"/>
     <w:rsid w:val="00427395"/>
+    <w:rsid w:val="00430424"/>
     <w:rsid w:val="00433725"/>
+    <w:rsid w:val="00433CAD"/>
     <w:rsid w:val="004424CD"/>
+    <w:rsid w:val="00443028"/>
     <w:rsid w:val="00445C0B"/>
     <w:rsid w:val="00450970"/>
+    <w:rsid w:val="00457AAA"/>
     <w:rsid w:val="00461129"/>
+    <w:rsid w:val="00463CE2"/>
     <w:rsid w:val="004645EF"/>
     <w:rsid w:val="00467B63"/>
     <w:rsid w:val="00467C1B"/>
     <w:rsid w:val="00470D32"/>
+    <w:rsid w:val="004711B6"/>
     <w:rsid w:val="0048288B"/>
+    <w:rsid w:val="00486031"/>
     <w:rsid w:val="0048693A"/>
     <w:rsid w:val="00487FD9"/>
     <w:rsid w:val="004A0E6D"/>
+    <w:rsid w:val="004A5E4B"/>
     <w:rsid w:val="004B2481"/>
     <w:rsid w:val="004B56D5"/>
+    <w:rsid w:val="004B5C30"/>
     <w:rsid w:val="004C1E18"/>
     <w:rsid w:val="004C1F2E"/>
     <w:rsid w:val="004C4DD9"/>
+    <w:rsid w:val="004D33B7"/>
+    <w:rsid w:val="004D34B5"/>
     <w:rsid w:val="004E4943"/>
+    <w:rsid w:val="004F010E"/>
     <w:rsid w:val="004F07EC"/>
     <w:rsid w:val="004F0A18"/>
     <w:rsid w:val="004F2B16"/>
     <w:rsid w:val="00506DB5"/>
     <w:rsid w:val="005155B7"/>
+    <w:rsid w:val="005155EF"/>
+    <w:rsid w:val="00520349"/>
+    <w:rsid w:val="005222DD"/>
     <w:rsid w:val="00543606"/>
     <w:rsid w:val="00552578"/>
+    <w:rsid w:val="00553E70"/>
+    <w:rsid w:val="00554992"/>
     <w:rsid w:val="00555937"/>
+    <w:rsid w:val="00560061"/>
     <w:rsid w:val="005617A5"/>
+    <w:rsid w:val="0056295E"/>
+    <w:rsid w:val="0056756C"/>
+    <w:rsid w:val="00571BF8"/>
+    <w:rsid w:val="005728BF"/>
+    <w:rsid w:val="005736CC"/>
     <w:rsid w:val="00583C04"/>
     <w:rsid w:val="00584BDD"/>
     <w:rsid w:val="0058588E"/>
+    <w:rsid w:val="00587031"/>
+    <w:rsid w:val="00587DC0"/>
+    <w:rsid w:val="00593D60"/>
+    <w:rsid w:val="005965A7"/>
+    <w:rsid w:val="005A18EC"/>
     <w:rsid w:val="005A3D86"/>
+    <w:rsid w:val="005A5BBF"/>
     <w:rsid w:val="005A6964"/>
+    <w:rsid w:val="005B1872"/>
+    <w:rsid w:val="005B5CA0"/>
+    <w:rsid w:val="005D0F7C"/>
     <w:rsid w:val="005D3C29"/>
     <w:rsid w:val="005D579E"/>
+    <w:rsid w:val="005E56EE"/>
+    <w:rsid w:val="005F01E1"/>
     <w:rsid w:val="005F24E3"/>
     <w:rsid w:val="005F252C"/>
     <w:rsid w:val="00613936"/>
+    <w:rsid w:val="00614ADF"/>
     <w:rsid w:val="00615F3F"/>
+    <w:rsid w:val="006259FC"/>
     <w:rsid w:val="00626835"/>
+    <w:rsid w:val="0064066C"/>
     <w:rsid w:val="00642466"/>
     <w:rsid w:val="00647791"/>
     <w:rsid w:val="00647A2A"/>
     <w:rsid w:val="00651AE4"/>
     <w:rsid w:val="0065213E"/>
     <w:rsid w:val="00653D4C"/>
     <w:rsid w:val="00660205"/>
     <w:rsid w:val="00666CC1"/>
+    <w:rsid w:val="00670DB2"/>
     <w:rsid w:val="00671FAB"/>
     <w:rsid w:val="00677AB0"/>
     <w:rsid w:val="00681553"/>
     <w:rsid w:val="00685C8B"/>
+    <w:rsid w:val="00691E86"/>
+    <w:rsid w:val="00695580"/>
+    <w:rsid w:val="006A783E"/>
+    <w:rsid w:val="006C00AA"/>
+    <w:rsid w:val="006C5B72"/>
+    <w:rsid w:val="006C63A1"/>
+    <w:rsid w:val="006D2C18"/>
+    <w:rsid w:val="006D414E"/>
+    <w:rsid w:val="006D6721"/>
+    <w:rsid w:val="006E0A87"/>
     <w:rsid w:val="006E0BDA"/>
+    <w:rsid w:val="006E469A"/>
     <w:rsid w:val="006E5255"/>
     <w:rsid w:val="006F0F92"/>
+    <w:rsid w:val="006F73C7"/>
     <w:rsid w:val="0070077E"/>
     <w:rsid w:val="00702B0B"/>
+    <w:rsid w:val="00702BCC"/>
+    <w:rsid w:val="0070710F"/>
+    <w:rsid w:val="00712CFA"/>
+    <w:rsid w:val="00714A52"/>
+    <w:rsid w:val="00723C79"/>
+    <w:rsid w:val="00727B90"/>
+    <w:rsid w:val="00732F86"/>
     <w:rsid w:val="00735D59"/>
     <w:rsid w:val="00742B78"/>
     <w:rsid w:val="00751698"/>
     <w:rsid w:val="00752D42"/>
+    <w:rsid w:val="00755F38"/>
     <w:rsid w:val="00756997"/>
     <w:rsid w:val="0076495E"/>
+    <w:rsid w:val="0077491E"/>
+    <w:rsid w:val="0078293B"/>
     <w:rsid w:val="00787C42"/>
     <w:rsid w:val="0079282E"/>
     <w:rsid w:val="007936AF"/>
     <w:rsid w:val="007938D1"/>
+    <w:rsid w:val="00796712"/>
+    <w:rsid w:val="007A218F"/>
+    <w:rsid w:val="007A7867"/>
     <w:rsid w:val="007B1CCC"/>
     <w:rsid w:val="007B2849"/>
+    <w:rsid w:val="007B40ED"/>
     <w:rsid w:val="007B4632"/>
     <w:rsid w:val="007B6A59"/>
+    <w:rsid w:val="007C5AC4"/>
     <w:rsid w:val="007F170D"/>
     <w:rsid w:val="007F4505"/>
     <w:rsid w:val="007F7CCF"/>
     <w:rsid w:val="00802556"/>
+    <w:rsid w:val="00802BBF"/>
     <w:rsid w:val="008048F0"/>
     <w:rsid w:val="008132A9"/>
     <w:rsid w:val="00814B3C"/>
+    <w:rsid w:val="008169B8"/>
     <w:rsid w:val="00821407"/>
+    <w:rsid w:val="00821B80"/>
+    <w:rsid w:val="008224DB"/>
+    <w:rsid w:val="00823DC1"/>
     <w:rsid w:val="00831697"/>
     <w:rsid w:val="00832CB7"/>
     <w:rsid w:val="00836F50"/>
     <w:rsid w:val="008425AE"/>
+    <w:rsid w:val="00843764"/>
     <w:rsid w:val="00850D41"/>
     <w:rsid w:val="00851F0C"/>
     <w:rsid w:val="00852B3F"/>
     <w:rsid w:val="00862E9B"/>
     <w:rsid w:val="00863C14"/>
     <w:rsid w:val="00864FC5"/>
     <w:rsid w:val="008650F2"/>
+    <w:rsid w:val="008679BD"/>
     <w:rsid w:val="00874D71"/>
     <w:rsid w:val="008768E1"/>
     <w:rsid w:val="00881ECC"/>
+    <w:rsid w:val="008831AB"/>
     <w:rsid w:val="00885A8D"/>
     <w:rsid w:val="00886343"/>
     <w:rsid w:val="008A0358"/>
+    <w:rsid w:val="008A09BD"/>
+    <w:rsid w:val="008A1982"/>
+    <w:rsid w:val="008A4F0E"/>
+    <w:rsid w:val="008B0FFE"/>
     <w:rsid w:val="008B690E"/>
     <w:rsid w:val="008C4FFB"/>
     <w:rsid w:val="008C58DE"/>
     <w:rsid w:val="008C65AF"/>
+    <w:rsid w:val="008D1C15"/>
     <w:rsid w:val="008D4327"/>
     <w:rsid w:val="008D533B"/>
     <w:rsid w:val="008D5C82"/>
+    <w:rsid w:val="008E0463"/>
     <w:rsid w:val="008E3689"/>
     <w:rsid w:val="008E3E3F"/>
     <w:rsid w:val="008E4E77"/>
     <w:rsid w:val="008E7599"/>
+    <w:rsid w:val="008F0B3C"/>
+    <w:rsid w:val="008F2D63"/>
+    <w:rsid w:val="008F6418"/>
     <w:rsid w:val="00903459"/>
     <w:rsid w:val="00904BE4"/>
+    <w:rsid w:val="00907801"/>
     <w:rsid w:val="00913505"/>
     <w:rsid w:val="00920173"/>
     <w:rsid w:val="00921A26"/>
     <w:rsid w:val="0093319A"/>
+    <w:rsid w:val="009404CE"/>
+    <w:rsid w:val="00941796"/>
+    <w:rsid w:val="00947F91"/>
     <w:rsid w:val="00952CBF"/>
+    <w:rsid w:val="00954304"/>
     <w:rsid w:val="009551E8"/>
     <w:rsid w:val="00956F62"/>
+    <w:rsid w:val="009615D8"/>
+    <w:rsid w:val="009706BD"/>
     <w:rsid w:val="0097671C"/>
+    <w:rsid w:val="00977564"/>
     <w:rsid w:val="00987CDE"/>
+    <w:rsid w:val="00990C07"/>
     <w:rsid w:val="009964CD"/>
     <w:rsid w:val="00997A35"/>
     <w:rsid w:val="009A551A"/>
     <w:rsid w:val="009A643D"/>
     <w:rsid w:val="009B2338"/>
     <w:rsid w:val="009B5838"/>
     <w:rsid w:val="009B72B7"/>
     <w:rsid w:val="009C235B"/>
+    <w:rsid w:val="009C4EEE"/>
+    <w:rsid w:val="009D2D09"/>
+    <w:rsid w:val="009E5973"/>
+    <w:rsid w:val="009F158E"/>
     <w:rsid w:val="009F4B81"/>
     <w:rsid w:val="009F7511"/>
     <w:rsid w:val="00A029F0"/>
     <w:rsid w:val="00A02BBD"/>
+    <w:rsid w:val="00A06651"/>
     <w:rsid w:val="00A0799B"/>
+    <w:rsid w:val="00A1392F"/>
     <w:rsid w:val="00A14B67"/>
+    <w:rsid w:val="00A206E0"/>
     <w:rsid w:val="00A24E64"/>
     <w:rsid w:val="00A33E9A"/>
+    <w:rsid w:val="00A371DB"/>
+    <w:rsid w:val="00A422EE"/>
+    <w:rsid w:val="00A45CAE"/>
+    <w:rsid w:val="00A52B53"/>
     <w:rsid w:val="00A56D67"/>
+    <w:rsid w:val="00A571E1"/>
     <w:rsid w:val="00A66771"/>
     <w:rsid w:val="00A7452C"/>
     <w:rsid w:val="00A77612"/>
     <w:rsid w:val="00A81302"/>
     <w:rsid w:val="00A868CB"/>
+    <w:rsid w:val="00A916EC"/>
     <w:rsid w:val="00AA4068"/>
     <w:rsid w:val="00AA5EAE"/>
     <w:rsid w:val="00AB5E55"/>
+    <w:rsid w:val="00AB68AC"/>
     <w:rsid w:val="00AB68B4"/>
+    <w:rsid w:val="00AC30C7"/>
+    <w:rsid w:val="00AC69AB"/>
     <w:rsid w:val="00AC7152"/>
     <w:rsid w:val="00AD2B84"/>
     <w:rsid w:val="00AD6506"/>
     <w:rsid w:val="00AE0B2D"/>
     <w:rsid w:val="00AF052F"/>
+    <w:rsid w:val="00AF2F46"/>
+    <w:rsid w:val="00AF3CDD"/>
     <w:rsid w:val="00AF7C03"/>
+    <w:rsid w:val="00B0520B"/>
     <w:rsid w:val="00B05453"/>
+    <w:rsid w:val="00B06E40"/>
     <w:rsid w:val="00B10413"/>
     <w:rsid w:val="00B117B6"/>
     <w:rsid w:val="00B119E8"/>
+    <w:rsid w:val="00B134C3"/>
     <w:rsid w:val="00B2339C"/>
+    <w:rsid w:val="00B27C76"/>
+    <w:rsid w:val="00B328CF"/>
     <w:rsid w:val="00B3360B"/>
     <w:rsid w:val="00B43B48"/>
+    <w:rsid w:val="00B45BE0"/>
+    <w:rsid w:val="00B554E6"/>
+    <w:rsid w:val="00B55715"/>
     <w:rsid w:val="00B56C5A"/>
+    <w:rsid w:val="00B641F3"/>
     <w:rsid w:val="00B67544"/>
     <w:rsid w:val="00B701C2"/>
     <w:rsid w:val="00B712BB"/>
+    <w:rsid w:val="00B7426C"/>
     <w:rsid w:val="00B91431"/>
     <w:rsid w:val="00B94227"/>
     <w:rsid w:val="00BA0908"/>
     <w:rsid w:val="00BA15CC"/>
+    <w:rsid w:val="00BA3ED6"/>
     <w:rsid w:val="00BB117D"/>
+    <w:rsid w:val="00BB3A2A"/>
     <w:rsid w:val="00BB3ED1"/>
+    <w:rsid w:val="00BB50C2"/>
+    <w:rsid w:val="00BB6986"/>
     <w:rsid w:val="00BC16B7"/>
     <w:rsid w:val="00BC30F1"/>
     <w:rsid w:val="00BD1812"/>
+    <w:rsid w:val="00BD4927"/>
     <w:rsid w:val="00BD63FC"/>
     <w:rsid w:val="00BE2EAF"/>
     <w:rsid w:val="00BE4BE9"/>
     <w:rsid w:val="00BE520D"/>
+    <w:rsid w:val="00BF19BB"/>
+    <w:rsid w:val="00BF2B99"/>
     <w:rsid w:val="00BF3C94"/>
+    <w:rsid w:val="00BF6F5E"/>
     <w:rsid w:val="00C176AC"/>
+    <w:rsid w:val="00C22C84"/>
     <w:rsid w:val="00C258E1"/>
+    <w:rsid w:val="00C30843"/>
+    <w:rsid w:val="00C336DD"/>
     <w:rsid w:val="00C40D74"/>
     <w:rsid w:val="00C41187"/>
     <w:rsid w:val="00C45D14"/>
     <w:rsid w:val="00C4727D"/>
     <w:rsid w:val="00C5474D"/>
+    <w:rsid w:val="00C54FAE"/>
+    <w:rsid w:val="00C6023D"/>
+    <w:rsid w:val="00C702A5"/>
     <w:rsid w:val="00C70D7C"/>
+    <w:rsid w:val="00C7103A"/>
+    <w:rsid w:val="00C743F5"/>
+    <w:rsid w:val="00C77D8A"/>
     <w:rsid w:val="00C86B87"/>
+    <w:rsid w:val="00C97C68"/>
+    <w:rsid w:val="00CA13FA"/>
+    <w:rsid w:val="00CA2EA1"/>
     <w:rsid w:val="00CA4C73"/>
     <w:rsid w:val="00CA6EA1"/>
     <w:rsid w:val="00CB221E"/>
     <w:rsid w:val="00CB25F2"/>
+    <w:rsid w:val="00CB42DA"/>
+    <w:rsid w:val="00CB515D"/>
+    <w:rsid w:val="00CB6583"/>
     <w:rsid w:val="00CC4DA2"/>
+    <w:rsid w:val="00CD2A74"/>
     <w:rsid w:val="00CD6B12"/>
+    <w:rsid w:val="00CE0D51"/>
     <w:rsid w:val="00CF0B1F"/>
     <w:rsid w:val="00CF4CB1"/>
+    <w:rsid w:val="00D00F7B"/>
     <w:rsid w:val="00D03A48"/>
     <w:rsid w:val="00D10E78"/>
     <w:rsid w:val="00D1161C"/>
     <w:rsid w:val="00D1788A"/>
     <w:rsid w:val="00D36936"/>
     <w:rsid w:val="00D4437C"/>
     <w:rsid w:val="00D50399"/>
     <w:rsid w:val="00D539FF"/>
+    <w:rsid w:val="00D54EBA"/>
     <w:rsid w:val="00D5713F"/>
     <w:rsid w:val="00D62E21"/>
     <w:rsid w:val="00D65B7E"/>
+    <w:rsid w:val="00D6690D"/>
     <w:rsid w:val="00D66D11"/>
     <w:rsid w:val="00D75DE9"/>
     <w:rsid w:val="00D83459"/>
+    <w:rsid w:val="00D8417B"/>
     <w:rsid w:val="00D91842"/>
+    <w:rsid w:val="00DA0C2B"/>
+    <w:rsid w:val="00DA6CCD"/>
     <w:rsid w:val="00DB370D"/>
     <w:rsid w:val="00DB65D9"/>
+    <w:rsid w:val="00DD352C"/>
     <w:rsid w:val="00DD770C"/>
     <w:rsid w:val="00DE2308"/>
+    <w:rsid w:val="00DE3AE2"/>
+    <w:rsid w:val="00DE6099"/>
     <w:rsid w:val="00DF59C6"/>
     <w:rsid w:val="00DF627C"/>
     <w:rsid w:val="00E30302"/>
+    <w:rsid w:val="00E31A69"/>
     <w:rsid w:val="00E41733"/>
+    <w:rsid w:val="00E43EF0"/>
+    <w:rsid w:val="00E47DBA"/>
+    <w:rsid w:val="00E51ED9"/>
     <w:rsid w:val="00E5315F"/>
+    <w:rsid w:val="00E532C6"/>
     <w:rsid w:val="00E54493"/>
     <w:rsid w:val="00E660A5"/>
     <w:rsid w:val="00E70673"/>
     <w:rsid w:val="00E74E3C"/>
+    <w:rsid w:val="00E8570B"/>
+    <w:rsid w:val="00E908B9"/>
     <w:rsid w:val="00E93C8E"/>
     <w:rsid w:val="00E93D13"/>
     <w:rsid w:val="00EA10F4"/>
+    <w:rsid w:val="00EA1419"/>
+    <w:rsid w:val="00EA17A4"/>
+    <w:rsid w:val="00EB031B"/>
     <w:rsid w:val="00EB11B1"/>
     <w:rsid w:val="00EB13AE"/>
     <w:rsid w:val="00EC1C65"/>
+    <w:rsid w:val="00EC2B4A"/>
     <w:rsid w:val="00EC524C"/>
+    <w:rsid w:val="00ED3B7F"/>
+    <w:rsid w:val="00ED405E"/>
     <w:rsid w:val="00EE1FA4"/>
     <w:rsid w:val="00EF7497"/>
+    <w:rsid w:val="00F03EF4"/>
+    <w:rsid w:val="00F05A4B"/>
+    <w:rsid w:val="00F05E45"/>
+    <w:rsid w:val="00F062A8"/>
     <w:rsid w:val="00F12BCB"/>
     <w:rsid w:val="00F145CC"/>
     <w:rsid w:val="00F154B2"/>
+    <w:rsid w:val="00F2469E"/>
+    <w:rsid w:val="00F255E6"/>
+    <w:rsid w:val="00F2583F"/>
     <w:rsid w:val="00F25B6D"/>
+    <w:rsid w:val="00F26B5F"/>
     <w:rsid w:val="00F43CA2"/>
+    <w:rsid w:val="00F506FB"/>
+    <w:rsid w:val="00F51EA7"/>
     <w:rsid w:val="00F54A22"/>
     <w:rsid w:val="00F667D0"/>
+    <w:rsid w:val="00F70C6C"/>
     <w:rsid w:val="00F726C9"/>
     <w:rsid w:val="00F73E94"/>
+    <w:rsid w:val="00F8520E"/>
     <w:rsid w:val="00FA512E"/>
+    <w:rsid w:val="00FA54F7"/>
+    <w:rsid w:val="00FA6F29"/>
     <w:rsid w:val="00FB043E"/>
     <w:rsid w:val="00FB0C18"/>
+    <w:rsid w:val="00FB1F01"/>
     <w:rsid w:val="00FB4120"/>
     <w:rsid w:val="00FB6BED"/>
     <w:rsid w:val="00FC5E22"/>
+    <w:rsid w:val="00FD0E18"/>
+    <w:rsid w:val="00FD2846"/>
+    <w:rsid w:val="00FD2C5D"/>
+    <w:rsid w:val="00FE0259"/>
+    <w:rsid w:val="00FE201B"/>
     <w:rsid w:val="00FE4C70"/>
+    <w:rsid w:val="00FE6F5D"/>
     <w:rsid w:val="00FE7EA4"/>
+    <w:rsid w:val="00FF2990"/>
+    <w:rsid w:val="00FF4425"/>
     <w:rsid w:val="00FF5E3F"/>
+    <w:rsid w:val="0ABBB408"/>
+    <w:rsid w:val="11A9B34A"/>
+    <w:rsid w:val="2F8E2D62"/>
+    <w:rsid w:val="4C719E60"/>
+    <w:rsid w:val="519EF4B2"/>
+    <w:rsid w:val="52D59C14"/>
+    <w:rsid w:val="75BE4EA6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="35DA0919"/>
   <w15:docId w15:val="{28A395B4-FDEE-4A54-9938-F167308DC16C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -33319,51 +38051,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00306F98"/>
+    <w:rsid w:val="000B7D09"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00306F98"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
@@ -33949,74 +38681,74 @@
     <w:semiHidden/>
     <w:rsid w:val="00266E59"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00266E59"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1906136948">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:depotdemandelab@cofrac.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:depotdemandelab@cofrac.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cofrac.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
@@ -34315,56 +39047,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1274b43f-59f8-46b7-93cb-c6ba17e592ea" xmlns:ns3="5964f08a-26b0-4436-baeb-54f8c4019969" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fd120f23dd83e7fa9de0f291acb5f791" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100757A736E08FB7A4996D9B99CEF1FB580" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="1a4cef8b1a386a1aa711a713094a599f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1274b43f-59f8-46b7-93cb-c6ba17e592ea" xmlns:ns3="5964f08a-26b0-4436-baeb-54f8c4019969" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ac4acaeaced734faa60296c8a0d8a542" ns2:_="" ns3:_="">
     <xsd:import namespace="1274b43f-59f8-46b7-93cb-c6ba17e592ea"/>
     <xsd:import namespace="5964f08a-26b0-4436-baeb-54f8c4019969"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -34559,147 +39287,136 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="5964f08a-26b0-4436-baeb-54f8c4019969">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="1274b43f-59f8-46b7-93cb-c6ba17e592ea" xsi:nil="true"/>
     <_Flow_SignoffStatus xmlns="5964f08a-26b0-4436-baeb-54f8c4019969" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0A9A0B7C-6EA7-4C12-8127-C923CDA89902}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{39733F0F-EB5E-41BC-94EB-A8EA1993CF52}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1274b43f-59f8-46b7-93cb-c6ba17e592ea"/>
     <ds:schemaRef ds:uri="5964f08a-26b0-4436-baeb-54f8c4019969"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AAA9A2C5-6F26-44ED-AFD4-EEC1B38FB5D5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{599A4A2B-E556-42DF-BC0B-6133D88675C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5964f08a-26b0-4436-baeb-54f8c4019969"/>
     <ds:schemaRef ds:uri="1274b43f-59f8-46b7-93cb-c6ba17e592ea"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{560FF47C-955A-400C-9C71-6870E235F1E6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>LAB  FORM 05</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>25262</Characters>
+  <Pages>22</Pages>
+  <Words>4947</Words>
+  <Characters>27209</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>210</Lines>
-  <Paragraphs>59</Paragraphs>
+  <Lines>226</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>cofrac</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>29795</CharactersWithSpaces>
+  <CharactersWithSpaces>32092</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Type de demande :</dc:title>
   <dc:creator>FBI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100757A736E08FB7A4996D9B99CEF1FB580</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>