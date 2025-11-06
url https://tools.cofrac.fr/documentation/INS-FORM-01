--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -63,54 +63,54 @@
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1494" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17A035D8" w14:textId="77777777" w:rsidR="00EE5BF5" w:rsidRPr="00997DCC" w:rsidRDefault="00EE5BF5" w:rsidP="007E2823">
             <w:pPr>
               <w:pStyle w:val="En-tte"/>
               <w:spacing w:before="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00997DCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:object w:dxaOrig="1155" w:dyaOrig="1695" w14:anchorId="40BB2794">
-                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:57.75pt;height:86.25pt" o:ole="">
+                <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:57.5pt;height:86.5pt" o:ole="">
                   <v:imagedata r:id="rId11" o:title=""/>
                 </v:shape>
-                <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1796212975" r:id="rId12"/>
+                <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1026" DrawAspect="Content" ObjectID="_1823419638" r:id="rId12"/>
               </w:object>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7632" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="783E60A7" w14:textId="77777777" w:rsidR="00EE5BF5" w:rsidRDefault="00EE5BF5" w:rsidP="007E2823">
             <w:pPr>
               <w:pStyle w:val="Titre"/>
             </w:pPr>
             <w:r>
               <w:t>Demande d’accréditation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1754" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C0EE7EC" w14:textId="77777777" w:rsidR="00EE5BF5" w:rsidRPr="00997DCC" w:rsidRDefault="00EE5BF5" w:rsidP="007E2823">
             <w:pPr>
@@ -838,1350 +838,1476 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DU FORMULAIRE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> DE DEMANDE D’ACCREDITATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54534B11" w14:textId="77777777" w:rsidR="0034598D" w:rsidRDefault="0034598D" w:rsidP="003B367E">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A73BEA5" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="001B2F38">
+    <w:p w14:paraId="470730C1" w14:textId="0D4AF4F1" w:rsidR="00D330C7" w:rsidRDefault="001B2F38">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F558A">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00AA3255" w:rsidRPr="005F558A">
         <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
       </w:r>
       <w:r w:rsidRPr="005F558A">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:hyperlink w:anchor="_Toc529464128" w:history="1">
-        <w:r w:rsidR="0074093A" w:rsidRPr="003672CA">
+      <w:hyperlink w:anchor="_Toc212215350" w:history="1">
+        <w:r w:rsidR="00D330C7" w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Partie 0 : informations pour renseigner et retourner la demande</w:t>
         </w:r>
-        <w:r w:rsidR="0074093A">
+        <w:r w:rsidR="00D330C7">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:tab/>
+        </w:r>
+        <w:r w:rsidR="00D330C7">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidR="00D330C7">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215350 \h </w:instrText>
+        </w:r>
+        <w:r w:rsidR="00D330C7">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+        </w:r>
+        <w:r w:rsidR="00D330C7">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00D330C7">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:t>2</w:t>
+        </w:r>
+        <w:r w:rsidR="00D330C7">
+          <w:rPr>
+            <w:webHidden/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="79E63281" w14:textId="0F37636A" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
+      <w:pPr>
+        <w:pStyle w:val="TM1"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215351" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>Partie 1 : informations relatives au demandeur</w:t>
+        </w:r>
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidR="0074093A">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464128 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215351 \h </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0074093A">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="65656FE5" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
-[...58 lines deleted...]
-    <w:p w14:paraId="7F82879E" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="0F2C6944" w14:textId="65A85854" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215352" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.1. L’entité juridique responsable des activités objets de la demande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464130 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215352 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4D99BA06" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="35CF067B" w14:textId="0144A160" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215353" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.2. L’organisme réalisant les activités objets de la demande</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464131 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215353 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>4</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="1D825B50" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="62388009" w14:textId="40202A73" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215354" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.3. Représentant de l’organisme désigné pour les contacts ultérieurs avec le Cofrac</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464132 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215354 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>4</w:t>
+          <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2CF5CB74" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="2C94D3EE" w14:textId="59482785" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215355" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1.4. Informations pour la facturation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464133 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215355 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>5</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6C8AEE3D" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="64931232" w14:textId="4C08CC99" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215356" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Partie 2 : portée d’accréditation demandée</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464134 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215356 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="28E296D8" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="792E05F7" w14:textId="2D32EC02" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215357" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>2.1 Compétences revendiquées et implantations associées</w:t>
+          <w:t>2.1 Compétences revendiquées et sites associées</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464135 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215357 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="17C1998A" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="75A7D3F5" w14:textId="0C5FDF5E" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215358" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
-          <w:t>2.2 Type d’indépendance revendiqué au regard de la norme NF EN ISO/CEI 17020</w:t>
+          <w:t>2.2 Type d’indépendance revendiqué au regard de la norme NF EN ISO/IEC 17020</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464136 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215358 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>6</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="792BF807" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="427B4854" w14:textId="4EB2DB62" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215359" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>2.3 Informations relatives aux activités présentées à l’accréditation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464137 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215359 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="26D72DE3" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="0E928EC4" w14:textId="43B44E31" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215360" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Partie 3 : fonctionnement de l’organisme</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464138 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215360 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="2808355C" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="277BBD49" w14:textId="67DFFC25" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215361" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.1 Organisation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464139 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215361 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>8</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5DF3C05E" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="51196951" w14:textId="20B4EEE4" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215362" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.2 Personnel impliqué dans les activités</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464140 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215362 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>9</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="6B27CDF5" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="56EA336C" w14:textId="48CE8CD8" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215363" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.3 Prise en compte des exigences d’accréditation par l’organisme</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464141 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215363 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>9</w:t>
+          <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="71151AD9" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="71C39EC2" w14:textId="4F494ABF" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215364" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.4 Accès à l’information</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464142 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215364 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="51B3F7EF" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="78AE6139" w14:textId="339FCDDD" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM2"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:noProof/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215365" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:noProof/>
           </w:rPr>
           <w:t>3.5 Autres accréditations éventuelles</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464143 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215365 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>11</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:noProof/>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="003B6478" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="54D4C583" w14:textId="420CB9D1" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215366" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Partie 4 : engagement du demandeur</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464144 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215366 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>11</w:t>
+          <w:t>12</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="0189FE81" w14:textId="77777777" w:rsidR="0074093A" w:rsidRDefault="0074093A">
+    <w:p w14:paraId="01AA0B89" w14:textId="4F77D8E4" w:rsidR="00D330C7" w:rsidRDefault="00D330C7">
       <w:pPr>
         <w:pStyle w:val="TM1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:b w:val="0"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="003672CA">
+          <w14:ligatures w14:val="standardContextual"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink w:anchor="_Toc212215367" w:history="1">
+        <w:r w:rsidRPr="00D54B2B">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>Partie 5 : liste des pièces à joindre à la demande d’accréditation</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:tab/>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:instrText xml:space="preserve"> PAGEREF _Toc529464145 \h </w:instrText>
+          <w:instrText xml:space="preserve"> PAGEREF _Toc212215367 \h </w:instrText>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
-          <w:t>12</w:t>
+          <w:t>13</w:t>
         </w:r>
-        <w:r w:rsidR="001B2F38">
+        <w:r>
           <w:rPr>
             <w:webHidden/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="25F5431A" w14:textId="77777777" w:rsidR="00EB1E7A" w:rsidRDefault="001B2F38" w:rsidP="00001229">
+    <w:p w14:paraId="25F5431A" w14:textId="73892B2F" w:rsidR="00EB1E7A" w:rsidRDefault="001B2F38" w:rsidP="00001229">
       <w:pPr>
         <w:spacing w:before="120"/>
       </w:pPr>
       <w:r w:rsidRPr="005F558A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00281E93">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D1C130D" w14:textId="77777777" w:rsidR="0043282F" w:rsidRDefault="0043282F" w:rsidP="00EB1E7A">
       <w:pPr>
         <w:ind w:right="-142"/>
         <w:sectPr w:rsidR="0043282F" w:rsidSect="003C3366">
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1133" w:bottom="1417" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4913A746" w14:textId="77777777" w:rsidR="00EB1E7A" w:rsidRDefault="0034598D" w:rsidP="00A7147F">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_Toc529464128"/>
+      <w:bookmarkStart w:id="0" w:name="_Toc212215350"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Partie </w:t>
       </w:r>
       <w:r w:rsidR="00A049D8">
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
       <w:r w:rsidR="00F85CB4">
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidR="00B53F67">
         <w:t>nformations</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pour renseigner et retourner la </w:t>
       </w:r>
       <w:r w:rsidR="00D92CFD">
         <w:t>demande</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="12050232" w14:textId="77777777" w:rsidR="0034598D" w:rsidRDefault="0034598D" w:rsidP="003C3366">
       <w:pPr>
         <w:ind w:right="-142"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="653202DE" w14:textId="77777777" w:rsidR="007E2823" w:rsidRDefault="0034598D" w:rsidP="007E2823">
+    <w:p w14:paraId="653202DE" w14:textId="4DDDC1C4" w:rsidR="007E2823" w:rsidRDefault="0034598D" w:rsidP="007E2823">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="567" w:right="-142" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Ref527539105"/>
       <w:r w:rsidRPr="005D1145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Vérifiez sur le site internet www.cofrac.fr que vous utilisez la version en vigueur du formulaire de </w:t>
+        <w:t xml:space="preserve">Vérifiez sur le site internet </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidR="004A21C4" w:rsidRPr="00DE5C6F">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>www.cofrac.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="004A21C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1145">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">que vous utilisez la version en vigueur du formulaire de </w:t>
       </w:r>
       <w:r w:rsidR="00D92CFD" w:rsidRPr="005D1145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>demande d’accréditation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="4AA4DC29" w14:textId="77777777" w:rsidR="007E2823" w:rsidRDefault="007E2823" w:rsidP="007E2823">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="567" w:right="-142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="534A5EB3" w14:textId="3C005E65" w:rsidR="00EA0445" w:rsidRPr="00EA0445" w:rsidRDefault="00EA0445" w:rsidP="00EA0445">
+    <w:p w14:paraId="534A5EB3" w14:textId="124B7B63" w:rsidR="00EA0445" w:rsidRPr="00EA0445" w:rsidRDefault="00EA0445" w:rsidP="00EA0445">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="567" w:right="-142" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA0598">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Avant d’adresser la demande au Cofrac, assurez-vous d’avoir pris connaissance des règles et exigences pour l’accréditation sur le site internet, et de disposer de l’ensemble des informations et justificatifs requis par le présent dossier de demande. En effet, les demandes d’accréditation ne peuvent être traitées que si elles sont complètes. </w:t>
+        <w:t>Avant d’adresser la demande au Cofrac, assurez-vous d’avoir pris connaissance des règles et exigences pour l’accréditation</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA7A10">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00263FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(cf règlement d’accréditation sur </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00263FB5" w:rsidRPr="00DE5C6F">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          </w:rPr>
+          <w:t>www.cofrac.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00263FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA0598">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, et de disposer de l’ensemble des informations et justificatifs requis par le présent dossier de demande. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="671FE17A" w14:textId="77777777" w:rsidR="00EA0445" w:rsidRPr="005C3178" w:rsidRDefault="00EA0445" w:rsidP="005C3178">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="319EDEBF" w14:textId="49BC2E55" w:rsidR="0034598D" w:rsidRPr="005D1145" w:rsidRDefault="0034598D" w:rsidP="003C3366">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="567" w:right="-142" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005D1145">
         <w:rPr>
@@ -2362,51 +2488,51 @@
       <w:r w:rsidR="007F63AE" w:rsidRPr="00CC7246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">75012 Paris, </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09BB8F87" w14:textId="77777777" w:rsidR="0034598D" w:rsidRPr="00CC7246" w:rsidRDefault="007F63AE" w:rsidP="003C3366">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="567" w:right="-142"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC7246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B7DD800" w14:textId="4A7FC2F9" w:rsidR="007F63AE" w:rsidRPr="005D1145" w:rsidRDefault="007F63AE" w:rsidP="00CC7246">
+    <w:p w14:paraId="7B7DD800" w14:textId="684C6D30" w:rsidR="007F63AE" w:rsidRPr="005D1145" w:rsidRDefault="007F63AE" w:rsidP="00CC7246">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="1134" w:right="-142" w:hanging="567"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC7246">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>au  format digital (dossier au form</w:t>
       </w:r>
       <w:r w:rsidRPr="005D1145">
         <w:rPr>
@@ -2414,51 +2540,63 @@
         </w:rPr>
         <w:t>at zip</w:t>
       </w:r>
       <w:r w:rsidR="00C0530C" w:rsidRPr="005D1145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> de taille inférieure à </w:t>
       </w:r>
       <w:r w:rsidR="00D4348D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00C0530C" w:rsidRPr="005D1145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mo</w:t>
       </w:r>
       <w:r w:rsidRPr="005D1145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>) joint à courrier électronique à l’adresse</w:t>
+        <w:t xml:space="preserve">) joint </w:t>
+      </w:r>
+      <w:r w:rsidR="00A868EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>au</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005D1145">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> courrier électronique à l’adresse</w:t>
       </w:r>
       <w:r w:rsidR="00C0530C" w:rsidRPr="005D1145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005334EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Section.Inspection@cofrac.fr </w:t>
       </w:r>
       <w:r w:rsidR="00E50C4E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ou à l’adresse du </w:t>
       </w:r>
       <w:r w:rsidR="00960328">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">gestionnaire </w:t>
       </w:r>
@@ -2584,65 +2722,65 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">e résultat de l’examen de </w:t>
       </w:r>
       <w:r w:rsidR="00C0530C" w:rsidRPr="005D1145">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>la demande.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="487A8838" w14:textId="77777777" w:rsidR="00B53F67" w:rsidRPr="005D1145" w:rsidRDefault="00B53F67" w:rsidP="00B53F67">
       <w:pPr>
         <w:ind w:right="-142"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1FC8A1FD" w14:textId="77777777" w:rsidR="00D92CFD" w:rsidRDefault="00D92CFD" w:rsidP="00267032">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:right="-142"/>
         <w:sectPr w:rsidR="00D92CFD" w:rsidSect="0043282F">
-          <w:headerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1107" w:right="1133" w:bottom="1417" w:left="851" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6EFB31FC" w14:textId="77777777" w:rsidR="00267032" w:rsidRDefault="00D92CFD" w:rsidP="00C801AE">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:spacing w:before="120"/>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="_Toc529464129"/>
+      <w:bookmarkStart w:id="2" w:name="_Toc212215351"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Partie 1 : informations relatives au demandeur</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="35B990E6" w14:textId="77777777" w:rsidR="00D92CFD" w:rsidRDefault="00D92CFD" w:rsidP="003C3366">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2AF8A73D" w14:textId="77777777" w:rsidR="00EF65EF" w:rsidRPr="001E20C1" w:rsidRDefault="00EF65EF" w:rsidP="00EF65EF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001E20C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2673,51 +2811,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3DF21F1F" wp14:editId="0CA0CC98">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-368300</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>69850</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="323215" cy="314325"/>
             <wp:effectExtent l="19050" t="0" r="635" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="19" name="Image 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:blip r:embed="rId18" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="323215" cy="314325"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -2852,51 +2990,51 @@
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0000812E" w14:textId="77777777" w:rsidR="006761C4" w:rsidRDefault="006761C4" w:rsidP="003C3366">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2E686813" w14:textId="77777777" w:rsidR="00CC7246" w:rsidRPr="00235EB3" w:rsidRDefault="00CC7246" w:rsidP="00235EB3">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_1.1._L’entité_juridique"/>
-      <w:bookmarkStart w:id="4" w:name="_Toc529464130"/>
+      <w:bookmarkStart w:id="4" w:name="_Toc212215352"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1. L’entité juridique responsable des activités </w:t>
       </w:r>
       <w:r w:rsidR="001A5414">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>objets de</w:t>
       </w:r>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -3495,62 +3633,50 @@
             </w:pPr>
             <w:r w:rsidRPr="00CB22BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>E-mail (adresse nominative) :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7294" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26B55638" w14:textId="77777777" w:rsidR="00CB22BD" w:rsidRPr="00CB22BD" w:rsidRDefault="00CB22BD" w:rsidP="00CB22BD">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:right="-108"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6499DDD7" w14:textId="77777777" w:rsidR="00CC7246" w:rsidRPr="00B52D76" w:rsidRDefault="00CC7246" w:rsidP="00CC4A3C">
-[...10 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7DE05BFD" w14:textId="77777777" w:rsidR="008967E6" w:rsidRDefault="005334EA" w:rsidP="005334EA">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:sym w:font="Wingdings" w:char="F046"/>
       </w:r>
       <w:r>
@@ -3632,51 +3758,51 @@
         </w:rPr>
         <w:footnoteReference w:id="8"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="233605C7" w14:textId="77777777" w:rsidR="005464A4" w:rsidRDefault="005464A4" w:rsidP="00CC4A3C">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6A886959" w14:textId="77777777" w:rsidR="00CC4A3C" w:rsidRPr="00EF21E5" w:rsidRDefault="00CC4A3C" w:rsidP="00235EB3">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_1.2._L’organisme_réalisant"/>
-      <w:bookmarkStart w:id="6" w:name="_Toc529464131"/>
+      <w:bookmarkStart w:id="6" w:name="_Toc212215353"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r w:rsidR="006B360E" w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4467,51 +4593,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C025A90" w14:textId="77777777" w:rsidR="00FD695A" w:rsidRDefault="00FD695A" w:rsidP="003C3366">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B54B786" w14:textId="77777777" w:rsidR="005B17C1" w:rsidRPr="00235EB3" w:rsidRDefault="005B17C1" w:rsidP="00235EB3">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="_Toc529464132"/>
+      <w:bookmarkStart w:id="7" w:name="_Toc212215354"/>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1.3. </w:t>
       </w:r>
       <w:r w:rsidRPr="004D1A1B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Représentant de l’organisme désigné</w:t>
       </w:r>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -4823,51 +4949,51 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3CB2EBE2" w14:textId="77777777" w:rsidR="005B59D5" w:rsidRPr="007D058E" w:rsidRDefault="005B59D5" w:rsidP="003C3366">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="0" w:firstLine="696"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="37100808" w14:textId="77777777" w:rsidR="006D27E5" w:rsidRPr="00235EB3" w:rsidRDefault="0076751D" w:rsidP="00235EB3">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc529464133"/>
+      <w:bookmarkStart w:id="9" w:name="_Toc212215355"/>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1.4. </w:t>
       </w:r>
       <w:r w:rsidR="006D27E5" w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Informations pour la facturation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:p w14:paraId="7D10E6F4" w14:textId="77777777" w:rsidR="00F464BC" w:rsidRPr="007D058E" w:rsidRDefault="00F464BC" w:rsidP="0009233A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="0"/>
         <w:rPr>
@@ -5566,74 +5692,175 @@
           <w:p w14:paraId="17067036" w14:textId="77777777" w:rsidR="00F464BC" w:rsidRPr="00AA3255" w:rsidRDefault="00F464BC" w:rsidP="00AA3255">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="0"/>
               <w:contextualSpacing w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="70BCA881" w14:textId="77777777" w:rsidR="006D27E5" w:rsidRDefault="006D27E5" w:rsidP="003C3366">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="0" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4253"/>
+        <w:gridCol w:w="5098"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004C2908" w:rsidRPr="00AA3255" w14:paraId="79D503E9" w14:textId="77777777" w:rsidTr="00F52A19">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31321C5F" w14:textId="41B0FCE3" w:rsidR="004C2908" w:rsidRPr="00AA3255" w:rsidRDefault="00F52A19" w:rsidP="004C2908">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="8"/>
+              </w:numPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F52A19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">° de TVA </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F52A19">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ntracommunautaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5098" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A773264" w14:textId="77777777" w:rsidR="004C2908" w:rsidRPr="00AA3255" w:rsidRDefault="004C2908" w:rsidP="007329D1">
+            <w:pPr>
+              <w:pStyle w:val="Paragraphedeliste"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:ind w:left="0"/>
+              <w:contextualSpacing w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="24963313" w14:textId="77777777" w:rsidR="004C2908" w:rsidRDefault="004C2908" w:rsidP="003C3366">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblBorders>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3559"/>
         <w:gridCol w:w="6013"/>
         <w:gridCol w:w="34"/>
       </w:tblGrid>
       <w:tr w:rsidR="00316C60" w:rsidRPr="00AA3255" w14:paraId="6307CFCA" w14:textId="77777777" w:rsidTr="00316C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9606" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10994564" w14:textId="77777777" w:rsidR="00316C60" w:rsidRPr="00AA3255" w:rsidRDefault="00316C60" w:rsidP="007E2823">
+          <w:p w14:paraId="10994564" w14:textId="451CDE49" w:rsidR="00316C60" w:rsidRPr="00AA3255" w:rsidRDefault="00316C60" w:rsidP="007E2823">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:ind w:left="284" w:hanging="284"/>
               <w:contextualSpacing w:val="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Si le demandeur est une collectivité locale, une entreprise publique ou un service de l’Etat, indiquer :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A813DE" w:rsidRPr="00AA3255" w14:paraId="795D982C" w14:textId="77777777" w:rsidTr="00494597">
         <w:tblPrEx>
@@ -5715,51 +5942,51 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="16A3DAAE" w14:textId="77777777" w:rsidR="007D058E" w:rsidRPr="007D058E" w:rsidRDefault="009F0230" w:rsidP="000E749E">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="27090115" w14:textId="77777777" w:rsidR="00D92CFD" w:rsidRDefault="00A049D8" w:rsidP="000E749E">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:spacing w:before="0"/>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc529464134"/>
+      <w:bookmarkStart w:id="10" w:name="_Toc212215356"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Partie 2 : portée d’accréditation demandée</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:p w14:paraId="1F7B3B21" w14:textId="77777777" w:rsidR="0064559A" w:rsidRDefault="0064559A"/>
     <w:p w14:paraId="559812D1" w14:textId="77777777" w:rsidR="0064559A" w:rsidRPr="001C77AD" w:rsidRDefault="00121763">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001C77AD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Cette partie vise à :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4616ADBF" w14:textId="77777777" w:rsidR="00121763" w:rsidRPr="00121763" w:rsidRDefault="00CA4088" w:rsidP="002C53FF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -5781,51 +6008,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0FD59F04" wp14:editId="11420DFC">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-442595</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>297815</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="323215" cy="314325"/>
             <wp:effectExtent l="19050" t="0" r="635" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="2" name="Image 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:blip r:embed="rId18" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="323215" cy="314325"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -5949,98 +6176,107 @@
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00121763">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> utiles pour organiser l’évaluation du demandeur.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="124662E3" w14:textId="77777777" w:rsidR="00B22E66" w:rsidRDefault="00C416CE">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="357"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="314C4B0C" w14:textId="77777777" w:rsidR="009A5EA5" w:rsidRDefault="005C76BF" w:rsidP="00235EB3">
+    <w:p w14:paraId="314C4B0C" w14:textId="485C885B" w:rsidR="009A5EA5" w:rsidRDefault="005C76BF" w:rsidP="00235EB3">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_2.1_Compétences_revendiquées"/>
-      <w:bookmarkStart w:id="12" w:name="_Toc529464135"/>
+      <w:bookmarkStart w:id="12" w:name="_Toc212215357"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1 </w:t>
       </w:r>
       <w:r w:rsidR="008C6B01" w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Compétences revendiquées</w:t>
       </w:r>
       <w:r w:rsidR="00BF5F29">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
-      <w:r w:rsidR="005367C1">
+      <w:r w:rsidR="007C23DE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">implantations </w:t>
+        <w:t>sites</w:t>
+      </w:r>
+      <w:r w:rsidR="005367C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B75D0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>associées</w:t>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidR="00B75D0F">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E7E81F" w14:textId="77777777" w:rsidR="002C53FF" w:rsidRPr="002C53FF" w:rsidRDefault="002C53FF" w:rsidP="002C53FF"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
@@ -6138,69 +6374,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> du document INS INF 06</w:t>
             </w:r>
             <w:r w:rsidRPr="00BA64D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>*)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5891" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="016DC582" w14:textId="77777777" w:rsidR="005B484C" w:rsidRPr="000F50F2" w:rsidRDefault="00FB08EF" w:rsidP="002845EF">
+          <w:p w14:paraId="016DC582" w14:textId="3CFA0B8D" w:rsidR="005B484C" w:rsidRPr="000F50F2" w:rsidRDefault="00815FD7" w:rsidP="002845EF">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Implantations </w:t>
+              <w:t>Site proposant</w:t>
             </w:r>
             <w:r w:rsidR="00692506">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">proposant ou </w:t>
+              <w:t xml:space="preserve"> ou </w:t>
             </w:r>
             <w:r w:rsidR="005B484C" w:rsidRPr="000F50F2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>réalisant ces activités</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005B484C" w:rsidRPr="000F50F2" w14:paraId="5D913C8C" w14:textId="77777777" w:rsidTr="00D1375F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w14:paraId="619ACA92" w14:textId="77777777" w:rsidR="005B484C" w:rsidRPr="000F50F2" w:rsidRDefault="005B484C" w:rsidP="00775D7C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -6589,203 +6825,204 @@
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1667" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="665E7216" w14:textId="77777777" w:rsidR="005B484C" w:rsidRPr="000F50F2" w:rsidRDefault="005B484C" w:rsidP="00775D7C">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="03854EBF" w14:textId="03F45A12" w:rsidR="00BA64D4" w:rsidRPr="00BA64D4" w:rsidRDefault="00BA64D4" w:rsidP="00320309">
+    <w:p w14:paraId="03854EBF" w14:textId="79CADC7E" w:rsidR="00BA64D4" w:rsidRPr="00BA64D4" w:rsidRDefault="00BA64D4" w:rsidP="00320309">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">* Vous </w:t>
       </w:r>
       <w:r w:rsidR="009A2AD4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>dev</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ez vous référer au document INS INF 06 définissant la portée d’accréditation</w:t>
       </w:r>
       <w:r w:rsidR="00436969">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, document </w:t>
       </w:r>
       <w:r w:rsidR="00436969" w:rsidRPr="00436969">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>disponible sur le site www.cofrac.fr</w:t>
+        <w:t xml:space="preserve">disponible sur le site </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidR="008B3EE3" w:rsidRPr="00DE5C6F">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>www.cofrac.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="008B3EE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C2A9EE6" w14:textId="77777777" w:rsidR="00320309" w:rsidRDefault="00320309" w:rsidP="00320309">
+    <w:p w14:paraId="2C2A9EE6" w14:textId="2D15287A" w:rsidR="00320309" w:rsidRDefault="00320309" w:rsidP="00320309">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="0"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F046"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> Si une </w:t>
       </w:r>
       <w:r w:rsidRPr="00320309">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t xml:space="preserve">autorisation administrative ou du prescripteur </w:t>
+        <w:t>autorisation administrative est une condition pour postuler à l’accréditation ou exercer les activités présentées à l’accréditation, joindre une copie de cette autorisation</w:t>
+      </w:r>
+      <w:r w:rsidR="00C619BA" w:rsidRPr="00C619BA">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:footnoteReference w:id="14"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>d’accréditation</w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7A1EA927" w14:textId="77777777" w:rsidR="005B484C" w:rsidRDefault="005B484C" w:rsidP="00775D7C">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="25606E86" w14:textId="1B6EDD73" w:rsidR="00186CDE" w:rsidRDefault="002C53FF" w:rsidP="00C92007">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="13" w:name="_2.2_Type_d’indépendance"/>
-      <w:bookmarkStart w:id="14" w:name="_Toc529464136"/>
+      <w:bookmarkStart w:id="14" w:name="_Toc212215358"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidRPr="00C92007">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.2 Type d’indépendance revendiqué au regard de la norme NF EN ISO/</w:t>
       </w:r>
       <w:r w:rsidR="007B3DEB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IEC</w:t>
       </w:r>
       <w:r w:rsidRPr="00C92007">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -7402,51 +7639,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> demandeur actualisera les réponses si elles diffèrent de celles données lors de la demande précédente.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D84B241" w14:textId="77777777" w:rsidR="007636A1" w:rsidRPr="00171338" w:rsidRDefault="007636A1" w:rsidP="00316C60">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="36B722F5" w14:textId="77777777" w:rsidR="009A5EA5" w:rsidRPr="00235EB3" w:rsidRDefault="00841885" w:rsidP="00235EB3">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc529464137"/>
+      <w:bookmarkStart w:id="15" w:name="_Toc212215359"/>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="002C53FF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00A70202" w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -8520,51 +8757,51 @@
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="484B3A5A" w14:textId="77777777" w:rsidR="00841885" w:rsidRDefault="00841885" w:rsidP="00A049D8">
       <w:pPr>
         <w:sectPr w:rsidR="00841885" w:rsidSect="00EE0660">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1247" w:right="1133" w:bottom="1135" w:left="1417" w:header="708" w:footer="450" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="090A5D39" w14:textId="77777777" w:rsidR="009A5EA5" w:rsidRPr="00A435DC" w:rsidRDefault="009A5EA5" w:rsidP="0022192A">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="_Toc529464138"/>
+      <w:bookmarkStart w:id="16" w:name="_Toc212215360"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Partie 3</w:t>
       </w:r>
       <w:r w:rsidR="00933469">
         <w:t xml:space="preserve"> : fonctionnement </w:t>
       </w:r>
       <w:r w:rsidR="00933469" w:rsidRPr="00A435DC">
         <w:t>de l’organisme</w:t>
       </w:r>
       <w:bookmarkEnd w:id="16"/>
     </w:p>
     <w:p w14:paraId="6DA714F8" w14:textId="77777777" w:rsidR="00933469" w:rsidRPr="00A435DC" w:rsidRDefault="00933469" w:rsidP="009A5EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DDC4FF3" w14:textId="77777777" w:rsidR="00163776" w:rsidRPr="00A435DC" w:rsidRDefault="00933469" w:rsidP="003911AF">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -8599,51 +8836,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E1F327F" wp14:editId="7DE10395">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-442595</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>46990</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="323215" cy="314325"/>
             <wp:effectExtent l="19050" t="0" r="635" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="3" name="Image 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:blip r:embed="rId18" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="323215" cy="314325"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -8743,51 +8980,51 @@
               </w:rPr>
               <w:t>demande d’extension</w:t>
             </w:r>
             <w:r w:rsidRPr="00C65E70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>, le demandeur actualisera les réponses si elles diffèrent de celles données lors de la demande précédente.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4A9296DD" w14:textId="77777777" w:rsidR="00046911" w:rsidRPr="00235EB3" w:rsidRDefault="00163776" w:rsidP="00A435DC">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="17" w:name="_3.1_Organisation"/>
-      <w:bookmarkStart w:id="18" w:name="_Toc529464139"/>
+      <w:bookmarkStart w:id="18" w:name="_Toc212215361"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1 Organisation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
@@ -8818,99 +9055,99 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B75C96">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.1.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7093" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB7EC4B" w14:textId="77777777" w:rsidR="002E3095" w:rsidRDefault="004259BB" w:rsidP="0022192A">
+          <w:p w14:paraId="7EB7EC4B" w14:textId="68DFDBEC" w:rsidR="002E3095" w:rsidRDefault="004259BB" w:rsidP="0022192A">
             <w:pPr>
               <w:spacing w:before="120" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A435DC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>L’organisme dispose</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">-t-il d’un </w:t>
             </w:r>
             <w:r w:rsidR="005634AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>système de management</w:t>
             </w:r>
             <w:r w:rsidR="007B73A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">commun à l’ensemble des activités et </w:t>
             </w:r>
-            <w:r w:rsidR="005367C1">
-[...3 lines deleted...]
-              <w:t>implantation</w:t>
+            <w:r w:rsidR="007C23DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>sites</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>s présenté</w:t>
+              <w:t xml:space="preserve"> présenté</w:t>
             </w:r>
             <w:r w:rsidR="005367C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>s à l’accréditation ?</w:t>
             </w:r>
             <w:r w:rsidR="002E3095">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002E3095" w:rsidRPr="007B4DD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -9209,87 +9446,87 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B75C96">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.1.2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15BF6AB0" w14:textId="77777777" w:rsidR="005077C2" w:rsidRDefault="00E83C07" w:rsidP="00E83C07">
+          <w:p w14:paraId="15BF6AB0" w14:textId="5B527F82" w:rsidR="005077C2" w:rsidRDefault="00E83C07" w:rsidP="00E83C07">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Certaines opérations en lien avec les </w:t>
             </w:r>
             <w:r w:rsidR="002E5961">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>activité</w:t>
             </w:r>
             <w:r w:rsidR="003B3061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> présentées à l’accréditation sont-elles réalisées dans d’autres </w:t>
             </w:r>
-            <w:r w:rsidR="005367C1">
-[...3 lines deleted...]
-              <w:t>implantations</w:t>
+            <w:r w:rsidR="007C23DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>sites</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> que ce</w:t>
             </w:r>
             <w:r w:rsidR="005367C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>lles</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0015411C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>listé</w:t>
             </w:r>
@@ -10254,51 +10491,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w14:paraId="620F2655" w14:textId="77777777" w:rsidTr="00A22AF4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="53DBEFA7" w14:textId="44CA072D" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22AF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Planification des inspections</w:t>
             </w:r>
             <w:r w:rsidR="007B3DEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00AF085D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007B3DEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">des </w:t>
             </w:r>
             <w:r w:rsidR="00AF085D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>validation</w:t>
@@ -10306,51 +10542,50 @@
             <w:r w:rsidR="007B3DEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>s/vérifications</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3785BE5F" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E52126" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11357218" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -10366,90 +10601,90 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w14:paraId="49BC5B74" w14:textId="77777777" w:rsidTr="00A22AF4">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7A3E81C9" w14:textId="30A51135" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A22AF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Emission des rapports d’inspection</w:t>
             </w:r>
             <w:r w:rsidR="007B3DEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">, des avis </w:t>
             </w:r>
             <w:r w:rsidR="00D25984">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>de validation</w:t>
             </w:r>
             <w:r w:rsidR="007B3DEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>/vérification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B060656" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="412DF712" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B6C419C" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -10499,51 +10734,50 @@
             <w:r w:rsidRPr="00A22AF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AB1D47A" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23312603" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F8C04D4" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -10581,51 +10815,50 @@
             <w:r w:rsidRPr="00A22AF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Autres à préciser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51F3DF26" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13C491F2" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="771F9BEB" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -10663,222 +10896,268 @@
             <w:r w:rsidRPr="00A22AF4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Autres à préciser</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1412" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C151988" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10815D5C" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1464" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DE75BED" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2204" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FBE7434" w14:textId="77777777" w:rsidR="00D710D6" w:rsidRPr="00A22AF4" w:rsidRDefault="00D710D6" w:rsidP="0073781C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="23BB3FF5" w14:textId="77777777" w:rsidR="0015411C" w:rsidRDefault="0015411C" w:rsidP="009A5EA5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9527" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="675"/>
-        <w:gridCol w:w="6794"/>
+        <w:gridCol w:w="7122"/>
         <w:gridCol w:w="907"/>
         <w:gridCol w:w="823"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F11AB9" w:rsidRPr="007B4DD3" w14:paraId="5B5AD9C0" w14:textId="77777777" w:rsidTr="00F11AB9">
+      <w:tr w:rsidR="00F11AB9" w:rsidRPr="007B4DD3" w14:paraId="5B5AD9C0" w14:textId="77777777" w:rsidTr="006E7589">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6191696D" w14:textId="77777777" w:rsidR="00F11AB9" w:rsidRPr="00B75C96" w:rsidRDefault="00F11AB9" w:rsidP="00C416CE">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B75C96">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6794" w:type="dxa"/>
+            <w:tcW w:w="7122" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2286691E" w14:textId="63A14033" w:rsidR="00F11AB9" w:rsidRPr="007B4DD3" w:rsidRDefault="00F11AB9" w:rsidP="002E5961">
+          <w:p w14:paraId="2286691E" w14:textId="4F64CF60" w:rsidR="00F11AB9" w:rsidRPr="007B4DD3" w:rsidRDefault="00F11AB9" w:rsidP="006E7589">
             <w:pPr>
               <w:ind w:right="-142"/>
-              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Pour les</w:t>
             </w:r>
             <w:r w:rsidR="003B3061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002E5961">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>activités</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> présentées à l’accréditation, le demandeur </w:t>
             </w:r>
+            <w:r w:rsidR="00B201A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>a</w:t>
+            </w:r>
             <w:r w:rsidR="008500F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>réalise-t</w:t>
+              <w:t>-t</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>-il des opérations de métrologie des équipements </w:t>
+              <w:t xml:space="preserve">-il </w:t>
+            </w:r>
+            <w:r w:rsidR="00B201A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>besoin</w:t>
+            </w:r>
+            <w:r w:rsidR="006F4A05">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de réaliser</w:t>
+            </w:r>
+            <w:r w:rsidR="00B201A7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">des opérations de métrologie </w:t>
+            </w:r>
+            <w:r w:rsidR="005F721F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sur </w:t>
+            </w:r>
+            <w:r w:rsidR="005E7082">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">des instruments de mesure </w:t>
             </w:r>
             <w:r w:rsidR="002845EF" w:rsidRPr="002845EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>(ex : étalonnage, vérification initiale ou en service)</w:t>
+            </w:r>
+            <w:r w:rsidR="00687E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="907" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="197B7AAB" w14:textId="77777777" w:rsidR="00F11AB9" w:rsidRPr="007B4DD3" w:rsidRDefault="001B2F38" w:rsidP="00DA25ED">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10975,1206 +11254,1326 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="007B4DD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="007B4DD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00F11AB9" w:rsidRPr="007B4DD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F11AB9" w:rsidRPr="007B4DD3" w14:paraId="001B71D1" w14:textId="77777777" w:rsidTr="00F11AB9">
+      <w:tr w:rsidR="00F11AB9" w:rsidRPr="007B4DD3" w14:paraId="001B71D1" w14:textId="77777777" w:rsidTr="006E7589">
         <w:trPr>
           <w:trHeight w:val="576"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="47607FFA" w14:textId="77777777" w:rsidR="00F11AB9" w:rsidRPr="00B75C96" w:rsidRDefault="00F11AB9" w:rsidP="00BA5220">
             <w:pPr>
               <w:spacing w:after="60"/>
               <w:ind w:right="-142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8524" w:type="dxa"/>
+            <w:tcW w:w="8849" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C1A82DE" w14:textId="77777777" w:rsidR="00F11AB9" w:rsidRPr="007B4DD3" w:rsidRDefault="00F11AB9" w:rsidP="002E5961">
+          <w:p w14:paraId="5C1A82DE" w14:textId="5A38C830" w:rsidR="00F11AB9" w:rsidRPr="007B4DD3" w:rsidRDefault="00F11AB9" w:rsidP="002E5961">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Si oui, préciser</w:t>
             </w:r>
             <w:r w:rsidR="0022192A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> pour chaque </w:t>
             </w:r>
             <w:r w:rsidR="002E5961">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>activité</w:t>
             </w:r>
             <w:r w:rsidR="003B3061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> concernée</w:t>
             </w:r>
             <w:r w:rsidR="0022192A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> les types d’équipement</w:t>
+              <w:t xml:space="preserve"> les types </w:t>
+            </w:r>
+            <w:r w:rsidR="00355815">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>d’instruments</w:t>
+            </w:r>
+            <w:r w:rsidR="00E8046F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:r w:rsidR="00687E93">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>mesures concernés</w:t>
+            </w:r>
+            <w:r w:rsidR="00A22AF4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">et si l’étalonnage est réalisé en interne </w:t>
+            </w:r>
+            <w:r w:rsidR="004D4C27">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">par le demandeur </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ou </w:t>
+            </w:r>
+            <w:r w:rsidR="001B702A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">en </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>extern</w:t>
+            </w:r>
+            <w:r w:rsidR="001B702A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="0022192A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA25ED" w:rsidRPr="007B4DD3" w14:paraId="59A090F6" w14:textId="77777777" w:rsidTr="00F11AB9">
+      <w:tr w:rsidR="00DA25ED" w:rsidRPr="007B4DD3" w14:paraId="59A090F6" w14:textId="77777777" w:rsidTr="006E7589">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="37EA195F" w14:textId="77777777" w:rsidR="00DA25ED" w:rsidRPr="007B4DD3" w:rsidRDefault="00DA25ED" w:rsidP="00DA25ED">
             <w:pPr>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8524" w:type="dxa"/>
+            <w:tcW w:w="8849" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2ADC1F11" w14:textId="77777777" w:rsidR="00DA25ED" w:rsidRPr="007B4DD3" w:rsidRDefault="00DA25ED" w:rsidP="00DA25ED">
             <w:pPr>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B4DD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Commentaires</w:t>
             </w:r>
             <w:r w:rsidRPr="007B4DD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="007B4DD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DA25ED" w:rsidRPr="007B4DD3" w14:paraId="75F71796" w14:textId="77777777" w:rsidTr="00F11AB9">
+      <w:tr w:rsidR="00DA25ED" w:rsidRPr="007B4DD3" w14:paraId="75F71796" w14:textId="77777777" w:rsidTr="006E7589">
         <w:trPr>
           <w:trHeight w:val="1058"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7FE619A3" w14:textId="77777777" w:rsidR="00DA25ED" w:rsidRPr="007B4DD3" w:rsidRDefault="00DA25ED" w:rsidP="00DA25ED">
             <w:pPr>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8524" w:type="dxa"/>
+            <w:tcW w:w="8849" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="39726E1D" w14:textId="77777777" w:rsidR="00DA25ED" w:rsidRPr="007B4DD3" w:rsidRDefault="00DA25ED" w:rsidP="00DA25ED">
             <w:pPr>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1FEB97CD" w14:textId="77777777" w:rsidR="00046911" w:rsidRPr="00235EB3" w:rsidRDefault="00163776" w:rsidP="00E14184">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="_Toc529464140"/>
+      <w:bookmarkStart w:id="19" w:name="_Toc212215362"/>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2 Personnel </w:t>
       </w:r>
       <w:r w:rsidR="008D53D6" w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r w:rsidRPr="00235EB3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mpliqué dans les activités</w:t>
       </w:r>
       <w:bookmarkEnd w:id="19"/>
     </w:p>
     <w:p w14:paraId="2C2B465A" w14:textId="77777777" w:rsidR="00163776" w:rsidRDefault="00163776" w:rsidP="00163776">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2755"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1244"/>
+        <w:gridCol w:w="2378"/>
+        <w:gridCol w:w="3484"/>
+        <w:gridCol w:w="3484"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EF24F4" w:rsidRPr="000F50F2" w14:paraId="040E4523" w14:textId="77777777" w:rsidTr="00427A09">
-[...3 lines deleted...]
-            <w:vMerge w:val="restart"/>
+      <w:tr w:rsidR="00180CDE" w:rsidRPr="000F50F2" w14:paraId="040E4523" w14:textId="64AFF5B8" w:rsidTr="002A3AE6">
+        <w:trPr>
+          <w:trHeight w:val="1262"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1336AAFD" w14:textId="77777777" w:rsidR="00EF24F4" w:rsidRPr="000F50F2" w:rsidRDefault="002E5961" w:rsidP="00A22AF4">
+          <w:p w14:paraId="1336AAFD" w14:textId="77777777" w:rsidR="00180CDE" w:rsidRPr="000F50F2" w:rsidRDefault="00180CDE" w:rsidP="00A22AF4">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Activité</w:t>
-[...24 lines deleted...]
-            <w:vMerge w:val="restart"/>
+              <w:t>Activités</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F50F2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> présentées à l’accréditation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="334A598B" w14:textId="4791EDC1" w:rsidR="00EF24F4" w:rsidRPr="000F50F2" w:rsidRDefault="00EF24F4" w:rsidP="007B3DEB">
+          <w:p w14:paraId="334A598B" w14:textId="4791EDC1" w:rsidR="00180CDE" w:rsidRPr="000F50F2" w:rsidRDefault="00180CDE" w:rsidP="007B3DEB">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nombre </w:t>
-[...7 lines deleted...]
-            <w:r w:rsidR="007B3DEB" w:rsidRPr="007B3DEB">
+              <w:t xml:space="preserve">Nombre de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3DEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>personnes qualifiées pour réaliser les activités d’inspection ou de</w:t>
             </w:r>
-            <w:r w:rsidR="007B3DEB">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007B3DEB" w:rsidRPr="007B3DEB">
+            <w:r w:rsidRPr="007B3DEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>validation/vérification</w:t>
             </w:r>
-            <w:r w:rsidR="007B3DEB" w:rsidRPr="007B3DEB" w:rsidDel="007B3DEB">
+            <w:r w:rsidRPr="007B3DEB" w:rsidDel="007B3DEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2076" w:type="pct"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1864" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4659F4B9" w14:textId="77777777" w:rsidR="00EF24F4" w:rsidRDefault="00EF24F4" w:rsidP="00A22AF4">
+          <w:p w14:paraId="4D726EE2" w14:textId="2299BAB8" w:rsidR="00180CDE" w:rsidRDefault="00180CDE" w:rsidP="007B3DEB">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Personnel non salarié de l’entité</w:t>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (citée en 1.1)</w:t>
+              <w:t xml:space="preserve">Nombre de personnes qualifiées </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003073E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>non salarié de l’entité (citée en 1.1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EF24F4" w:rsidRPr="000F50F2" w14:paraId="2A694575" w14:textId="77777777" w:rsidTr="00427A09">
-[...5 lines deleted...]
-          <w:p w14:paraId="327F00B8" w14:textId="77777777" w:rsidR="00EF24F4" w:rsidRPr="000F50F2" w:rsidRDefault="00EF24F4" w:rsidP="00A22AF4">
+      <w:tr w:rsidR="00164EA9" w:rsidRPr="000F50F2" w14:paraId="6AEEF4BE" w14:textId="13A6FC89" w:rsidTr="003073E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="239A62F0" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1442" w:type="pct"/>
-            <w:vMerge/>
+            <w:tcW w:w="1864" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74D244F6" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="0832C440" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00164EA9" w:rsidRPr="000F50F2" w14:paraId="7693E149" w14:textId="53D4CFB8" w:rsidTr="003073E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C300A6B" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A0C97BF" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2631AB60" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00164EA9" w:rsidRPr="000F50F2" w14:paraId="16BB51E6" w14:textId="2DA3F1A7" w:rsidTr="003073E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="2236930D" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="pct"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22B411FF" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1864" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="057A5323" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00164EA9" w:rsidRPr="000F50F2" w14:paraId="5F46CB39" w14:textId="6856A7C3" w:rsidTr="003073E2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1272" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4D4B64BD" w14:textId="77777777" w:rsidR="00EF24F4" w:rsidRPr="000F50F2" w:rsidRDefault="00EF24F4" w:rsidP="00A22AF4">
-[...96 lines deleted...]
-          <w:p w14:paraId="239A62F0" w14:textId="77777777" w:rsidR="00EF24F4" w:rsidRPr="000F50F2" w:rsidRDefault="00EF24F4" w:rsidP="00A22AF4">
+          <w:p w14:paraId="2B41A4FF" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1442" w:type="pct"/>
-[...245 lines deleted...]
-            <w:tcW w:w="1442" w:type="pct"/>
+            <w:tcW w:w="1864" w:type="pct"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="10638635" w14:textId="77777777" w:rsidR="00EF24F4" w:rsidRPr="000F50F2" w:rsidRDefault="00EF24F4" w:rsidP="00A22AF4">
+          <w:p w14:paraId="10638635" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="539" w:type="pct"/>
-[...41 lines deleted...]
-          <w:p w14:paraId="14BE3011" w14:textId="77777777" w:rsidR="00EF24F4" w:rsidRPr="000F50F2" w:rsidRDefault="00EF24F4" w:rsidP="00A22AF4">
+            <w:tcW w:w="1864" w:type="pct"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6EE1F1" w14:textId="77777777" w:rsidR="00164EA9" w:rsidRPr="000F50F2" w:rsidRDefault="00164EA9" w:rsidP="00A22AF4">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39EF3BC0" w14:textId="445AD43D" w:rsidR="00163776" w:rsidRDefault="00427A09" w:rsidP="00427A09">
+    <w:p w14:paraId="1E4AEE1D" w14:textId="77777777" w:rsidR="00180CDE" w:rsidRDefault="00180CDE" w:rsidP="00427A09">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00427A09">
-[...103 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="29D3F9C3" w14:textId="77777777" w:rsidR="00E14184" w:rsidRDefault="00E14184" w:rsidP="00427A09">
-[...10 lines deleted...]
-    <w:p w14:paraId="44216C7B" w14:textId="77777777" w:rsidR="00AF3554" w:rsidRPr="00AF3554" w:rsidRDefault="00AF3554" w:rsidP="00427A09">
+    <w:p w14:paraId="27350A72" w14:textId="77777777" w:rsidR="00180CDE" w:rsidRPr="00AF3554" w:rsidRDefault="00180CDE" w:rsidP="00180CDE">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF3554">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Si plusieurs activités présentées à l’accréditation : </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9606" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5637"/>
         <w:gridCol w:w="3969"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF3554" w:rsidRPr="00AF3554" w14:paraId="2C091865" w14:textId="77777777" w:rsidTr="00AF3554">
+      <w:tr w:rsidR="00180CDE" w:rsidRPr="00AF3554" w14:paraId="4F1BA3E7" w14:textId="77777777" w:rsidTr="007329D1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5637" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="514B7ED4" w14:textId="6B8CFACE" w:rsidR="00AF3554" w:rsidRPr="00AF3554" w:rsidRDefault="00AF3554" w:rsidP="00AF3554">
+          <w:p w14:paraId="38DE87AA" w14:textId="77777777" w:rsidR="00180CDE" w:rsidRPr="00AF3554" w:rsidRDefault="00180CDE" w:rsidP="007329D1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF3554">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Nombre total </w:t>
             </w:r>
-            <w:r w:rsidR="00CF090D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">de </w:t>
             </w:r>
-            <w:r w:rsidR="00CF090D" w:rsidRPr="007B3DEB">
+            <w:r w:rsidRPr="007B3DEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>personnes qualifiées pour réaliser les activités d’inspection ou de</w:t>
             </w:r>
-            <w:r w:rsidR="00CF090D">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CF090D" w:rsidRPr="007B3DEB">
+            <w:r w:rsidRPr="007B3DEB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>validation/vérification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3969" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="584D642E" w14:textId="77777777" w:rsidR="00AF3554" w:rsidRPr="00AF3554" w:rsidRDefault="00AF3554" w:rsidP="00AF3554">
+          <w:p w14:paraId="4C074CD7" w14:textId="77777777" w:rsidR="00180CDE" w:rsidRPr="00AF3554" w:rsidRDefault="00180CDE" w:rsidP="007329D1">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="13532867" w14:textId="77777777" w:rsidR="00180CDE" w:rsidRDefault="00180CDE" w:rsidP="00427A09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3464"/>
+        <w:gridCol w:w="2941"/>
+        <w:gridCol w:w="2941"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002A3AE6" w14:paraId="6C73D17E" w14:textId="1EDFB545" w:rsidTr="002A3AE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3464" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE4655D" w14:textId="5D60D4EA" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="006A64A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A3AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>onction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002A3AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> des autres membres du personnel impliqués dans les activités d'inspection, de validation, de vérification</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1111A1AB" w14:textId="47457837" w:rsidR="002A3AE6" w:rsidRDefault="006A64A3" w:rsidP="006A64A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="002A3AE6" w:rsidRPr="006A64A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>ombre de personnes concernées</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0739D4E9" w14:textId="426C3CE9" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="006A64A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Nombre de personnes</w:t>
+            </w:r>
+            <w:r w:rsidR="006A64A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003073E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>non salarié de l’entité</w:t>
+            </w:r>
+            <w:r w:rsidR="006A64A3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006A64A3" w:rsidRPr="003073E2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(citée en 1.1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A3AE6" w14:paraId="2B1F26B8" w14:textId="77777777" w:rsidTr="002A3AE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3464" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA8EEBE" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="002A3AE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ADBE628" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="00427A09">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="61198564" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="00427A09">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A3AE6" w14:paraId="047B3AA1" w14:textId="77777777" w:rsidTr="002A3AE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3464" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B1AF51" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="002A3AE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9F9164" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="00427A09">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6799706F" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="00427A09">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A3AE6" w14:paraId="46947D6D" w14:textId="77777777" w:rsidTr="002A3AE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3464" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CD6713" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="002A3AE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF81C2A" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="00427A09">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="325D766A" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="00427A09">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002A3AE6" w14:paraId="30A7D0C2" w14:textId="77777777" w:rsidTr="002A3AE6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3464" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B02326F" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="002A3AE6">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E55AC4F" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="00427A09">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="47C02066" w14:textId="77777777" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="00427A09">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="08E8513A" w14:textId="62C27598" w:rsidR="002A3AE6" w:rsidRDefault="002A3AE6" w:rsidP="002A3AE6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00427A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>* Fonctions impliquées dans les activités d’inspection</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF085D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ou vérification/validation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00427A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ex :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00427A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">responsable technique, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chargé de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00427A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>planificat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ion</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00427A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>, charg</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>é</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00427A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de saisie des rapports, etc)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00427A09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="116C2190" w14:textId="77777777" w:rsidR="00271992" w:rsidRDefault="00271992" w:rsidP="00427A09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45478D35" w14:textId="77777777" w:rsidR="00271992" w:rsidRDefault="00271992" w:rsidP="00427A09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29D3F9C3" w14:textId="77777777" w:rsidR="00E14184" w:rsidRDefault="00E14184" w:rsidP="00427A09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="325ED79F" w14:textId="77777777" w:rsidR="00687E93" w:rsidRDefault="00687E93" w:rsidP="00427A09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FA7B809" w14:textId="77777777" w:rsidR="00687E93" w:rsidRDefault="00687E93" w:rsidP="00427A09">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="3050303F" w14:textId="77777777" w:rsidR="00046911" w:rsidRPr="00C00369" w:rsidRDefault="00163776" w:rsidP="00E14184">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="20" w:name="_3.3_Prise_en"/>
-      <w:bookmarkStart w:id="21" w:name="_Toc529464141"/>
+      <w:bookmarkStart w:id="21" w:name="_Toc212215363"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r w:rsidRPr="00C00369">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>3.3 Prise en compte des exigences d’accréditation par l’organisme</w:t>
       </w:r>
       <w:bookmarkEnd w:id="21"/>
     </w:p>
     <w:p w14:paraId="0F57AD77" w14:textId="77777777" w:rsidR="00046911" w:rsidRDefault="00046911"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4673"/>
-        <w:gridCol w:w="4673"/>
+        <w:gridCol w:w="4671"/>
+        <w:gridCol w:w="4675"/>
       </w:tblGrid>
       <w:tr w:rsidR="00163776" w14:paraId="044FBD59" w14:textId="77777777" w:rsidTr="00772AB7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4748" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31A67A22" w14:textId="77777777" w:rsidR="00163776" w:rsidRPr="00C65E70" w:rsidRDefault="00163776" w:rsidP="00DD6BDC">
+          <w:p w14:paraId="31A67A22" w14:textId="173CCFC5" w:rsidR="00163776" w:rsidRPr="00C65E70" w:rsidRDefault="00163776" w:rsidP="00DD6BDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65E70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pour une demande initiale </w:t>
-[...25 lines deleted...]
-              <w:t>suivant la norme :</w:t>
+              <w:t>Pour une demande initiale suivant la norme :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4748" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AA84444" w14:textId="77777777" w:rsidR="00163776" w:rsidRPr="00C65E70" w:rsidRDefault="00163776" w:rsidP="00772AB7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C65E70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Joindre, dûment renseigné, le formulaire :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00163776" w14:paraId="14648913" w14:textId="77777777" w:rsidTr="00C65E70">
         <w:tc>
@@ -12277,875 +12676,1587 @@
             <w:tcW w:w="4748" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="53A11F39" w14:textId="723A1B40" w:rsidR="004F57ED" w:rsidRDefault="004F57ED" w:rsidP="003B3061">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">INS FORM </w:t>
             </w:r>
             <w:r w:rsidR="00CF090D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FEB6C46" w14:textId="77777777" w:rsidR="00163776" w:rsidRPr="00C00369" w:rsidRDefault="000B653E" w:rsidP="000C4C8B">
+    <w:p w14:paraId="6FEB6C46" w14:textId="5AB03D28" w:rsidR="00163776" w:rsidRDefault="00163776" w:rsidP="000C4C8B">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="22" w:name="_Toc212215364"/>
+      <w:r w:rsidRPr="00C00369">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br w:type="page"/>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>3.4 Accès à l’information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
+    <w:p w14:paraId="725087DC" w14:textId="77777777" w:rsidR="000322D2" w:rsidRDefault="000322D2" w:rsidP="000322D2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="661"/>
-        <w:gridCol w:w="6909"/>
+        <w:gridCol w:w="108"/>
+        <w:gridCol w:w="662"/>
+        <w:gridCol w:w="6908"/>
         <w:gridCol w:w="937"/>
         <w:gridCol w:w="849"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008D53D6" w14:paraId="000C198B" w14:textId="77777777" w:rsidTr="008D53D6">
-[...2 lines deleted...]
-            <w:tcW w:w="534" w:type="dxa"/>
+      <w:tr w:rsidR="000322D2" w:rsidRPr="00C95B2E" w14:paraId="4D909850" w14:textId="77777777" w:rsidTr="00BB5397">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="108" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="35A5B97C" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00842D17" w:rsidRDefault="008D53D6" w:rsidP="008D53D6">
+          <w:p w14:paraId="73DF2BEB" w14:textId="7C78DBE1" w:rsidR="000322D2" w:rsidRPr="00842D17" w:rsidRDefault="000322D2" w:rsidP="007329D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00842D17">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3.4.1</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7654" w:type="dxa"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00842D17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31C98DDC" w14:textId="77777777" w:rsidR="00F32729" w:rsidRDefault="008D53D6">
+          <w:p w14:paraId="72D1B94A" w14:textId="68558BFE" w:rsidR="000322D2" w:rsidRDefault="006C44DA" w:rsidP="00A20ED4">
             <w:pPr>
               <w:spacing w:before="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...53 lines deleted...]
-            <w:r w:rsidRPr="00C95B2E">
+            <w:r w:rsidRPr="006C44DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>La documentation</w:t>
+            </w:r>
+            <w:r w:rsidR="00A20ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (documents / enregistrements)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006C44DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> est-elle totalement dématérialisée</w:t>
+            </w:r>
+            <w:r w:rsidR="006B255F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...38 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+            <w:r w:rsidRPr="006C44DA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidR="006B255F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA4353F" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00C95B2E" w:rsidRDefault="001B2F38" w:rsidP="008D53D6">
+          <w:p w14:paraId="72BE3A06" w14:textId="77777777" w:rsidR="000322D2" w:rsidRPr="00C95B2E" w:rsidRDefault="000322D2" w:rsidP="007329D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="008D53D6" w:rsidRPr="00C95B2E">
+            <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="008D53D6" w:rsidRPr="00C95B2E">
+            <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="459BAB6C" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00C95B2E" w:rsidRDefault="001B2F38" w:rsidP="008D53D6">
+          <w:p w14:paraId="06C4F8FC" w14:textId="77777777" w:rsidR="000322D2" w:rsidRPr="00C95B2E" w:rsidRDefault="000322D2" w:rsidP="007329D1">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="008D53D6" w:rsidRPr="00C95B2E">
+            <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="008D53D6" w:rsidRPr="00C95B2E">
+            <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D53D6" w14:paraId="418D2259" w14:textId="77777777" w:rsidTr="008D53D6">
-[...2 lines deleted...]
-            <w:tcW w:w="534" w:type="dxa"/>
+      <w:tr w:rsidR="000322D2" w:rsidRPr="00C95B2E" w14:paraId="0CA58FDD" w14:textId="77777777" w:rsidTr="00BB5397">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="770" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6B3C8BA9" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRDefault="008D53D6" w:rsidP="008D53D6">
+          <w:p w14:paraId="3F301AD1" w14:textId="77777777" w:rsidR="000322D2" w:rsidRDefault="000322D2" w:rsidP="007329D1">
             <w:pPr>
               <w:ind w:right="-142"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9528" w:type="dxa"/>
+            <w:tcW w:w="8694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0CC6CC02" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00C95B2E" w:rsidRDefault="008D53D6" w:rsidP="008D53D6">
+          <w:p w14:paraId="33819107" w14:textId="77777777" w:rsidR="000322D2" w:rsidRPr="00C95B2E" w:rsidRDefault="000322D2" w:rsidP="007329D1">
             <w:pPr>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Commentaires</w:t>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D53D6" w14:paraId="1945193F" w14:textId="77777777" w:rsidTr="008D53D6">
+      <w:tr w:rsidR="000322D2" w:rsidRPr="00C95B2E" w14:paraId="6750F2FB" w14:textId="77777777" w:rsidTr="00BB5397">
         <w:trPr>
           <w:trHeight w:val="1107"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="770" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5E6B7DF5" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRDefault="008D53D6" w:rsidP="008D53D6">
+          <w:p w14:paraId="468CCE5A" w14:textId="77777777" w:rsidR="000322D2" w:rsidRDefault="000322D2" w:rsidP="007329D1">
             <w:pPr>
               <w:ind w:right="-142"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9528" w:type="dxa"/>
+            <w:tcW w:w="8694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5CCC00BC" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00C95B2E" w:rsidRDefault="008D53D6" w:rsidP="008D53D6">
+          <w:p w14:paraId="22D52DF6" w14:textId="77777777" w:rsidR="000322D2" w:rsidRPr="00C95B2E" w:rsidRDefault="000322D2" w:rsidP="007329D1">
             <w:pPr>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...23 lines deleted...]
-            <w:tcW w:w="534" w:type="dxa"/>
+      <w:tr w:rsidR="008D53D6" w14:paraId="000C198B" w14:textId="77777777" w:rsidTr="00BB5397">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="108" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3DCEAF79" w14:textId="77777777" w:rsidR="00753217" w:rsidRPr="00842D17" w:rsidRDefault="00753217" w:rsidP="00842D17">
+          <w:p w14:paraId="35A5B97C" w14:textId="59574165" w:rsidR="008D53D6" w:rsidRPr="00842D17" w:rsidRDefault="009B24F1" w:rsidP="008D53D6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:right="-142"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00842D17">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3.4.2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="7654" w:type="dxa"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="008D53D6" w:rsidRPr="00842D17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.4.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A20ED4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2E95FD" w14:textId="77777777" w:rsidR="00046911" w:rsidRDefault="00753217" w:rsidP="002E5961">
+          <w:p w14:paraId="31C98DDC" w14:textId="28435A2F" w:rsidR="00F32729" w:rsidRDefault="008D53D6">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Certains </w:t>
+            </w:r>
+            <w:r w:rsidR="007341F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>documents / enregistrements</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en relation avec les </w:t>
+            </w:r>
+            <w:r w:rsidR="0074093A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>activités</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> présentées à l’accréditation sont-ils consultables </w:t>
+            </w:r>
+            <w:r w:rsidR="00D43E8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pour l’évaluation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">uniquement </w:t>
+            </w:r>
+            <w:r w:rsidR="0081243F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">dans les locaux </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>de l’organisme ?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C53F329" w14:textId="77777777" w:rsidR="00F32729" w:rsidRDefault="008D53D6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...22 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve">Si </w:t>
-[...11 lines deleted...]
-            <w:tcW w:w="992" w:type="dxa"/>
+              <w:t>Si oui, préciser les</w:t>
+            </w:r>
+            <w:r w:rsidR="007341F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>quels</w:t>
+            </w:r>
+            <w:r w:rsidR="004D18D0" w:rsidRPr="0008644E">
+              <w:rPr>
+                <w:rStyle w:val="Appelnotedebasdep"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+              </w:rPr>
+              <w:footnoteReference w:id="16"/>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F3CED5E" w14:textId="77777777" w:rsidR="00753217" w:rsidRPr="00C95B2E" w:rsidRDefault="001B2F38" w:rsidP="00046911">
+          <w:p w14:paraId="5BA4353F" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00C95B2E" w:rsidRDefault="001B2F38" w:rsidP="008D53D6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00753217" w:rsidRPr="00C95B2E">
+            <w:r w:rsidR="008D53D6" w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00753217" w:rsidRPr="00C95B2E">
+            <w:r w:rsidR="008D53D6" w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="882" w:type="dxa"/>
+            <w:tcW w:w="848" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F6AFC8D" w14:textId="77777777" w:rsidR="00753217" w:rsidRPr="00C95B2E" w:rsidRDefault="001B2F38" w:rsidP="00046911">
+          <w:p w14:paraId="459BAB6C" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00C95B2E" w:rsidRDefault="001B2F38" w:rsidP="008D53D6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidR="00753217" w:rsidRPr="00C95B2E">
+            <w:r w:rsidR="008D53D6" w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00753217" w:rsidRPr="00C95B2E">
+            <w:r w:rsidR="008D53D6" w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00753217" w:rsidRPr="00C95B2E" w14:paraId="6128C8FE" w14:textId="77777777" w:rsidTr="00046911">
-[...2 lines deleted...]
-            <w:tcW w:w="534" w:type="dxa"/>
+      <w:tr w:rsidR="008D53D6" w14:paraId="418D2259" w14:textId="77777777" w:rsidTr="00BB5397">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="108" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A9BBAAB" w14:textId="77777777" w:rsidR="00753217" w:rsidRDefault="00753217" w:rsidP="00046911">
+          <w:p w14:paraId="6B3C8BA9" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRDefault="008D53D6" w:rsidP="008D53D6">
             <w:pPr>
               <w:ind w:right="-142"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9528" w:type="dxa"/>
+            <w:tcW w:w="8694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33550EE2" w14:textId="77777777" w:rsidR="00753217" w:rsidRPr="00C95B2E" w:rsidRDefault="00753217" w:rsidP="00046911">
+          <w:p w14:paraId="0CC6CC02" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00C95B2E" w:rsidRDefault="008D53D6" w:rsidP="008D53D6">
             <w:pPr>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Commentaires</w:t>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00753217" w:rsidRPr="00C95B2E" w14:paraId="4CD3DC00" w14:textId="77777777" w:rsidTr="00046911">
+      <w:tr w:rsidR="008D53D6" w14:paraId="1945193F" w14:textId="77777777" w:rsidTr="00BB5397">
         <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="108" w:type="dxa"/>
           <w:trHeight w:val="1107"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="534" w:type="dxa"/>
+            <w:tcW w:w="662" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74B3B0C1" w14:textId="77777777" w:rsidR="00753217" w:rsidRDefault="00753217" w:rsidP="00046911">
+          <w:p w14:paraId="5E6B7DF5" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRDefault="008D53D6" w:rsidP="008D53D6">
             <w:pPr>
               <w:ind w:right="-142"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9528" w:type="dxa"/>
+            <w:tcW w:w="8694" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
+          <w:p w14:paraId="5CCC00BC" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00C95B2E" w:rsidRDefault="008D53D6" w:rsidP="008D53D6">
+            <w:pPr>
+              <w:ind w:right="-142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB5397" w14:paraId="4D60EF8B" w14:textId="77777777" w:rsidTr="00BB5397">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="108" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25421034" w14:textId="4365F3EE" w:rsidR="00BB5397" w:rsidRPr="00842D17" w:rsidRDefault="00BB5397" w:rsidP="007329D1">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:right="-142"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00842D17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.4.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6910" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="727451E3" w14:textId="19EE88B4" w:rsidR="00BB5397" w:rsidRDefault="00BB5397" w:rsidP="007329D1">
+            <w:pPr>
+              <w:spacing w:before="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Les locaux de l’organisme p</w:t>
+            </w:r>
+            <w:r w:rsidR="00054B91">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>ermett</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ent-ils </w:t>
+            </w:r>
+            <w:r w:rsidR="00611609">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>d’</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>accueillir une équipe d’évaluation ?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="737657BD" w14:textId="344DE140" w:rsidR="00BB5397" w:rsidRDefault="008F71DA" w:rsidP="007329D1">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Si non, merci de préciser le lieu où pourrait se dérouler l’évaluation </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="936" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E10EB9E" w14:textId="77777777" w:rsidR="00BB5397" w:rsidRPr="00C95B2E" w:rsidRDefault="00BB5397" w:rsidP="007329D1">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:right="-142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Oui</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="848" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A2BCCEA" w14:textId="77777777" w:rsidR="00BB5397" w:rsidRPr="00C95B2E" w:rsidRDefault="00BB5397" w:rsidP="007329D1">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:right="-142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Non</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB5397" w14:paraId="759176C6" w14:textId="77777777" w:rsidTr="00BB5397">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="108" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AD28CBA" w14:textId="77777777" w:rsidR="00BB5397" w:rsidRDefault="00BB5397" w:rsidP="007329D1">
+            <w:pPr>
+              <w:ind w:right="-142"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A6D7E42" w14:textId="77777777" w:rsidR="00BB5397" w:rsidRPr="00C95B2E" w:rsidRDefault="00BB5397" w:rsidP="007329D1">
+            <w:pPr>
+              <w:ind w:right="-142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Commentaires</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BB5397" w14:paraId="04649368" w14:textId="77777777" w:rsidTr="00BB5397">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="108" w:type="dxa"/>
+          <w:trHeight w:val="1107"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="662" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68869119" w14:textId="77777777" w:rsidR="00BB5397" w:rsidRDefault="00BB5397" w:rsidP="007329D1">
+            <w:pPr>
+              <w:ind w:right="-142"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8694" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D796000" w14:textId="77777777" w:rsidR="00BB5397" w:rsidRPr="00C95B2E" w:rsidRDefault="00BB5397" w:rsidP="007329D1">
+            <w:pPr>
+              <w:ind w:right="-142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00753217" w:rsidRPr="00C95B2E" w14:paraId="6667790C" w14:textId="77777777" w:rsidTr="00BB5397">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="108" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="661" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3DCEAF79" w14:textId="00C78E5B" w:rsidR="00753217" w:rsidRPr="00842D17" w:rsidRDefault="00753217" w:rsidP="00842D17">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00842D17">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3.4.</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB5397">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6909" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2E95FD" w14:textId="77777777" w:rsidR="00046911" w:rsidRDefault="00753217" w:rsidP="002E5961">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les documents et enregistrements associés au fonctionnement de l’organisme pour les </w:t>
+            </w:r>
+            <w:r w:rsidR="002E5961">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>activité</w:t>
+            </w:r>
+            <w:r w:rsidR="003B3061">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">concernées sont-ils disponibles en français ? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Si </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>non, préciser la langue</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="937" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3CED5E" w14:textId="77777777" w:rsidR="00753217" w:rsidRPr="00C95B2E" w:rsidRDefault="001B2F38" w:rsidP="00046911">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:right="-142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00753217" w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00753217" w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Oui</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="849" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F6AFC8D" w14:textId="77777777" w:rsidR="00753217" w:rsidRPr="00C95B2E" w:rsidRDefault="001B2F38" w:rsidP="00046911">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:ind w:right="-142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="CaseACocher1"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidR="00753217" w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00753217" w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Non</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00753217" w:rsidRPr="00C95B2E" w14:paraId="6128C8FE" w14:textId="77777777" w:rsidTr="00BB5397">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="108" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="661" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A9BBAAB" w14:textId="77777777" w:rsidR="00753217" w:rsidRDefault="00753217" w:rsidP="00046911">
+            <w:pPr>
+              <w:ind w:right="-142"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8695" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33550EE2" w14:textId="77777777" w:rsidR="00753217" w:rsidRPr="00C95B2E" w:rsidRDefault="00753217" w:rsidP="00046911">
+            <w:pPr>
+              <w:ind w:right="-142"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Commentaires</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C95B2E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00753217" w:rsidRPr="00C95B2E" w14:paraId="4CD3DC00" w14:textId="77777777" w:rsidTr="00BB5397">
+        <w:trPr>
+          <w:gridBefore w:val="1"/>
+          <w:wBefore w:w="108" w:type="dxa"/>
+          <w:trHeight w:val="1107"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="661" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74B3B0C1" w14:textId="77777777" w:rsidR="00753217" w:rsidRDefault="00753217" w:rsidP="00046911">
+            <w:pPr>
+              <w:ind w:right="-142"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8695" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
           <w:p w14:paraId="2C90DF50" w14:textId="77777777" w:rsidR="00753217" w:rsidRPr="00C95B2E" w:rsidRDefault="00753217" w:rsidP="00046911">
             <w:pPr>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="76ABC0F7" w14:textId="77777777" w:rsidR="00753217" w:rsidRDefault="00753217" w:rsidP="008D53D6"/>
+    <w:p w14:paraId="197E7DFF" w14:textId="77777777" w:rsidR="008F71DA" w:rsidRDefault="008F71DA" w:rsidP="008D53D6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9713" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="141"/>
         <w:gridCol w:w="7291"/>
         <w:gridCol w:w="917"/>
         <w:gridCol w:w="689"/>
         <w:gridCol w:w="141"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D53D6" w14:paraId="36671792" w14:textId="77777777" w:rsidTr="00842D17">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="675" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3616C32F" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00842D17" w:rsidRDefault="008D53D6" w:rsidP="00842D17">
+          <w:p w14:paraId="3616C32F" w14:textId="381525A0" w:rsidR="008D53D6" w:rsidRPr="00842D17" w:rsidRDefault="008D53D6" w:rsidP="00842D17">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-108"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842D17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.4.</w:t>
             </w:r>
-            <w:r w:rsidR="00753217" w:rsidRPr="00842D17">
+            <w:r w:rsidR="008F71DA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7291" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="224ABADE" w14:textId="77777777" w:rsidR="00D97E99" w:rsidRDefault="00842D17" w:rsidP="00842D17">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13185,107 +14296,115 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">ws des personnels, </w:t>
             </w:r>
             <w:r w:rsidR="0074093A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>etc.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="0049206F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27EF937E" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00C95B2E" w:rsidRDefault="00D97E99" w:rsidP="005E6AED">
+          <w:p w14:paraId="27EF937E" w14:textId="3B531B7A" w:rsidR="008D53D6" w:rsidRPr="00C95B2E" w:rsidRDefault="00D97E99" w:rsidP="005E6AED">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Si oui, préciser </w:t>
             </w:r>
             <w:r w:rsidR="00842D17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">les limites éventuelles et </w:t>
             </w:r>
+            <w:r w:rsidR="007C23DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>sites</w:t>
+            </w:r>
             <w:r w:rsidR="003B3061">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>implantations concernées</w:t>
+              <w:t xml:space="preserve"> concernées</w:t>
             </w:r>
             <w:r w:rsidR="008D53D6" w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="917" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CFA0F22" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRPr="00C95B2E" w:rsidRDefault="001B2F38" w:rsidP="008D53D6">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="CaseACocher1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidR="008D53D6" w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="00C95B2E">
               <w:rPr>
@@ -13469,51 +14588,51 @@
             <w:pPr>
               <w:ind w:right="-142"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2511C7CE" w14:textId="77777777" w:rsidR="008D53D6" w:rsidRDefault="008D53D6" w:rsidP="008D53D6">
       <w:pPr>
         <w:ind w:right="-142"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="362AFE81" w14:textId="77777777" w:rsidR="00046911" w:rsidRPr="00C00369" w:rsidRDefault="00163776">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="_Toc529464143"/>
+      <w:bookmarkStart w:id="23" w:name="_Toc212215365"/>
       <w:r w:rsidRPr="00C00369">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.5 A</w:t>
       </w:r>
       <w:r w:rsidR="00753217" w:rsidRPr="00C00369">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>utres accréditations</w:t>
       </w:r>
       <w:r w:rsidR="00114BE3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -13576,111 +14695,87 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00842D17">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.5.1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7235" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3FE8D7FD" w14:textId="77777777" w:rsidR="00DF7660" w:rsidRDefault="00842D17" w:rsidP="0074093A">
+          <w:p w14:paraId="3FE8D7FD" w14:textId="30BAEFCF" w:rsidR="00DF7660" w:rsidRDefault="00842D17" w:rsidP="0074093A">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidR="00DF7660" w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">’organisme </w:t>
             </w:r>
             <w:r w:rsidR="0054274F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t>désigné en 1.1 ou l’un</w:t>
-[...5 lines deleted...]
-              <w:t>e</w:t>
+              <w:t xml:space="preserve">désigné en 1.1 ou l’un des </w:t>
+            </w:r>
+            <w:r w:rsidR="007C23DE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>sites</w:t>
             </w:r>
             <w:r w:rsidR="0054274F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
-              <w:t xml:space="preserve"> des </w:t>
-[...23 lines deleted...]
-              <w:t xml:space="preserve">s en 2.1 </w:t>
+              <w:t xml:space="preserve"> déclarés en 2.1 </w:t>
             </w:r>
             <w:r w:rsidR="00DF7660" w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>dispose</w:t>
             </w:r>
             <w:r w:rsidR="0054274F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>nt</w:t>
             </w:r>
             <w:r w:rsidR="00DF7660" w:rsidRPr="00C95B2E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>-il</w:t>
             </w:r>
             <w:r w:rsidR="006160FB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
@@ -13955,51 +15050,51 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="365F91"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EE398A7" w14:textId="20ED3A89" w:rsidR="00BD3CB2" w:rsidRDefault="0081243F" w:rsidP="000C1F67">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="_Toc529464144"/>
+      <w:bookmarkStart w:id="24" w:name="_Toc212215366"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Partie 4 : </w:t>
       </w:r>
       <w:r w:rsidR="00BD3CB2">
         <w:t>engagement du demandeur</w:t>
       </w:r>
       <w:bookmarkEnd w:id="24"/>
     </w:p>
     <w:p w14:paraId="47EB684B" w14:textId="77777777" w:rsidR="000C1F67" w:rsidRPr="000C1F67" w:rsidRDefault="000C1F67" w:rsidP="000C1F67"/>
     <w:p w14:paraId="7C64368D" w14:textId="77777777" w:rsidR="002446A4" w:rsidRPr="00604367" w:rsidRDefault="00604367" w:rsidP="00604367">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>L’entité</w:t>
       </w:r>
       <w:r w:rsidR="008942B5" w:rsidRPr="00604367">
         <w:rPr>
@@ -14219,119 +15314,119 @@
       </w:r>
       <w:r w:rsidR="008942B5" w:rsidRPr="00604367">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">tre le </w:t>
       </w:r>
       <w:r w:rsidR="002742DB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="008942B5" w:rsidRPr="00604367">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>èglement d’accréditation</w:t>
       </w:r>
       <w:r w:rsidR="001E77EE" w:rsidRPr="00842D17">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:footnoteReference w:id="18"/>
+        <w:footnoteReference w:id="17"/>
       </w:r>
       <w:r w:rsidR="008942B5" w:rsidRPr="00604367">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> et en particulier les droits et obligations des organismes accrédités et candidats à l’accréditation décrits dans ce document et les documents qu’il cite ;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E7FD2A3" w14:textId="77777777" w:rsidR="008632C0" w:rsidRPr="00604367" w:rsidRDefault="002446A4" w:rsidP="00604367">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="425"/>
         <w:contextualSpacing w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00604367">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Déclare c</w:t>
       </w:r>
       <w:r w:rsidR="008632C0" w:rsidRPr="00604367">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>onnaître et accepter les règles tarifaires</w:t>
       </w:r>
       <w:r w:rsidR="001E77EE" w:rsidRPr="00842D17">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
+        <w:footnoteReference w:id="18"/>
+      </w:r>
+      <w:r w:rsidR="008632C0" w:rsidRPr="00604367">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB4320">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et tarifs </w:t>
+      </w:r>
+      <w:r w:rsidR="008632C0" w:rsidRPr="00604367">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>en vigueur</w:t>
+      </w:r>
+      <w:r w:rsidR="001E77EE" w:rsidRPr="00842D17">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
         <w:footnoteReference w:id="19"/>
-      </w:r>
-[...24 lines deleted...]
-        <w:footnoteReference w:id="20"/>
       </w:r>
       <w:r w:rsidR="008632C0" w:rsidRPr="00604367">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> relati</w:t>
       </w:r>
       <w:r w:rsidR="00BB4320">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
       <w:r w:rsidR="008632C0" w:rsidRPr="00604367">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">s au processus </w:t>
       </w:r>
       <w:r w:rsidR="001E77EE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">d’accréditation </w:t>
       </w:r>
@@ -14760,51 +15855,51 @@
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Conformément à la Règlementation susvisée ainsi qu’à la Loi n° 78-017 du 6 janvier 1978 relative à l’informatique, aux fichiers et aux libertés, vous disposez d’un droit d’accès, de rectification, de limitation, de retrait de consentement et d’opposition au traitement des données vous concernant. Vous pouvez exercer l’ensemble de ces droits en adressant votre demande par courrier à l’adresse postale suivante : Cofrac, 52 rue Jacques Hillairet - 75012 Paris, ou par courriel : contact.rgpd@cofrac.fr. Vous avez également le droit d’introduire une réclamation auprès de la Commission nationale de l’informatique et des libertés (CNIL)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55CC3F50" w14:textId="11F930CA" w:rsidR="00605F40" w:rsidRDefault="00605F40" w:rsidP="002446A4">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:sectPr w:rsidR="00605F40" w:rsidSect="00D92CFD">
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="1417" w:right="1133" w:bottom="1135" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="17A5B1F6" w14:textId="77777777" w:rsidR="002446A4" w:rsidRDefault="005F558A" w:rsidP="00470D32">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
         <w:spacing w:before="240"/>
       </w:pPr>
-      <w:bookmarkStart w:id="25" w:name="_Toc529464145"/>
+      <w:bookmarkStart w:id="25" w:name="_Toc212215367"/>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Partie </w:t>
       </w:r>
       <w:r w:rsidR="00BD3CB2">
         <w:t>5 </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00232925">
         <w:t xml:space="preserve">liste des </w:t>
       </w:r>
       <w:r w:rsidR="00966DC0">
         <w:t xml:space="preserve">pièces </w:t>
       </w:r>
       <w:r w:rsidR="004C6313">
         <w:t>à joindre à la demande d’accréditation</w:t>
       </w:r>
       <w:bookmarkEnd w:id="25"/>
     </w:p>
     <w:p w14:paraId="4AA8F24C" w14:textId="77777777" w:rsidR="005F558A" w:rsidRDefault="005F558A" w:rsidP="005F558A"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
@@ -15166,160 +16261,151 @@
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F0394" w14:paraId="7CCA5418" w14:textId="77777777" w:rsidTr="00C92007">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D82065C" w14:textId="77777777" w:rsidR="005F0394" w:rsidRDefault="005F0394" w:rsidP="00C732D3">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852548">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Preuve de responsabilité juridique de l’entité pour les activités présentées à l’accréditation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="588818F4" w14:textId="3C87E4D5" w:rsidR="00FE0CBA" w:rsidRDefault="000C785A" w:rsidP="00C732D3">
+          <w:p w14:paraId="003B0378" w14:textId="3D5D86C3" w:rsidR="00C732D3" w:rsidRPr="00D27F6A" w:rsidRDefault="000C785A" w:rsidP="00675844">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Fournir les </w:t>
             </w:r>
             <w:r w:rsidR="00C732D3" w:rsidRPr="00D27F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>statuts de l’entreprise/l’association</w:t>
-            </w:r>
-[...57 lines deleted...]
-              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7300B26F" w14:textId="77777777" w:rsidR="005F0394" w:rsidRPr="008032FF" w:rsidRDefault="005F0394" w:rsidP="00C87C61">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="_1.1._L’entité_juridique" w:history="1">
               <w:r w:rsidRPr="00ED049D">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>1.1</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00675844" w14:paraId="38AC4E52" w14:textId="77777777" w:rsidTr="00C92007">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7905" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71ABCC46" w14:textId="2460D4FF" w:rsidR="00675844" w:rsidRPr="00C01546" w:rsidRDefault="00675844" w:rsidP="00852548">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F941F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dans le cas d’une demande d’accréditation pour un organisme multisite ou organisés en réseau, les documents à soumettre sont précisés dans la procédure </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F941F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>GEN PROC 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F941F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en vigueur.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66C89941" w14:textId="77777777" w:rsidR="00675844" w:rsidRDefault="00675844" w:rsidP="00C87C61">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F0394" w14:paraId="67A182F2" w14:textId="77777777" w:rsidTr="00C92007">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79090A09" w14:textId="54124073" w:rsidR="00852548" w:rsidRPr="00C01546" w:rsidRDefault="00852548" w:rsidP="00852548">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C01546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Cas des organismes exerçant les activités d’inspection</w:t>
             </w:r>
@@ -15718,51 +16804,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C5355FA" wp14:editId="6416328E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-556895</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>92075</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="323215" cy="314325"/>
             <wp:effectExtent l="19050" t="0" r="635" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="4" name="Image 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:blip r:embed="rId18" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="323215" cy="314325"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -15844,260 +16930,292 @@
         </w:rPr>
         <w:t xml:space="preserve">pourront être </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>nécessaires selon la portée d’accréditation demandée. Elles vous seront demandées lors de l’instruction de votre demande par le gestionnaire de votre dossier</w:t>
       </w:r>
       <w:r w:rsidR="000858B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A5D910A" w14:textId="77777777" w:rsidR="00BA64D4" w:rsidRDefault="00BA64D4" w:rsidP="00133809">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14771F82" w14:textId="07995679" w:rsidR="00BA64D4" w:rsidRPr="00AA33CB" w:rsidRDefault="000C70C1" w:rsidP="00E024A0">
+    <w:p w14:paraId="26446FA3" w14:textId="4ACA9CAD" w:rsidR="00CF0893" w:rsidRDefault="000C70C1" w:rsidP="00712FCE">
       <w:pPr>
         <w:pStyle w:val="paragra"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C70C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="429E7084" wp14:editId="534F4641">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-547370</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>298450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="325120" cy="310515"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Image 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:blip r:embed="rId18" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="325120" cy="310515"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Par ailleurs, il incombe au demandeur </w:t>
+        <w:t xml:space="preserve">Par ailleurs, il </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA64D4" w:rsidRPr="00A554A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">incombe au demandeur d’apporter la preuve qu’il a souscrit une assurance « responsabilité civile » couvrant ses risques au titre des activités pour lesquelles l’accréditation </w:t>
+      </w:r>
+      <w:r w:rsidR="00C10642" w:rsidRPr="00A554A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>est demandée</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA64D4" w:rsidRPr="00A554A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en fournissant</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA64D4" w:rsidRPr="000C70C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> une</w:t>
       </w:r>
       <w:r w:rsidR="00BA64D4" w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">d’apporter la preuve qu’il a souscrit une assurance « responsabilité civile » couvrant </w:t>
+        <w:t xml:space="preserve"> attestation émise par la Compagnie d’Assurances auprès de laquelle il est assuré. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F105E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>En fonction des activités demandées</w:t>
+      </w:r>
+      <w:r w:rsidR="00425A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, c</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA64D4" w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ette </w:t>
       </w:r>
       <w:r w:rsidR="00BA64D4" w:rsidRPr="000C70C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-        <w:t xml:space="preserve">ses risques au titre des activités pour lesquelles l’accréditation </w:t>
+          <w:b/>
+        </w:rPr>
+        <w:t>attestation d’assurance</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA64D4" w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607D94">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>doit</w:t>
+      </w:r>
+      <w:r w:rsidR="00A554A9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA64D4" w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">être fournie avec le dossier de demande d’accréditation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>initiale</w:t>
+      </w:r>
+      <w:r w:rsidR="00607D94">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C3ED1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00607D94">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dans tous les cas elle </w:t>
       </w:r>
       <w:r w:rsidR="00C10642">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>est demandée</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> en fournissant une</w:t>
+        <w:t xml:space="preserve">devra </w:t>
       </w:r>
       <w:r w:rsidR="00BA64D4" w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> attestation émise par la Compagnie d’Assurances auprès de laquelle il est assuré. Cette </w:t>
-[...6 lines deleted...]
-        <w:t>attestation d’assurance</w:t>
+        <w:t xml:space="preserve">être </w:t>
+      </w:r>
+      <w:r w:rsidR="00700EF5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">transmise </w:t>
       </w:r>
       <w:r w:rsidR="00BA64D4" w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> peut être fournie avec le dossier de demande d’accréditation </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>au plus tard à l’issue de l’évaluation initiale.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5FF4851F" w14:textId="77777777" w:rsidR="00133809" w:rsidRDefault="00133809" w:rsidP="005F558A">
-[...20 lines deleted...]
-    <w:p w14:paraId="2A7B9662" w14:textId="77777777" w:rsidR="00181E1D" w:rsidRDefault="00CF0893" w:rsidP="00683ABE">
+    <w:p w14:paraId="2A7B9662" w14:textId="260FBC2B" w:rsidR="00181E1D" w:rsidRDefault="00CF0893" w:rsidP="00683ABE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00533581" w:rsidRPr="00AA33CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Pour une </w:t>
       </w:r>
       <w:r w:rsidR="009301E2" w:rsidRPr="00AA33CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>demande d’extension</w:t>
       </w:r>
       <w:r w:rsidR="00235930" w:rsidRPr="00133809">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009301E2" w:rsidRPr="00133809">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>de l</w:t>
       </w:r>
       <w:r w:rsidR="00235930" w:rsidRPr="00133809">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a portée d</w:t>
       </w:r>
       <w:r w:rsidR="009301E2" w:rsidRPr="00133809">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>’accréditation</w:t>
       </w:r>
       <w:r w:rsidR="00133809">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
@@ -16113,51 +17231,51 @@
     <w:p w14:paraId="62450318" w14:textId="77777777" w:rsidR="00181E1D" w:rsidRDefault="00181E1D">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9464" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7905"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C87C61" w14:paraId="5EDD0D8C" w14:textId="77777777" w:rsidTr="00C92007">
+      <w:tr w:rsidR="00C87C61" w14:paraId="5EDD0D8C" w14:textId="77777777" w:rsidTr="00A004DF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C94933A" w14:textId="77777777" w:rsidR="00C87C61" w:rsidRPr="00D71155" w:rsidRDefault="00C87C61" w:rsidP="00C87C61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D71155">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
@@ -16190,51 +17308,51 @@
           <w:p w14:paraId="5E2F7D0C" w14:textId="77777777" w:rsidR="00C87C61" w:rsidRPr="00D71155" w:rsidRDefault="00C92007" w:rsidP="00C92007">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D71155">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Item </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>dans ce document</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC6D4D" w14:paraId="160CBB48" w14:textId="77777777" w:rsidTr="00C92007">
+      <w:tr w:rsidR="00AC6D4D" w14:paraId="160CBB48" w14:textId="77777777" w:rsidTr="00A004DF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="615DAC0B" w14:textId="77777777" w:rsidR="00AC6D4D" w:rsidRDefault="00AC6D4D" w:rsidP="00AF16EC">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008032FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Preuve d’immatriculation de l’entité juridique formulant la demande</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="619E0952" w14:textId="77777777" w:rsidR="00AC6D4D" w:rsidRPr="000B653E" w:rsidRDefault="00AC6D4D" w:rsidP="00AF16EC">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -16355,193 +17473,175 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39F8BA38" w14:textId="77777777" w:rsidR="00AC6D4D" w:rsidRPr="008032FF" w:rsidRDefault="00AC6D4D" w:rsidP="00AF16EC">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="_1.1._L’entité_juridique" w:history="1">
               <w:r w:rsidRPr="00ED049D">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>1.1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC6D4D" w14:paraId="14A281A0" w14:textId="77777777" w:rsidTr="00C92007">
+      <w:tr w:rsidR="00AC6D4D" w14:paraId="14A281A0" w14:textId="77777777" w:rsidTr="00A004DF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="017970D5" w14:textId="77777777" w:rsidR="00AC6D4D" w:rsidRDefault="00AC6D4D" w:rsidP="00C87C61">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00852548">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Preuve de responsabilité juridique de l’entité pour les activités présentées à l’accréditation</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BF3DBAC" w14:textId="7AFC6FF5" w:rsidR="00AC6D4D" w:rsidRDefault="00877A84" w:rsidP="00C87C61">
+          <w:p w14:paraId="2AEA4D48" w14:textId="1B11B4D8" w:rsidR="00FE0CBA" w:rsidRPr="00D27F6A" w:rsidRDefault="00877A84" w:rsidP="00712FCE">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Fournir les </w:t>
             </w:r>
             <w:r w:rsidRPr="00D27F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>statuts de l’entreprise/l’association,</w:t>
-[...66 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>statuts de l’entreprise/l’association</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A39BF2" w14:textId="77777777" w:rsidR="00AC6D4D" w:rsidRPr="008032FF" w:rsidRDefault="00AC6D4D" w:rsidP="00C87C61">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="_1.1._L’entité_juridique" w:history="1">
               <w:r w:rsidRPr="00ED049D">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>1.1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC6D4D" w14:paraId="5AF133A1" w14:textId="77777777" w:rsidTr="00C92007">
+      <w:tr w:rsidR="00F66BC8" w14:paraId="03B2B06F" w14:textId="77777777" w:rsidTr="00A004DF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7905" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2267B2" w14:textId="25233E2C" w:rsidR="00F66BC8" w:rsidRPr="00F941F5" w:rsidRDefault="00F66BC8" w:rsidP="00C87C61">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F941F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dans le cas d’une demande d’accréditation pour un organisme multisite ou organisés en réseau, les documents à soumettre sont précisés dans la procédure </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F941F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>GEN PROC 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F941F5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en vigueur.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F0F34D" w14:textId="77777777" w:rsidR="00F66BC8" w:rsidRDefault="00F66BC8" w:rsidP="00C87C61">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AC6D4D" w14:paraId="5AF133A1" w14:textId="77777777" w:rsidTr="00A004DF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="395385CE" w14:textId="04F17E66" w:rsidR="00AC6D4D" w:rsidRPr="00C01546" w:rsidRDefault="00AC6D4D" w:rsidP="00C87C61">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C01546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Cas des organismes exerçant les activités d’inspection</w:t>
             </w:r>
             <w:r w:rsidR="005B1DE3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -16616,51 +17716,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F0B98C9" w14:textId="77777777" w:rsidR="00AC6D4D" w:rsidRPr="008032FF" w:rsidRDefault="00AC6D4D" w:rsidP="00C87C61">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="_1.2._L’organisme_réalisant" w:history="1">
               <w:r w:rsidRPr="00ED049D">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>1.2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC6D4D" w14:paraId="13671FDF" w14:textId="77777777" w:rsidTr="00C92007">
+      <w:tr w:rsidR="00AC6D4D" w14:paraId="13671FDF" w14:textId="77777777" w:rsidTr="00A004DF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="725694CE" w14:textId="77777777" w:rsidR="00AC6D4D" w:rsidRPr="00C01546" w:rsidRDefault="00AC6D4D" w:rsidP="00C87C61">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C01546">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Lorsqu’elle est une condition pour postuler à l’accréditation ou exercer les activités présentées à l’accréditation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
@@ -16754,418 +17854,930 @@
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08AA96C8" w14:textId="77777777" w:rsidR="00AC6D4D" w:rsidRPr="008032FF" w:rsidRDefault="00AC6D4D" w:rsidP="00C87C61">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink w:anchor="_2.1_Compétences_revendiquées" w:history="1">
               <w:r w:rsidRPr="00ED049D">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>2.1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF16EC" w14:paraId="5E4AB27C" w14:textId="77777777" w:rsidTr="00C92007">
+      <w:tr w:rsidR="005F6B3B" w14:paraId="5708EB58" w14:textId="77777777" w:rsidTr="00A004DF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7905" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="763E5DBD" w14:textId="77777777" w:rsidR="00AF16EC" w:rsidRPr="00AF16EC" w:rsidRDefault="00AF16EC" w:rsidP="00AF16EC">
+          <w:p w14:paraId="043B37CD" w14:textId="2668C5BA" w:rsidR="005F6B3B" w:rsidRPr="00177BC5" w:rsidRDefault="005F6B3B" w:rsidP="005F6B3B">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF16EC">
-[...3 lines deleted...]
-              <w:t>Engagement du demandeur précisant l’intégration des activités demandées en extension au système de management évalué dans le cadre des autres activités accréditées de l’organisme</w:t>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyse d’impact </w:t>
+            </w:r>
+            <w:r w:rsidR="009C2560">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">et plan d’actions </w:t>
+            </w:r>
+            <w:r w:rsidR="00A54160">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>associé à</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> la demande d’extension d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">’accréditation </w:t>
+            </w:r>
+            <w:r w:rsidR="00A54160">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>concernant</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6ED8648C" w14:textId="37F40A25" w:rsidR="005F6B3B" w:rsidRDefault="005F6B3B" w:rsidP="005F6B3B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>- le système de management</w:t>
+            </w:r>
+            <w:r w:rsidR="00A54160">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de l’entité accrédité</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0295C5D6" w14:textId="0DBB38B6" w:rsidR="006D2919" w:rsidRPr="00177BC5" w:rsidRDefault="006D2919" w:rsidP="005F6B3B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00091799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A11014">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">respect des exigences d’indépendance </w:t>
+            </w:r>
+            <w:r w:rsidR="00A004DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de la norme NF EN ISO/IEC 17020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB2319">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>par</w:t>
+            </w:r>
+            <w:r w:rsidR="00A11014">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> l’entité </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB2319">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">juridique </w:t>
+            </w:r>
+            <w:r w:rsidR="00A11014">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>accrédité</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB2319">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E964E16" w14:textId="299D2034" w:rsidR="005F6B3B" w:rsidRDefault="005F6B3B" w:rsidP="005F6B3B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- le personnel impliqué dans les </w:t>
+            </w:r>
+            <w:r w:rsidR="006D2919">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>prestations</w:t>
+            </w:r>
+            <w:r w:rsidR="00091799">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A54160">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>demandées dan</w:t>
+            </w:r>
+            <w:r w:rsidR="006D2919">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s le cadre de l’extension </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18096604" w14:textId="5A4682BA" w:rsidR="009C2560" w:rsidRPr="00177BC5" w:rsidRDefault="009C2560" w:rsidP="005F6B3B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- la </w:t>
+            </w:r>
+            <w:r w:rsidR="00A1055F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ou les </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>méthod</w:t>
+            </w:r>
+            <w:r w:rsidR="00701FF1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidR="00A1055F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>(s)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> d’inspection, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54147F5D" w14:textId="0806D50B" w:rsidR="005F6B3B" w:rsidRPr="00AF16EC" w:rsidRDefault="005F6B3B" w:rsidP="005F6B3B">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>- les installations ou équipements nécessaires à la réalisation des</w:t>
+            </w:r>
+            <w:r w:rsidR="006D2919">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prestations demandées dans le cadre de l’extension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="519F108C" w14:textId="77777777" w:rsidR="00AF16EC" w:rsidRPr="008032FF" w:rsidRDefault="00AF16EC" w:rsidP="00AF16EC">
+          <w:p w14:paraId="3166FD1C" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRDefault="005F6B3B" w:rsidP="00AF16EC">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...124 lines deleted...]
-            </w:hyperlink>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1F06759A" w14:textId="77777777" w:rsidR="00C87C61" w:rsidRDefault="00C87C61">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55DA6365" w14:textId="1E440D01" w:rsidR="000858B9" w:rsidRDefault="000858B9" w:rsidP="000858B9">
+    <w:p w14:paraId="3E45EA79" w14:textId="35AB5876" w:rsidR="005F6B3B" w:rsidRDefault="000858B9" w:rsidP="000858B9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2346FE56" wp14:editId="7597F118">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-556895</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>92075</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="323215" cy="314325"/>
             <wp:effectExtent l="19050" t="0" r="635" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="5" name="Image 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:blip r:embed="rId18" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="323215" cy="314325"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00AA33CB">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">Lorsque l’exercice des </w:t>
+      <w:r w:rsidR="005F6B3B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En fonction de la nature de l’extension demandée, des pièces complémentaires pourront être demandée comme : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="286428DD" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRDefault="005F6B3B" w:rsidP="000858B9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9346"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="005F6B3B" w:rsidRPr="00327BA6" w14:paraId="384BF2E4" w14:textId="77777777" w:rsidTr="00782490">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="023861B9" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRPr="00327BA6" w:rsidRDefault="005F6B3B" w:rsidP="006352BC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00327BA6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Enregistrement démontrant le respect de toutes les exigences du référentiel d’accréditation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4809BAB1" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRPr="00327BA6" w:rsidRDefault="005F6B3B" w:rsidP="006352BC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ex : rapport d’audit interne détaillé</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F6B3B" w:rsidRPr="00552988" w14:paraId="67ED34C3" w14:textId="77777777" w:rsidTr="00782490">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54B1F675" w14:textId="0B5D4641" w:rsidR="005F6B3B" w:rsidRPr="00552988" w:rsidRDefault="005F6B3B" w:rsidP="006352BC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00552988">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Enregistrement démontrant la qualification </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> personnes</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B3DEB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pour réaliser les </w:t>
+            </w:r>
+            <w:r w:rsidR="00782490">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>prestations demandées dans le cadre de l’extension</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A48DA58" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRPr="00552988" w:rsidRDefault="005F6B3B" w:rsidP="006352BC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00552988">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ex : attestation de qualification, titre d’habilitation, etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F6B3B" w:rsidRPr="00552988" w14:paraId="46635702" w14:textId="77777777" w:rsidTr="00782490">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="120E1208" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRPr="00552988" w:rsidRDefault="005F6B3B" w:rsidP="006352BC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00552988">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lorsque l’extension porte sur des activités nécessitant des installations fixes ou des équipements : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="40D673AE" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRPr="00552988" w:rsidRDefault="005F6B3B" w:rsidP="006352BC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00552988">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Enregistrement démontrant la présence et l’adéquation des installations ou équipements nécessaires </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E20AB94" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRPr="00552988" w:rsidRDefault="005F6B3B" w:rsidP="006352BC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00552988">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ex : preuves d’achat du matériel, preuves de suivi métrologique (vérification initiale ou en service, étalonnage), etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F6B3B" w:rsidRPr="00552988" w14:paraId="61DAF8D0" w14:textId="77777777" w:rsidTr="00782490">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C0DC682" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRPr="00552988" w:rsidRDefault="005F6B3B" w:rsidP="006352BC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00552988">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Lorsque l’extension porte sur des nouvelles activités : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="678560CF" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRPr="00552988" w:rsidRDefault="005F6B3B" w:rsidP="006352BC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00552988">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Enregistrement démontrant l’existence de méthode d’inspection</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C35760">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">programme de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C35760">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>validation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ou </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C35760">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>vérification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552988">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>pour l’activité demandée en extension</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02DFE182" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRPr="00552988" w:rsidRDefault="005F6B3B" w:rsidP="006352BC">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00552988">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ex : procédure d’inspection</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B1DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">programme </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B1DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de validation </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ou </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B1DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>vérification</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00552988">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, instruction technique, mode opératoire, etc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4DB20E7F" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRDefault="005F6B3B" w:rsidP="000858B9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22DA9676" w14:textId="77777777" w:rsidR="005F6B3B" w:rsidRDefault="005F6B3B" w:rsidP="000858B9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55DA6365" w14:textId="145CD2E1" w:rsidR="000858B9" w:rsidRDefault="005F6B3B" w:rsidP="000858B9">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>D’autre part, l</w:t>
+      </w:r>
+      <w:r w:rsidR="000858B9" w:rsidRPr="00AA33CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orsque l’exercice des </w:t>
       </w:r>
       <w:r w:rsidR="002E5961">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>activité</w:t>
       </w:r>
       <w:r w:rsidR="003B3061">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="003B3061" w:rsidRPr="00AA33CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA33CB">
+      <w:r w:rsidR="000858B9" w:rsidRPr="00AA33CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>présentées à l’accréditation est con</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000858B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ditionné </w:t>
       </w:r>
       <w:r w:rsidR="005604D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>à l’obtention préalable d’une « </w:t>
       </w:r>
       <w:r w:rsidR="005604D8" w:rsidRPr="00AA33CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>recevabilité opérationnelle</w:t>
       </w:r>
       <w:r w:rsidR="005604D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> » </w:t>
       </w:r>
       <w:r w:rsidR="005604D8" w:rsidRPr="005604D8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
         </w:rPr>
         <w:t>telle que défini dans le règlement d’accréditation</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000858B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>, d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AA33CB">
+      <w:r w:rsidR="000858B9" w:rsidRPr="00AA33CB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">es pièces complémentaires </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000858B9">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>pourront être nécessaires selon la portée d’accréditation demandée. Elles vous seront demandées lors de l’instruction de votre demande par le gestionnaire de votre dossier.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="362405DA" w14:textId="77777777" w:rsidR="006A7CB6" w:rsidRDefault="006A7CB6" w:rsidP="000858B9">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F014A6C" w14:textId="77777777" w:rsidR="00CF0893" w:rsidRDefault="006A7CB6" w:rsidP="006A7CB6">
+    <w:p w14:paraId="1EB7CF50" w14:textId="77777777" w:rsidR="00E70467" w:rsidRDefault="006A7CB6" w:rsidP="00E70467">
       <w:pPr>
         <w:pStyle w:val="paragra"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000C70C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="61092D56" wp14:editId="381D33C1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-547370</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>298450</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="325120" cy="310515"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="9" name="Image 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:blip r:embed="rId18" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="325120" cy="310515"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
@@ -17195,2126 +18807,1270 @@
         </w:rPr>
         <w:t>extension d’</w:t>
       </w:r>
       <w:r w:rsidRPr="000C70C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">accréditation </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>est demandée</w:t>
       </w:r>
       <w:r w:rsidRPr="000C70C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> en fournissant une</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> attestation émise par la Compagnie d’Assurances auprès de laquelle il est assuré. Cette </w:t>
+        <w:t xml:space="preserve"> attestation émise par la Compagnie d’Assurances auprès de laquelle il est assuré. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A25CE34" w14:textId="1BB1AB7E" w:rsidR="00E70467" w:rsidRPr="00AA33CB" w:rsidRDefault="00E70467" w:rsidP="00E70467">
+      <w:pPr>
+        <w:pStyle w:val="paragra"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>En fonction des activités demandées, c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ette </w:t>
       </w:r>
       <w:r w:rsidRPr="000C70C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>attestation d’assurance</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> peut être fournie avec le dossier de demande d’</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
+        <w:t xml:space="preserve">doit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>être fournie avec le dossier de demande d’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>extension d’</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>accréditation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et devra l’</w:t>
+        <w:t xml:space="preserve">. Dans tous les cas elle devra </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">être au plus tard à l’issue de l’évaluation </w:t>
+        <w:t xml:space="preserve">être </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>d’extension</w:t>
+        <w:t xml:space="preserve">transmise </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
+        <w:t xml:space="preserve">au plus tard à l’issue de l’évaluation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>d’extensio</w:t>
+      </w:r>
+      <w:r w:rsidR="00545AB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="1F014A6C" w14:textId="32A19F6C" w:rsidR="00CF0893" w:rsidRDefault="00CF0893" w:rsidP="006A7CB6">
+      <w:pPr>
+        <w:pStyle w:val="paragra"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w14:paraId="0F90DCFD" w14:textId="77777777" w:rsidR="00CF0893" w:rsidRDefault="00CF0893">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="437AA1E3" w14:textId="77777777" w:rsidR="00CF0893" w:rsidRDefault="00CF0893">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52A16259" w14:textId="77777777" w:rsidR="000858B9" w:rsidRDefault="00CF0893" w:rsidP="00683ABE">
+    <w:p w14:paraId="4D10314D" w14:textId="77777777" w:rsidR="00CF0893" w:rsidRDefault="00CF0893" w:rsidP="005F558A">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0140237B" w14:textId="77777777" w:rsidR="00CF0893" w:rsidRDefault="00CF0893" w:rsidP="005F558A">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="149DC442" w14:textId="77777777" w:rsidR="00683ABE" w:rsidRDefault="00CF0893" w:rsidP="00683ABE">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
-        <w:jc w:val="both"/>
+        <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidR="000858B9" w:rsidRPr="00AA33CB">
+      <w:r w:rsidR="00683ABE" w:rsidRPr="00133809">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">Pour une </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000858B9" w:rsidRPr="00AA33CB">
+        <w:t>Pour une</w:t>
+      </w:r>
+      <w:r w:rsidR="00683ABE" w:rsidRPr="006761C4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t>demande d’extension</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000858B9" w:rsidRPr="00133809">
+        <w:t xml:space="preserve"> demande d</w:t>
+      </w:r>
+      <w:r w:rsidR="00683ABE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...39 lines deleted...]
-      </w:pPr>
+        <w:t>e transfert d’accréditation </w:t>
+      </w:r>
+      <w:r w:rsidR="00683ABE" w:rsidRPr="00133809">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9464" w:type="dxa"/>
+        <w:tblW w:w="9583" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7905"/>
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="8046"/>
+        <w:gridCol w:w="1537"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000858B9" w14:paraId="4E611529" w14:textId="77777777" w:rsidTr="00C92007">
-[...2 lines deleted...]
-            <w:tcW w:w="7905" w:type="dxa"/>
+      <w:tr w:rsidR="00470D32" w14:paraId="6F1FDE6F" w14:textId="77777777" w:rsidTr="00FB2319">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8046" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79FAB4D6" w14:textId="77777777" w:rsidR="000858B9" w:rsidRPr="00D71155" w:rsidRDefault="000858B9" w:rsidP="00772AB7">
+          <w:p w14:paraId="037ECFA7" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="00D71155" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D71155">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Nature</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> des pièces demandées</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21F86730" w14:textId="77777777" w:rsidR="00C92007" w:rsidRPr="00D71155" w:rsidRDefault="00C92007" w:rsidP="00C92007">
+          <w:p w14:paraId="32F0F713" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="00D71155" w:rsidRDefault="00470D32" w:rsidP="00C92007">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D71155">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>Réf.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="519B5036" w14:textId="77777777" w:rsidR="000858B9" w:rsidRPr="00D71155" w:rsidRDefault="00C92007" w:rsidP="00C92007">
+          <w:p w14:paraId="614354FA" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="00D71155" w:rsidRDefault="00470D32" w:rsidP="00C92007">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D71155">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Item </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00C92007">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
               <w:t>dans ce document</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000858B9" w14:paraId="3DD0F6B7" w14:textId="77777777" w:rsidTr="00C92007">
-[...2 lines deleted...]
-            <w:tcW w:w="7905" w:type="dxa"/>
+      <w:tr w:rsidR="00470D32" w14:paraId="65656101" w14:textId="77777777" w:rsidTr="00FB2319">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8046" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D75B529" w14:textId="77777777" w:rsidR="000858B9" w:rsidRPr="00C01546" w:rsidRDefault="000858B9" w:rsidP="00772AB7">
+          <w:p w14:paraId="34A54827" w14:textId="77777777" w:rsidR="00470D32" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C01546">
-[...14 lines deleted...]
-          <w:p w14:paraId="27B3DBFC" w14:textId="77777777" w:rsidR="000858B9" w:rsidRDefault="000858B9" w:rsidP="00772AB7">
+            <w:r w:rsidRPr="008032FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Preuve d’immatriculation de l’entité juridique formulant la demande</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="43CDD583" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="00D27F6A" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D27F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="3A0B1037" w14:textId="77777777" w:rsidR="000858B9" w:rsidRPr="00D27F6A" w:rsidRDefault="000858B9" w:rsidP="00772AB7">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ex : extrait Kbis ou Lbis, avis d’enregistrement au répertoire SIRENE, publication de l’association au JO et n° d’enregistrement au registre des associations (RNA), </w:t>
+            </w:r>
+            <w:r w:rsidR="0074093A" w:rsidRPr="00D27F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A84D828" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="008032FF" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:anchor="_1.1._L’entité_juridique" w:history="1">
+              <w:r w:rsidRPr="00C92007">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:t>1.1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00470D32" w14:paraId="0E3EC90C" w14:textId="77777777" w:rsidTr="00FB2319">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D474178" w14:textId="77777777" w:rsidR="00470D32" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00852548">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Preuve de responsabilité juridique de l’entité pour les activités présentées à l’accréditation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45E7750D" w14:textId="77777777" w:rsidR="00FD695A" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D27F6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ex : pour les activités de vérification des instruments de mesure réglementées (métrologie légale)</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Ex : extrait Kbis, statuts de l’entreprise/l’association, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31A79E31" w14:textId="2FC39D0E" w:rsidR="00470D32" w:rsidRPr="00D27F6A" w:rsidRDefault="00FD695A" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> : </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D27F6A">
+            </w:pPr>
+            <w:r w:rsidRPr="00FE0CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">agrément/désignation </w:t>
+              <w:t>Dans le cas d’un</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>mis à jour</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00D27F6A">
+              <w:t xml:space="preserve">e demande de transfert d’accréditation pour un </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> de l’autorité administrative </w:t>
+              <w:t>organisme multisite</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ou accusé-réception de l</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000858B9">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE0CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>’autorité administrative pilote, confirmant que l’agrément / la désignation sera mis à jour dès lors que l’accréditation aura été obtenue pour l’extension demandée</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+              <w:t>ou organisés en réseau, les documents à soumettre sont précisés dans la procédure GEN PROC 10 en vigueur</w:t>
+            </w:r>
+            <w:r w:rsidR="0074093A" w:rsidRPr="00D27F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5579D443" w14:textId="77777777" w:rsidR="000858B9" w:rsidRPr="008032FF" w:rsidRDefault="000858B9" w:rsidP="00772AB7">
+          <w:p w14:paraId="066C928C" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="008032FF" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
+            <w:hyperlink w:anchor="_1.1._L’entité_juridique" w:history="1">
+              <w:r w:rsidRPr="00C92007">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:t>1.1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00470D32" w14:paraId="098F0233" w14:textId="77777777" w:rsidTr="00FB2319">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B39014" w14:textId="5788BC67" w:rsidR="00470D32" w:rsidRPr="00C01546" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Cas des organismes exerçant les activités d’inspection</w:t>
+            </w:r>
+            <w:r w:rsidR="005B1DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">, de </w:t>
+            </w:r>
+            <w:r w:rsidR="00E31EC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">validation ou </w:t>
+            </w:r>
+            <w:r w:rsidR="005B1DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">vérification </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">qui ne constituent qu’une partie de l’entité formulant la demande d’accréditation (ex : service, pôle, cellule, </w:t>
+            </w:r>
+            <w:r w:rsidR="0074093A" w:rsidRPr="00C01546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C01546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">) : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18AB0405" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="008032FF" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008032FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">rganigramme présentant le positionnement de l’organisme au sein de l’entité </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73C5E27E" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="008032FF" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink w:anchor="_1.2._L’organisme_réalisant" w:history="1">
+              <w:r w:rsidRPr="00C92007">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                </w:rPr>
+                <w:t>1.2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00470D32" w14:paraId="7C1C336B" w14:textId="77777777" w:rsidTr="00FB2319">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E540CE8" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="00C01546" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C01546">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>Lorsqu’elle est une condition pour postuler à l’accréditation ou exercer les activités présentées à l’accréditation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t> :</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09800AD5" w14:textId="77777777" w:rsidR="00470D32" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autorisation administrative ou du prescripteur d’accréditation </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="102C4C19" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="00D27F6A" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D27F6A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ex : agrément/désignation provisoire de l’autorité administrative pour les activités de vérification des instruments de mesure réglementées (métrologie légale)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E700FD6" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="008032FF" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
             <w:hyperlink w:anchor="_2.1_Compétences_revendiquées" w:history="1">
-              <w:r w:rsidRPr="00ED049D">
+              <w:r w:rsidRPr="00C92007">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 </w:rPr>
                 <w:t>2.1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF16EC" w14:paraId="46647BD6" w14:textId="77777777" w:rsidTr="00C92007">
-[...2 lines deleted...]
-            <w:tcW w:w="7905" w:type="dxa"/>
+      <w:tr w:rsidR="00470D32" w14:paraId="556E8A70" w14:textId="77777777" w:rsidTr="00FB2319">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8046" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1495A54C" w14:textId="77777777" w:rsidR="00AF16EC" w:rsidRPr="00AF16EC" w:rsidRDefault="00AF16EC" w:rsidP="00AF16EC">
+          <w:p w14:paraId="60ED964A" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="00177BC5" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00AF16EC">
-[...9 lines deleted...]
-            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Analyse d’impact du transfert d’accréditation sur : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15AB8FFE" w14:textId="77777777" w:rsidR="00470D32" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- le système de management, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41A3BB20" w14:textId="5398DCF8" w:rsidR="00E63023" w:rsidRPr="00177BC5" w:rsidRDefault="00E63023" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- le respect des exigences d’indépendance </w:t>
+            </w:r>
+            <w:r w:rsidR="00A004DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de la norme NF EN ISO/IEC 17020 </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB2319">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pour l’entité </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB2319" w:rsidRPr="008032FF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>juridique formulant la demande</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71BFC775" w14:textId="1982E955" w:rsidR="00470D32" w:rsidRPr="00177BC5" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>- le personnel impliqué dans les activités d’inspection</w:t>
+            </w:r>
+            <w:r w:rsidR="005B1DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">, de </w:t>
+            </w:r>
+            <w:r w:rsidR="00E31EC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">validation ou </w:t>
+            </w:r>
+            <w:r w:rsidR="005B1DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>vérification</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6553B895" w14:textId="59FA8B99" w:rsidR="00470D32" w:rsidRPr="00177BC5" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
+            <w:pPr>
+              <w:spacing w:before="60" w:after="60"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>- les installations ou équipements nécessaires à la réalisation des inspections</w:t>
+            </w:r>
+            <w:r w:rsidR="005B1DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">, des </w:t>
+            </w:r>
+            <w:r w:rsidR="00E31EC3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve">validations ou </w:t>
+            </w:r>
+            <w:r w:rsidR="005B1DE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+              </w:rPr>
+              <w:t>vérifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF30DC7" w14:textId="77777777" w:rsidR="00AF16EC" w:rsidRPr="008032FF" w:rsidRDefault="00AF16EC" w:rsidP="00AF16EC">
+          <w:p w14:paraId="57DD0751" w14:textId="77777777" w:rsidR="00470D32" w:rsidRPr="00177BC5" w:rsidRDefault="00470D32" w:rsidP="00F9122F">
             <w:pPr>
               <w:spacing w:before="60" w:after="60"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink w:anchor="_3.1_Organisation" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:r w:rsidRPr="00177BC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="17EF93D7" w14:textId="77777777" w:rsidR="00C87C61" w:rsidRDefault="00C87C61">
-      <w:pPr>
+    <w:p w14:paraId="0CC1C6A1" w14:textId="77777777" w:rsidR="00683ABE" w:rsidRDefault="00683ABE" w:rsidP="00683ABE">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00EDBD19" w14:textId="77777777" w:rsidR="00683ABE" w:rsidRDefault="003E3F9E" w:rsidP="00C92007">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...476 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="53574216" wp14:editId="558F3110">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="715A224E" wp14:editId="29E2EEF7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>-547370</wp:posOffset>
+              <wp:posOffset>-556895</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>298450</wp:posOffset>
+              <wp:posOffset>92075</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="325120" cy="310515"/>
-            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:extent cx="323215" cy="314325"/>
+            <wp:effectExtent l="19050" t="0" r="635" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="10" name="Image 19"/>
+            <wp:docPr id="6" name="Image 19"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 19"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:blip r:embed="rId18" cstate="print"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="323215" cy="314325"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA33CB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">es pièces complémentaires </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pourront être nécessaires selon la nature et l’ampleur des modifications induisant la demande de transfert d’accréditation. Elles vous seront demandées par le gestionnaire de votre dossier. L’examen de l’ensemble des éléments conduira à déterminer les modalités de transfert d’accréditation (examen documentaire uniquement ou couplé à une évaluation sur site). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B7C1ACF" w14:textId="77777777" w:rsidR="00C006C2" w:rsidRDefault="00C006C2" w:rsidP="00C92007">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E66DA0" w14:textId="77777777" w:rsidR="00545AB8" w:rsidRDefault="00C006C2" w:rsidP="00545AB8">
+      <w:pPr>
+        <w:pStyle w:val="paragra"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C70C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="01F6517A" wp14:editId="61A05D55">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>-547370</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>298450</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="325120" cy="310515"/>
+            <wp:effectExtent l="19050" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="11" name="Image 19"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 19"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId18" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="325120" cy="310515"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">Par ailleurs, si l’attestation d’assurance fournie lors de la précédente demande ne couvre pas l’objet de la présente demande d’extension, il incombe au demandeur </w:t>
+        <w:t xml:space="preserve">Par ailleurs, il incombe au demandeur </w:t>
       </w:r>
       <w:r w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">d’apporter la preuve qu’il a souscrit une assurance « responsabilité civile » couvrant </w:t>
       </w:r>
       <w:r w:rsidRPr="000C70C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>ses risques au titre des activités pour lesquelles l’</w:t>
+        <w:t>ses risques au titre des activités pour lesquelles l</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>extension d’</w:t>
+        <w:t>e transfert d’accréditation</w:t>
       </w:r>
       <w:r w:rsidRPr="000C70C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">accréditation </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t>est demandée</w:t>
+        <w:t>est demandé</w:t>
       </w:r>
       <w:r w:rsidRPr="000C70C1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> en fournissant une</w:t>
       </w:r>
       <w:r w:rsidRPr="00BA64D4">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> attestation émise par la Compagnie d’Assurances auprès de laquelle il est assuré. Cette </w:t>
-[...42 lines deleted...]
-        <w:t xml:space="preserve">examen des pièces demandées ci-dessus. </w:t>
+        <w:t xml:space="preserve"> attestation émise par la Compagnie d’Assurances auprès de laquelle il est assuré. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661BA184" w14:textId="77777777" w:rsidR="00CF0893" w:rsidRDefault="00CF0893" w:rsidP="005F558A">
-[...803 lines deleted...]
-    <w:p w14:paraId="231D4FEB" w14:textId="77777777" w:rsidR="00C006C2" w:rsidRDefault="00C006C2" w:rsidP="00C006C2">
+    <w:p w14:paraId="15C0843B" w14:textId="77F095A8" w:rsidR="00545AB8" w:rsidRPr="00AA33CB" w:rsidRDefault="00545AB8" w:rsidP="00545AB8">
       <w:pPr>
         <w:pStyle w:val="paragra"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>En fonction des activités demandées, c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ette </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C70C1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>attestation d’assurance</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">doit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">être fournie avec le dossier de demande d’accréditation </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de transfert. Dans tous les cas elle devra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">être </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">transmise </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">au plus tard à l’issue </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>du processus de transfert d’accrédi</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA08D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>tation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA64D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...86 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...59 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="368FABB6" w14:textId="4381AF1D" w:rsidR="00C006C2" w:rsidRPr="00235930" w:rsidRDefault="00C006C2" w:rsidP="00C92007">
+    <w:p w14:paraId="231D4FEB" w14:textId="5EDA9694" w:rsidR="00C006C2" w:rsidRDefault="00C006C2" w:rsidP="00C006C2">
+      <w:pPr>
+        <w:pStyle w:val="paragra"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="368FABB6" w14:textId="33CD859D" w:rsidR="00C006C2" w:rsidRPr="00235930" w:rsidRDefault="00C006C2" w:rsidP="00C92007">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C006C2" w:rsidRPr="00235930" w:rsidSect="00D92CFD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1133" w:bottom="1135" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4224B49F" w14:textId="77777777" w:rsidR="00FE57B8" w:rsidRDefault="00FE57B8" w:rsidP="00EB1E7A">
+    <w:p w14:paraId="4A727880" w14:textId="77777777" w:rsidR="007E536B" w:rsidRDefault="007E536B" w:rsidP="00EB1E7A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CBA740A" w14:textId="77777777" w:rsidR="00FE57B8" w:rsidRDefault="00FE57B8" w:rsidP="00EB1E7A">
+    <w:p w14:paraId="35D5163C" w14:textId="77777777" w:rsidR="007E536B" w:rsidRDefault="007E536B" w:rsidP="00EB1E7A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="738E7160" w14:textId="77777777" w:rsidR="00FE57B8" w:rsidRDefault="00FE57B8"/>
+    <w:p w14:paraId="2E628D35" w14:textId="77777777" w:rsidR="007E536B" w:rsidRDefault="007E536B"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -19411,118 +20167,134 @@
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm flipV="1">
                     <a:off x="0" y="0"/>
                     <a:ext cx="6583277" cy="77450"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5E4C2048" w14:textId="6CB7AC7C" w:rsidR="004F57ED" w:rsidRPr="00EE5BF5" w:rsidRDefault="004F57ED" w:rsidP="00EE5BF5">
+  <w:p w14:paraId="5E4C2048" w14:textId="0C625137" w:rsidR="004F57ED" w:rsidRPr="00EE5BF5" w:rsidRDefault="004F57ED" w:rsidP="00EE5BF5">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:spacing w:before="120"/>
       <w:rPr>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00EE5BF5">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>INS FORM 01 rév.</w:t>
     </w:r>
     <w:r w:rsidR="00CB22BD">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>21</w:t>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="007F0ABC">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00CB22BD" w:rsidRPr="00EE5BF5">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00EE5BF5">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>–</w:t>
     </w:r>
     <w:r w:rsidR="00D1375F">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00421FE7">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>01/</w:t>
     </w:r>
+    <w:r w:rsidR="007F0ABC">
+      <w:rPr>
+        <w:rFonts w:cs="Arial"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
     <w:r w:rsidR="00CB22BD">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>01</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00EE5BF5">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00CB22BD" w:rsidRPr="00EE5BF5">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>20</w:t>
     </w:r>
     <w:r w:rsidR="00CB22BD">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>25</w:t>
     </w:r>
@@ -19618,65 +20390,65 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>15</w:t>
     </w:r>
     <w:r w:rsidRPr="00EE5BF5">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6706E3CC" w14:textId="77777777" w:rsidR="00FE57B8" w:rsidRDefault="00FE57B8" w:rsidP="00EB1E7A">
+    <w:p w14:paraId="7FFB3EA7" w14:textId="77777777" w:rsidR="007E536B" w:rsidRDefault="007E536B" w:rsidP="00EB1E7A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="463F4EC3" w14:textId="77777777" w:rsidR="00FE57B8" w:rsidRDefault="00FE57B8" w:rsidP="00EB1E7A">
+    <w:p w14:paraId="55D850C2" w14:textId="77777777" w:rsidR="007E536B" w:rsidRDefault="007E536B" w:rsidP="00EB1E7A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="50EC6FC9" w14:textId="77777777" w:rsidR="00FE57B8" w:rsidRDefault="00FE57B8"/>
+    <w:p w14:paraId="7D8D1239" w14:textId="77777777" w:rsidR="007E536B" w:rsidRDefault="007E536B"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="6DFFDB1B" w14:textId="77777777" w:rsidR="004F57ED" w:rsidRDefault="004F57ED">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Cela correspond à un changement de responsabilité juridique pour les activités concernées par l’accréditation octroyée</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="1F5956AF" w14:textId="77777777" w:rsidR="004F57ED" w:rsidRDefault="004F57ED" w:rsidP="00E76B19">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:spacing w:before="60"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00EF21E5">
@@ -19993,161 +20765,128 @@
   <w:footnote w:id="15">
     <w:p w14:paraId="2E2F3959" w14:textId="77777777" w:rsidR="004F57ED" w:rsidRPr="004E4861" w:rsidRDefault="004F57ED" w:rsidP="00AC42AE">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00AC42AE">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:b/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00AC42AE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC42AE">
         <w:t>Il peut s’agir d’opérations réalisées par l’entité juridique demandant l’accréditation mais en dehors de l’organisme (quand l’organisme n’est qu’une partie du demandeur : service/pôle/cellule/autre) ou d’opérations confiées à des entités extérieures au demandeur.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
-    <w:p w14:paraId="64B7D463" w14:textId="34158454" w:rsidR="004F57ED" w:rsidRPr="00DD6BDC" w:rsidRDefault="004F57ED" w:rsidP="00F76AA4">
+    <w:p w14:paraId="7B5BB79F" w14:textId="77777777" w:rsidR="004F57ED" w:rsidRDefault="004F57ED" w:rsidP="00F76AA4">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00DD6BDC">
+      </w:pPr>
+      <w:r w:rsidRPr="0008644E">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:b/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00DD6BDC">
+      <w:r w:rsidRPr="0008644E">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">Caractère majeur d’une extension </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> au §10.2.1 du règlement d’accréditation INS REF 05</w:t>
+        <w:t>NB : si l’organisme a pour politique de ne pas transmettre les documents aux évaluateurs, la durée d’évaluation sur site sera étendue pour permettre la consultation de ces documents.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="17">
-    <w:p w14:paraId="7B5BB79F" w14:textId="77777777" w:rsidR="004F57ED" w:rsidRDefault="004F57ED" w:rsidP="00F76AA4">
+    <w:p w14:paraId="08A050EA" w14:textId="77777777" w:rsidR="004F57ED" w:rsidRDefault="004F57ED" w:rsidP="00F76AA4">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="0008644E">
+      <w:r w:rsidRPr="00842D17">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:b/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="0008644E">
+      <w:r w:rsidRPr="00842D17">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>NB : si l’organisme a pour politique de ne pas transmettre les documents aux évaluateurs, la durée d’évaluation sur site sera étendue pour permettre la consultation de ces documents.</w:t>
+        <w:t>Document INS REF 05 disponible sur www.cofrac.fr</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="18">
-    <w:p w14:paraId="08A050EA" w14:textId="77777777" w:rsidR="004F57ED" w:rsidRDefault="004F57ED" w:rsidP="00F76AA4">
+    <w:p w14:paraId="094CE81E" w14:textId="77777777" w:rsidR="004F57ED" w:rsidRDefault="004F57ED" w:rsidP="00F76AA4">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00842D17">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:b/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00842D17">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Document INS REF 05 disponible sur www.cofrac.fr</w:t>
+        <w:t>Document INS REF 06</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E77EE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>disponible sur www.cofrac.fr</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="19">
-    <w:p w14:paraId="094CE81E" w14:textId="77777777" w:rsidR="004F57ED" w:rsidRDefault="004F57ED" w:rsidP="00F76AA4">
-[...28 lines deleted...]
-  <w:footnote w:id="20">
     <w:p w14:paraId="667188D5" w14:textId="77777777" w:rsidR="004F57ED" w:rsidRDefault="004F57ED" w:rsidP="00F76AA4">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00842D17">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:b/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00842D17">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Document INS REF 07 disponible sur www.cofrac.fr</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
@@ -20233,51 +20972,51 @@
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:numPicBullet w:numPicBulletId="0">
     <w:pict>
       <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
         <v:stroke joinstyle="miter"/>
         <v:formulas>
           <v:f eqn="if lineDrawn pixelLineWidth 0"/>
           <v:f eqn="sum @0 1 0"/>
           <v:f eqn="sum 0 0 @1"/>
           <v:f eqn="prod @2 1 2"/>
           <v:f eqn="prod @3 21600 pixelWidth"/>
           <v:f eqn="prod @3 21600 pixelHeight"/>
           <v:f eqn="sum @0 0 1"/>
           <v:f eqn="prod @6 1 2"/>
           <v:f eqn="prod @7 21600 pixelWidth"/>
           <v:f eqn="sum @8 21600 0"/>
           <v:f eqn="prod @7 21600 pixelHeight"/>
           <v:f eqn="sum @10 21600 0"/>
         </v:formulas>
         <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
         <o:lock v:ext="edit" aspectratio="t"/>
       </v:shapetype>
-      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:11.25pt;height:11.25pt" o:bullet="t">
+      <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:14.5pt;height:14.5pt" o:bullet="t">
         <v:imagedata r:id="rId1" o:title="msoC0E3"/>
       </v:shape>
     </w:pict>
   </w:numPicBullet>
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02D009DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="95623BA6"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -21229,51 +21968,51 @@
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="412A2B9F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3ADC904A"/>
+    <w:tmpl w:val="B896E7E8"/>
     <w:lvl w:ilvl="0" w:tplc="040C0005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
@@ -22145,171 +22884,175 @@
     <w:rsid w:val="000121D6"/>
     <w:rsid w:val="00013659"/>
     <w:rsid w:val="00014049"/>
     <w:rsid w:val="00014452"/>
     <w:rsid w:val="00014A91"/>
     <w:rsid w:val="000152C0"/>
     <w:rsid w:val="00015307"/>
     <w:rsid w:val="000165D7"/>
     <w:rsid w:val="000166CB"/>
     <w:rsid w:val="000169E0"/>
     <w:rsid w:val="00016B38"/>
     <w:rsid w:val="000170B4"/>
     <w:rsid w:val="00017566"/>
     <w:rsid w:val="000202DE"/>
     <w:rsid w:val="000205C2"/>
     <w:rsid w:val="00020AE7"/>
     <w:rsid w:val="00020EFF"/>
     <w:rsid w:val="00023788"/>
     <w:rsid w:val="00024F1A"/>
     <w:rsid w:val="0002690E"/>
     <w:rsid w:val="00026F14"/>
     <w:rsid w:val="000276F2"/>
     <w:rsid w:val="00030100"/>
     <w:rsid w:val="00030909"/>
     <w:rsid w:val="00030DCB"/>
+    <w:rsid w:val="000322D2"/>
     <w:rsid w:val="00033BE1"/>
     <w:rsid w:val="00033E12"/>
     <w:rsid w:val="0003414D"/>
     <w:rsid w:val="0003492C"/>
     <w:rsid w:val="00036EBF"/>
     <w:rsid w:val="0003765C"/>
     <w:rsid w:val="00037B63"/>
     <w:rsid w:val="00040D57"/>
     <w:rsid w:val="00040D9C"/>
     <w:rsid w:val="00041192"/>
     <w:rsid w:val="000412CE"/>
     <w:rsid w:val="00042CAB"/>
     <w:rsid w:val="00043839"/>
     <w:rsid w:val="00043C16"/>
     <w:rsid w:val="000447B2"/>
     <w:rsid w:val="00044A88"/>
     <w:rsid w:val="00045EDA"/>
     <w:rsid w:val="00046911"/>
     <w:rsid w:val="00046F00"/>
     <w:rsid w:val="00050766"/>
     <w:rsid w:val="00051C15"/>
     <w:rsid w:val="0005382D"/>
     <w:rsid w:val="00054824"/>
+    <w:rsid w:val="00054B91"/>
     <w:rsid w:val="00056161"/>
     <w:rsid w:val="0005700D"/>
     <w:rsid w:val="000573FA"/>
     <w:rsid w:val="0005779C"/>
     <w:rsid w:val="0006043A"/>
     <w:rsid w:val="000617E0"/>
     <w:rsid w:val="000626AC"/>
     <w:rsid w:val="000645DB"/>
     <w:rsid w:val="00064B46"/>
     <w:rsid w:val="00067E10"/>
     <w:rsid w:val="00070054"/>
+    <w:rsid w:val="00070C71"/>
     <w:rsid w:val="000717F9"/>
     <w:rsid w:val="00072E58"/>
     <w:rsid w:val="00072EDE"/>
     <w:rsid w:val="000756A7"/>
     <w:rsid w:val="00075944"/>
     <w:rsid w:val="00076914"/>
     <w:rsid w:val="0007796C"/>
     <w:rsid w:val="00080614"/>
     <w:rsid w:val="00082AD7"/>
     <w:rsid w:val="00082B9C"/>
     <w:rsid w:val="000832D8"/>
     <w:rsid w:val="00083C19"/>
     <w:rsid w:val="00084424"/>
     <w:rsid w:val="000849B1"/>
     <w:rsid w:val="00084F50"/>
     <w:rsid w:val="000858B9"/>
     <w:rsid w:val="00085A0A"/>
     <w:rsid w:val="0008644E"/>
     <w:rsid w:val="00087493"/>
     <w:rsid w:val="000878C9"/>
     <w:rsid w:val="00087914"/>
     <w:rsid w:val="0009094A"/>
     <w:rsid w:val="00090CDC"/>
     <w:rsid w:val="00090CFC"/>
     <w:rsid w:val="00090F19"/>
     <w:rsid w:val="00091470"/>
+    <w:rsid w:val="00091799"/>
     <w:rsid w:val="00091E05"/>
     <w:rsid w:val="00091F25"/>
     <w:rsid w:val="0009233A"/>
     <w:rsid w:val="0009334A"/>
     <w:rsid w:val="00093687"/>
     <w:rsid w:val="00094244"/>
     <w:rsid w:val="0009722D"/>
     <w:rsid w:val="00097FDD"/>
     <w:rsid w:val="000A0521"/>
     <w:rsid w:val="000A091E"/>
-    <w:rsid w:val="000A2A59"/>
     <w:rsid w:val="000A2E03"/>
     <w:rsid w:val="000A3004"/>
     <w:rsid w:val="000A32C7"/>
     <w:rsid w:val="000A3A3D"/>
     <w:rsid w:val="000A3E0A"/>
     <w:rsid w:val="000A40E1"/>
     <w:rsid w:val="000A45FE"/>
     <w:rsid w:val="000A4EA7"/>
     <w:rsid w:val="000A64A3"/>
     <w:rsid w:val="000A7BBB"/>
     <w:rsid w:val="000B2913"/>
     <w:rsid w:val="000B2B98"/>
     <w:rsid w:val="000B38A6"/>
     <w:rsid w:val="000B4F93"/>
     <w:rsid w:val="000B653E"/>
     <w:rsid w:val="000C0120"/>
     <w:rsid w:val="000C0515"/>
     <w:rsid w:val="000C1F67"/>
     <w:rsid w:val="000C22A7"/>
     <w:rsid w:val="000C320C"/>
     <w:rsid w:val="000C3E93"/>
     <w:rsid w:val="000C4C8B"/>
     <w:rsid w:val="000C666A"/>
     <w:rsid w:val="000C6AE9"/>
     <w:rsid w:val="000C70C1"/>
     <w:rsid w:val="000C7802"/>
     <w:rsid w:val="000C785A"/>
     <w:rsid w:val="000D1C8A"/>
     <w:rsid w:val="000D34B1"/>
     <w:rsid w:val="000D34B3"/>
     <w:rsid w:val="000D3FBF"/>
     <w:rsid w:val="000D4C15"/>
     <w:rsid w:val="000D5D8F"/>
     <w:rsid w:val="000D6128"/>
     <w:rsid w:val="000D7CE0"/>
     <w:rsid w:val="000E04B8"/>
     <w:rsid w:val="000E07BE"/>
     <w:rsid w:val="000E11E0"/>
     <w:rsid w:val="000E230C"/>
     <w:rsid w:val="000E23DB"/>
     <w:rsid w:val="000E27F7"/>
     <w:rsid w:val="000E35FA"/>
     <w:rsid w:val="000E3833"/>
     <w:rsid w:val="000E3B43"/>
     <w:rsid w:val="000E3F6A"/>
     <w:rsid w:val="000E5B7B"/>
     <w:rsid w:val="000E5C6C"/>
     <w:rsid w:val="000E61F9"/>
     <w:rsid w:val="000E6CB5"/>
     <w:rsid w:val="000E6E73"/>
+    <w:rsid w:val="000E7466"/>
     <w:rsid w:val="000E749E"/>
     <w:rsid w:val="000E7AA5"/>
     <w:rsid w:val="000F139E"/>
     <w:rsid w:val="000F22CB"/>
     <w:rsid w:val="000F305A"/>
     <w:rsid w:val="000F48B9"/>
     <w:rsid w:val="000F50F2"/>
     <w:rsid w:val="000F5A61"/>
     <w:rsid w:val="000F5E35"/>
     <w:rsid w:val="000F7C12"/>
     <w:rsid w:val="00104144"/>
     <w:rsid w:val="0010571E"/>
     <w:rsid w:val="001061AC"/>
     <w:rsid w:val="00106A2E"/>
     <w:rsid w:val="00106BA9"/>
     <w:rsid w:val="00107D11"/>
     <w:rsid w:val="00107D1A"/>
     <w:rsid w:val="00110558"/>
     <w:rsid w:val="00110D4E"/>
     <w:rsid w:val="00111A60"/>
     <w:rsid w:val="001121BB"/>
     <w:rsid w:val="00112E8F"/>
     <w:rsid w:val="0011406C"/>
     <w:rsid w:val="001143C1"/>
     <w:rsid w:val="00114BE3"/>
@@ -22351,131 +23094,137 @@
     <w:rsid w:val="00137263"/>
     <w:rsid w:val="0014165C"/>
     <w:rsid w:val="00141C15"/>
     <w:rsid w:val="00141E11"/>
     <w:rsid w:val="001423A1"/>
     <w:rsid w:val="00142AE3"/>
     <w:rsid w:val="00143568"/>
     <w:rsid w:val="00144B6C"/>
     <w:rsid w:val="001463AE"/>
     <w:rsid w:val="00146751"/>
     <w:rsid w:val="00146960"/>
     <w:rsid w:val="00147ACE"/>
     <w:rsid w:val="00150067"/>
     <w:rsid w:val="00150F15"/>
     <w:rsid w:val="001525E6"/>
     <w:rsid w:val="00152976"/>
     <w:rsid w:val="00152C68"/>
     <w:rsid w:val="00153697"/>
     <w:rsid w:val="0015411C"/>
     <w:rsid w:val="001542C1"/>
     <w:rsid w:val="00155F5E"/>
     <w:rsid w:val="00156AB1"/>
     <w:rsid w:val="00156EA9"/>
     <w:rsid w:val="00157108"/>
     <w:rsid w:val="00160330"/>
+    <w:rsid w:val="00160A9B"/>
     <w:rsid w:val="0016115B"/>
     <w:rsid w:val="001626A2"/>
     <w:rsid w:val="00162863"/>
     <w:rsid w:val="001633DF"/>
     <w:rsid w:val="00163776"/>
     <w:rsid w:val="0016433D"/>
     <w:rsid w:val="001648B4"/>
+    <w:rsid w:val="00164EA9"/>
     <w:rsid w:val="00165661"/>
     <w:rsid w:val="00170E15"/>
     <w:rsid w:val="00171338"/>
     <w:rsid w:val="00172065"/>
     <w:rsid w:val="0017255C"/>
     <w:rsid w:val="001737C0"/>
     <w:rsid w:val="00173BF7"/>
     <w:rsid w:val="00173DCC"/>
     <w:rsid w:val="0017433C"/>
     <w:rsid w:val="00175635"/>
     <w:rsid w:val="00175CBE"/>
     <w:rsid w:val="00176A57"/>
     <w:rsid w:val="00177BC5"/>
     <w:rsid w:val="001803C8"/>
+    <w:rsid w:val="00180CDE"/>
     <w:rsid w:val="00181E1D"/>
     <w:rsid w:val="00182312"/>
     <w:rsid w:val="0018254F"/>
     <w:rsid w:val="00182D7F"/>
     <w:rsid w:val="00183903"/>
     <w:rsid w:val="00184BE6"/>
     <w:rsid w:val="001854CE"/>
     <w:rsid w:val="00185544"/>
     <w:rsid w:val="0018655C"/>
     <w:rsid w:val="00186CDE"/>
     <w:rsid w:val="0018788B"/>
     <w:rsid w:val="001908B2"/>
     <w:rsid w:val="00190989"/>
     <w:rsid w:val="00190A67"/>
     <w:rsid w:val="00191007"/>
     <w:rsid w:val="00191032"/>
     <w:rsid w:val="001924EC"/>
     <w:rsid w:val="001927E2"/>
     <w:rsid w:val="00193A0D"/>
     <w:rsid w:val="00194C0D"/>
     <w:rsid w:val="00194E9F"/>
     <w:rsid w:val="00195C8F"/>
     <w:rsid w:val="00196A57"/>
     <w:rsid w:val="00196DD5"/>
     <w:rsid w:val="001A0451"/>
     <w:rsid w:val="001A051B"/>
     <w:rsid w:val="001A1806"/>
+    <w:rsid w:val="001A3301"/>
     <w:rsid w:val="001A3EFC"/>
     <w:rsid w:val="001A4098"/>
     <w:rsid w:val="001A4C5E"/>
     <w:rsid w:val="001A5414"/>
     <w:rsid w:val="001A6453"/>
     <w:rsid w:val="001A6674"/>
     <w:rsid w:val="001A6CC8"/>
     <w:rsid w:val="001A7FF5"/>
     <w:rsid w:val="001B0E2F"/>
     <w:rsid w:val="001B2BB2"/>
     <w:rsid w:val="001B2F38"/>
     <w:rsid w:val="001B2F4F"/>
     <w:rsid w:val="001B37F7"/>
     <w:rsid w:val="001B5147"/>
     <w:rsid w:val="001B5C82"/>
+    <w:rsid w:val="001B702A"/>
     <w:rsid w:val="001B7CE1"/>
     <w:rsid w:val="001C250C"/>
     <w:rsid w:val="001C30E7"/>
     <w:rsid w:val="001C4578"/>
     <w:rsid w:val="001C66B6"/>
     <w:rsid w:val="001C6CB0"/>
     <w:rsid w:val="001C6CBD"/>
     <w:rsid w:val="001C718B"/>
     <w:rsid w:val="001C777C"/>
     <w:rsid w:val="001C77AD"/>
     <w:rsid w:val="001D0FE3"/>
     <w:rsid w:val="001D1535"/>
     <w:rsid w:val="001D4929"/>
     <w:rsid w:val="001D4D1D"/>
     <w:rsid w:val="001D5FAE"/>
     <w:rsid w:val="001D6341"/>
     <w:rsid w:val="001D73C9"/>
     <w:rsid w:val="001D7EAB"/>
+    <w:rsid w:val="001E0405"/>
     <w:rsid w:val="001E0713"/>
     <w:rsid w:val="001E20C1"/>
     <w:rsid w:val="001E31B5"/>
     <w:rsid w:val="001E33C2"/>
     <w:rsid w:val="001E3459"/>
     <w:rsid w:val="001E376A"/>
     <w:rsid w:val="001E450C"/>
     <w:rsid w:val="001E4B26"/>
     <w:rsid w:val="001E4CE8"/>
     <w:rsid w:val="001E4D0F"/>
     <w:rsid w:val="001E562B"/>
     <w:rsid w:val="001E5694"/>
     <w:rsid w:val="001E59AE"/>
     <w:rsid w:val="001E5BA8"/>
     <w:rsid w:val="001E6AAA"/>
     <w:rsid w:val="001E77EE"/>
     <w:rsid w:val="001E7E17"/>
     <w:rsid w:val="001F1B12"/>
     <w:rsid w:val="001F2CE4"/>
     <w:rsid w:val="001F3165"/>
     <w:rsid w:val="001F4057"/>
     <w:rsid w:val="001F425F"/>
     <w:rsid w:val="001F50C0"/>
     <w:rsid w:val="001F5447"/>
     <w:rsid w:val="001F617B"/>
@@ -22511,198 +23260,207 @@
     <w:rsid w:val="0023456E"/>
     <w:rsid w:val="00235930"/>
     <w:rsid w:val="00235A60"/>
     <w:rsid w:val="00235A80"/>
     <w:rsid w:val="00235EB3"/>
     <w:rsid w:val="00236956"/>
     <w:rsid w:val="00237727"/>
     <w:rsid w:val="00237AC8"/>
     <w:rsid w:val="00241E96"/>
     <w:rsid w:val="002446A4"/>
     <w:rsid w:val="00244BCE"/>
     <w:rsid w:val="00244FE9"/>
     <w:rsid w:val="00246F01"/>
     <w:rsid w:val="00247808"/>
     <w:rsid w:val="002505D7"/>
     <w:rsid w:val="00250A4F"/>
     <w:rsid w:val="0025141B"/>
     <w:rsid w:val="00251A23"/>
     <w:rsid w:val="002545A9"/>
     <w:rsid w:val="00254CF9"/>
     <w:rsid w:val="00260CF6"/>
     <w:rsid w:val="002616C8"/>
     <w:rsid w:val="00262C4D"/>
     <w:rsid w:val="0026302E"/>
     <w:rsid w:val="00263A1D"/>
+    <w:rsid w:val="00263FB5"/>
     <w:rsid w:val="00264473"/>
     <w:rsid w:val="00264666"/>
     <w:rsid w:val="00264AB5"/>
     <w:rsid w:val="00265226"/>
     <w:rsid w:val="002654C3"/>
     <w:rsid w:val="00265794"/>
     <w:rsid w:val="002659F9"/>
     <w:rsid w:val="00267032"/>
+    <w:rsid w:val="00267907"/>
     <w:rsid w:val="00270870"/>
     <w:rsid w:val="002716B5"/>
+    <w:rsid w:val="00271992"/>
     <w:rsid w:val="00271D9E"/>
     <w:rsid w:val="00273127"/>
     <w:rsid w:val="002739DA"/>
     <w:rsid w:val="002742DB"/>
     <w:rsid w:val="00274BAB"/>
     <w:rsid w:val="00274C51"/>
     <w:rsid w:val="00276015"/>
     <w:rsid w:val="00276F03"/>
     <w:rsid w:val="00277AA8"/>
     <w:rsid w:val="002800B9"/>
     <w:rsid w:val="0028015D"/>
     <w:rsid w:val="00280D75"/>
     <w:rsid w:val="00280E45"/>
     <w:rsid w:val="00280FFE"/>
     <w:rsid w:val="00281E93"/>
     <w:rsid w:val="00282DE6"/>
     <w:rsid w:val="00283DFC"/>
     <w:rsid w:val="00283E39"/>
     <w:rsid w:val="002845EF"/>
     <w:rsid w:val="00284E3C"/>
     <w:rsid w:val="00284E52"/>
     <w:rsid w:val="00286AA5"/>
     <w:rsid w:val="00287EC3"/>
     <w:rsid w:val="002908FD"/>
     <w:rsid w:val="00291147"/>
     <w:rsid w:val="0029140C"/>
     <w:rsid w:val="002920AC"/>
     <w:rsid w:val="002920BF"/>
     <w:rsid w:val="002925AD"/>
     <w:rsid w:val="002950C5"/>
     <w:rsid w:val="00295A8C"/>
     <w:rsid w:val="00297120"/>
     <w:rsid w:val="00297366"/>
     <w:rsid w:val="002974F6"/>
     <w:rsid w:val="00297C17"/>
     <w:rsid w:val="002A17C3"/>
     <w:rsid w:val="002A295C"/>
     <w:rsid w:val="002A3246"/>
     <w:rsid w:val="002A36A9"/>
+    <w:rsid w:val="002A3AE6"/>
     <w:rsid w:val="002A627D"/>
     <w:rsid w:val="002B0882"/>
     <w:rsid w:val="002B1DD6"/>
     <w:rsid w:val="002B227C"/>
     <w:rsid w:val="002B336F"/>
     <w:rsid w:val="002B46D4"/>
     <w:rsid w:val="002B5A5F"/>
+    <w:rsid w:val="002B6287"/>
     <w:rsid w:val="002B7279"/>
     <w:rsid w:val="002C0133"/>
     <w:rsid w:val="002C0277"/>
     <w:rsid w:val="002C1E8B"/>
     <w:rsid w:val="002C2407"/>
     <w:rsid w:val="002C2AD4"/>
     <w:rsid w:val="002C371F"/>
     <w:rsid w:val="002C4B4B"/>
     <w:rsid w:val="002C4C86"/>
     <w:rsid w:val="002C53FF"/>
     <w:rsid w:val="002C6982"/>
     <w:rsid w:val="002C7587"/>
     <w:rsid w:val="002C7947"/>
     <w:rsid w:val="002C7E16"/>
     <w:rsid w:val="002D0E84"/>
     <w:rsid w:val="002D2572"/>
     <w:rsid w:val="002D2A96"/>
     <w:rsid w:val="002D4F7A"/>
     <w:rsid w:val="002D53C0"/>
     <w:rsid w:val="002D5C81"/>
     <w:rsid w:val="002D6985"/>
     <w:rsid w:val="002D6F6E"/>
+    <w:rsid w:val="002D7D93"/>
     <w:rsid w:val="002E1084"/>
     <w:rsid w:val="002E1272"/>
     <w:rsid w:val="002E19ED"/>
     <w:rsid w:val="002E240C"/>
     <w:rsid w:val="002E3095"/>
     <w:rsid w:val="002E3A23"/>
     <w:rsid w:val="002E5961"/>
     <w:rsid w:val="002E5D0F"/>
     <w:rsid w:val="002E6F69"/>
     <w:rsid w:val="002E7C01"/>
     <w:rsid w:val="002F0771"/>
     <w:rsid w:val="002F1487"/>
     <w:rsid w:val="002F2853"/>
     <w:rsid w:val="002F2D50"/>
     <w:rsid w:val="002F3077"/>
     <w:rsid w:val="002F3E4C"/>
     <w:rsid w:val="002F4072"/>
     <w:rsid w:val="002F6A5C"/>
     <w:rsid w:val="0030074C"/>
     <w:rsid w:val="00303C7A"/>
     <w:rsid w:val="00304376"/>
     <w:rsid w:val="0030467D"/>
     <w:rsid w:val="00304769"/>
     <w:rsid w:val="00305033"/>
     <w:rsid w:val="003053CB"/>
     <w:rsid w:val="00306724"/>
+    <w:rsid w:val="003073E2"/>
     <w:rsid w:val="00310E94"/>
     <w:rsid w:val="0031131A"/>
     <w:rsid w:val="00312080"/>
     <w:rsid w:val="00312976"/>
     <w:rsid w:val="00312FA5"/>
     <w:rsid w:val="0031422E"/>
     <w:rsid w:val="00314A5E"/>
     <w:rsid w:val="00314BA1"/>
     <w:rsid w:val="003157FB"/>
     <w:rsid w:val="00315AB2"/>
     <w:rsid w:val="00316C60"/>
     <w:rsid w:val="00320309"/>
     <w:rsid w:val="0032119B"/>
     <w:rsid w:val="00321448"/>
     <w:rsid w:val="00321D5C"/>
     <w:rsid w:val="00322859"/>
     <w:rsid w:val="003229AE"/>
     <w:rsid w:val="00322B91"/>
     <w:rsid w:val="0032459C"/>
     <w:rsid w:val="00324984"/>
     <w:rsid w:val="003258F3"/>
     <w:rsid w:val="00325AF7"/>
     <w:rsid w:val="00325DC2"/>
     <w:rsid w:val="00327BA6"/>
     <w:rsid w:val="00327FAD"/>
     <w:rsid w:val="00331B9C"/>
     <w:rsid w:val="0033384E"/>
     <w:rsid w:val="00333EAD"/>
     <w:rsid w:val="00333F9D"/>
     <w:rsid w:val="00335590"/>
     <w:rsid w:val="003361A8"/>
     <w:rsid w:val="003361B6"/>
     <w:rsid w:val="00336493"/>
     <w:rsid w:val="0033668C"/>
     <w:rsid w:val="00337D79"/>
+    <w:rsid w:val="00337ED4"/>
     <w:rsid w:val="00340817"/>
     <w:rsid w:val="00345981"/>
     <w:rsid w:val="0034598D"/>
     <w:rsid w:val="003468A3"/>
     <w:rsid w:val="0035033D"/>
     <w:rsid w:val="003509B4"/>
     <w:rsid w:val="00350A06"/>
     <w:rsid w:val="00350E11"/>
     <w:rsid w:val="00352520"/>
+    <w:rsid w:val="00355815"/>
     <w:rsid w:val="00357420"/>
     <w:rsid w:val="00357721"/>
     <w:rsid w:val="00357D86"/>
     <w:rsid w:val="00361F1C"/>
     <w:rsid w:val="00362FB7"/>
     <w:rsid w:val="003652E9"/>
     <w:rsid w:val="003655B2"/>
     <w:rsid w:val="0036568C"/>
     <w:rsid w:val="00365729"/>
     <w:rsid w:val="00365750"/>
     <w:rsid w:val="0036657C"/>
     <w:rsid w:val="00366FF5"/>
     <w:rsid w:val="0036713E"/>
     <w:rsid w:val="003747C4"/>
     <w:rsid w:val="00374CE8"/>
     <w:rsid w:val="00375246"/>
     <w:rsid w:val="00375FF6"/>
     <w:rsid w:val="0037623C"/>
     <w:rsid w:val="0037665D"/>
     <w:rsid w:val="00376BAE"/>
     <w:rsid w:val="0038109A"/>
     <w:rsid w:val="0038295F"/>
     <w:rsid w:val="00382A52"/>
     <w:rsid w:val="00386745"/>
     <w:rsid w:val="00387B8E"/>
@@ -22774,50 +23532,51 @@
     <w:rsid w:val="003F464F"/>
     <w:rsid w:val="00400AB3"/>
     <w:rsid w:val="004023EE"/>
     <w:rsid w:val="00402419"/>
     <w:rsid w:val="00403DDC"/>
     <w:rsid w:val="00404E3B"/>
     <w:rsid w:val="00405F90"/>
     <w:rsid w:val="00406A29"/>
     <w:rsid w:val="0040775C"/>
     <w:rsid w:val="00412146"/>
     <w:rsid w:val="004124D7"/>
     <w:rsid w:val="0041296E"/>
     <w:rsid w:val="00412B33"/>
     <w:rsid w:val="00412C69"/>
     <w:rsid w:val="00412DB7"/>
     <w:rsid w:val="004138EE"/>
     <w:rsid w:val="00413E87"/>
     <w:rsid w:val="004177DA"/>
     <w:rsid w:val="00421397"/>
     <w:rsid w:val="0042193E"/>
     <w:rsid w:val="00421EAB"/>
     <w:rsid w:val="00421FE7"/>
     <w:rsid w:val="00422313"/>
     <w:rsid w:val="00423F4D"/>
     <w:rsid w:val="004259BB"/>
+    <w:rsid w:val="00425A2E"/>
     <w:rsid w:val="0042603D"/>
     <w:rsid w:val="00426246"/>
     <w:rsid w:val="00426729"/>
     <w:rsid w:val="00427122"/>
     <w:rsid w:val="00427A09"/>
     <w:rsid w:val="004318E8"/>
     <w:rsid w:val="00431975"/>
     <w:rsid w:val="0043282F"/>
     <w:rsid w:val="00432943"/>
     <w:rsid w:val="00433E09"/>
     <w:rsid w:val="00434261"/>
     <w:rsid w:val="00434AC7"/>
     <w:rsid w:val="004357A4"/>
     <w:rsid w:val="004357B4"/>
     <w:rsid w:val="00436969"/>
     <w:rsid w:val="0044078C"/>
     <w:rsid w:val="004410E8"/>
     <w:rsid w:val="004440D9"/>
     <w:rsid w:val="00447DB6"/>
     <w:rsid w:val="0045072F"/>
     <w:rsid w:val="00453E00"/>
     <w:rsid w:val="00453ED0"/>
     <w:rsid w:val="00453F82"/>
     <w:rsid w:val="004573B1"/>
     <w:rsid w:val="0045759E"/>
@@ -22837,122 +23596,129 @@
     <w:rsid w:val="004674D5"/>
     <w:rsid w:val="00467782"/>
     <w:rsid w:val="00470D32"/>
     <w:rsid w:val="00470ED5"/>
     <w:rsid w:val="004713C9"/>
     <w:rsid w:val="0047255D"/>
     <w:rsid w:val="004729B3"/>
     <w:rsid w:val="00473F11"/>
     <w:rsid w:val="00474296"/>
     <w:rsid w:val="00474521"/>
     <w:rsid w:val="004749EC"/>
     <w:rsid w:val="00477077"/>
     <w:rsid w:val="0047772D"/>
     <w:rsid w:val="004801C5"/>
     <w:rsid w:val="0048160B"/>
     <w:rsid w:val="00481A7A"/>
     <w:rsid w:val="00481FAA"/>
     <w:rsid w:val="004823AE"/>
     <w:rsid w:val="00482686"/>
     <w:rsid w:val="00483996"/>
     <w:rsid w:val="0048425B"/>
     <w:rsid w:val="0048690C"/>
     <w:rsid w:val="00487A28"/>
     <w:rsid w:val="00487BB7"/>
     <w:rsid w:val="00487C37"/>
+    <w:rsid w:val="00487FE5"/>
     <w:rsid w:val="00490772"/>
     <w:rsid w:val="0049206F"/>
     <w:rsid w:val="004939BA"/>
     <w:rsid w:val="00494597"/>
     <w:rsid w:val="004945AE"/>
     <w:rsid w:val="00495CBC"/>
     <w:rsid w:val="00497E1B"/>
     <w:rsid w:val="004A080E"/>
     <w:rsid w:val="004A13B2"/>
+    <w:rsid w:val="004A21C4"/>
     <w:rsid w:val="004A2819"/>
     <w:rsid w:val="004A2B90"/>
+    <w:rsid w:val="004A3175"/>
     <w:rsid w:val="004A34CF"/>
     <w:rsid w:val="004A3D1C"/>
     <w:rsid w:val="004A44CA"/>
     <w:rsid w:val="004A595A"/>
     <w:rsid w:val="004A79A1"/>
     <w:rsid w:val="004A7BC4"/>
     <w:rsid w:val="004A7D10"/>
     <w:rsid w:val="004B04DC"/>
     <w:rsid w:val="004B0907"/>
     <w:rsid w:val="004B0F82"/>
     <w:rsid w:val="004B2B54"/>
     <w:rsid w:val="004B5C64"/>
     <w:rsid w:val="004B6004"/>
     <w:rsid w:val="004B656A"/>
     <w:rsid w:val="004B7E72"/>
     <w:rsid w:val="004C0820"/>
     <w:rsid w:val="004C0CEE"/>
+    <w:rsid w:val="004C2908"/>
     <w:rsid w:val="004C3BE2"/>
     <w:rsid w:val="004C4131"/>
     <w:rsid w:val="004C5F09"/>
     <w:rsid w:val="004C6313"/>
     <w:rsid w:val="004C6DE3"/>
     <w:rsid w:val="004C70E1"/>
     <w:rsid w:val="004C7248"/>
     <w:rsid w:val="004D139B"/>
     <w:rsid w:val="004D171C"/>
     <w:rsid w:val="004D18D0"/>
     <w:rsid w:val="004D1A1B"/>
     <w:rsid w:val="004D2A06"/>
     <w:rsid w:val="004D32CD"/>
     <w:rsid w:val="004D4109"/>
     <w:rsid w:val="004D47F5"/>
+    <w:rsid w:val="004D4C27"/>
     <w:rsid w:val="004D4E17"/>
     <w:rsid w:val="004D4EF0"/>
     <w:rsid w:val="004D52A0"/>
     <w:rsid w:val="004D5849"/>
     <w:rsid w:val="004D5CA8"/>
     <w:rsid w:val="004D6A75"/>
     <w:rsid w:val="004D6C6E"/>
     <w:rsid w:val="004D743A"/>
     <w:rsid w:val="004D7F60"/>
     <w:rsid w:val="004E0993"/>
     <w:rsid w:val="004E233E"/>
     <w:rsid w:val="004E3EE7"/>
     <w:rsid w:val="004E4861"/>
     <w:rsid w:val="004E71BC"/>
     <w:rsid w:val="004E76F7"/>
     <w:rsid w:val="004F0E1C"/>
     <w:rsid w:val="004F11F1"/>
     <w:rsid w:val="004F1CF9"/>
     <w:rsid w:val="004F3BAC"/>
+    <w:rsid w:val="004F47A3"/>
     <w:rsid w:val="004F49EB"/>
     <w:rsid w:val="004F57ED"/>
     <w:rsid w:val="004F6B49"/>
     <w:rsid w:val="004F785D"/>
     <w:rsid w:val="00500263"/>
     <w:rsid w:val="00500BD1"/>
     <w:rsid w:val="00501798"/>
     <w:rsid w:val="00502BDB"/>
     <w:rsid w:val="00503105"/>
     <w:rsid w:val="005042AA"/>
+    <w:rsid w:val="0050582A"/>
     <w:rsid w:val="00505C78"/>
     <w:rsid w:val="00505FCA"/>
     <w:rsid w:val="00506371"/>
     <w:rsid w:val="00506925"/>
     <w:rsid w:val="00506994"/>
     <w:rsid w:val="00506DAE"/>
     <w:rsid w:val="005071BA"/>
     <w:rsid w:val="00507641"/>
     <w:rsid w:val="005077BF"/>
     <w:rsid w:val="005077C2"/>
     <w:rsid w:val="005105A6"/>
     <w:rsid w:val="005106DF"/>
     <w:rsid w:val="00511990"/>
     <w:rsid w:val="00511A32"/>
     <w:rsid w:val="00513020"/>
     <w:rsid w:val="00513026"/>
     <w:rsid w:val="005132D4"/>
     <w:rsid w:val="00515C9F"/>
     <w:rsid w:val="00516070"/>
     <w:rsid w:val="00516744"/>
     <w:rsid w:val="00516BC0"/>
     <w:rsid w:val="00517611"/>
     <w:rsid w:val="00517AE7"/>
     <w:rsid w:val="00520CC3"/>
     <w:rsid w:val="00520D5E"/>
@@ -22963,66 +23729,68 @@
     <w:rsid w:val="005240FF"/>
     <w:rsid w:val="005258A4"/>
     <w:rsid w:val="00525CC9"/>
     <w:rsid w:val="00526005"/>
     <w:rsid w:val="00526C92"/>
     <w:rsid w:val="0052767C"/>
     <w:rsid w:val="005276A7"/>
     <w:rsid w:val="005276EA"/>
     <w:rsid w:val="0053097A"/>
     <w:rsid w:val="00531640"/>
     <w:rsid w:val="005334EA"/>
     <w:rsid w:val="00533581"/>
     <w:rsid w:val="00533F77"/>
     <w:rsid w:val="00535D39"/>
     <w:rsid w:val="005367C1"/>
     <w:rsid w:val="00537A09"/>
     <w:rsid w:val="00537AA4"/>
     <w:rsid w:val="00540A70"/>
     <w:rsid w:val="00540D30"/>
     <w:rsid w:val="00541890"/>
     <w:rsid w:val="00541CF6"/>
     <w:rsid w:val="005426E5"/>
     <w:rsid w:val="0054274F"/>
     <w:rsid w:val="00543626"/>
     <w:rsid w:val="0054480C"/>
+    <w:rsid w:val="00545AB8"/>
     <w:rsid w:val="005463CB"/>
     <w:rsid w:val="005464A4"/>
     <w:rsid w:val="00547132"/>
     <w:rsid w:val="005502A0"/>
     <w:rsid w:val="0055037E"/>
     <w:rsid w:val="00551CB7"/>
     <w:rsid w:val="00552988"/>
     <w:rsid w:val="00552B79"/>
     <w:rsid w:val="005535E4"/>
     <w:rsid w:val="00554EF3"/>
     <w:rsid w:val="00555D5C"/>
     <w:rsid w:val="00556E59"/>
     <w:rsid w:val="00557757"/>
     <w:rsid w:val="00557DCC"/>
     <w:rsid w:val="0056039B"/>
     <w:rsid w:val="005604D8"/>
+    <w:rsid w:val="00560630"/>
     <w:rsid w:val="00561091"/>
     <w:rsid w:val="00562593"/>
     <w:rsid w:val="005634AC"/>
     <w:rsid w:val="00563FF6"/>
     <w:rsid w:val="00564CD8"/>
     <w:rsid w:val="005656D2"/>
     <w:rsid w:val="00565BBF"/>
     <w:rsid w:val="00565BCF"/>
     <w:rsid w:val="00565C30"/>
     <w:rsid w:val="0056641B"/>
     <w:rsid w:val="005672A9"/>
     <w:rsid w:val="00567A2E"/>
     <w:rsid w:val="00570408"/>
     <w:rsid w:val="0057043D"/>
     <w:rsid w:val="0057173B"/>
     <w:rsid w:val="00571849"/>
     <w:rsid w:val="005720F9"/>
     <w:rsid w:val="00572D16"/>
     <w:rsid w:val="00573137"/>
     <w:rsid w:val="00573992"/>
     <w:rsid w:val="0057579D"/>
     <w:rsid w:val="00576A34"/>
     <w:rsid w:val="0057707C"/>
     <w:rsid w:val="00577A6F"/>
     <w:rsid w:val="0058016C"/>
@@ -23031,465 +23799,498 @@
     <w:rsid w:val="00581C5E"/>
     <w:rsid w:val="00582F1C"/>
     <w:rsid w:val="005848EE"/>
     <w:rsid w:val="0058521C"/>
     <w:rsid w:val="00585C86"/>
     <w:rsid w:val="00585F51"/>
     <w:rsid w:val="005863FA"/>
     <w:rsid w:val="00586AA9"/>
     <w:rsid w:val="00586C1D"/>
     <w:rsid w:val="0058729D"/>
     <w:rsid w:val="0059173A"/>
     <w:rsid w:val="00591D39"/>
     <w:rsid w:val="0059252C"/>
     <w:rsid w:val="00592C5B"/>
     <w:rsid w:val="00593058"/>
     <w:rsid w:val="005934DC"/>
     <w:rsid w:val="00593503"/>
     <w:rsid w:val="00595FD4"/>
     <w:rsid w:val="005A0A0D"/>
     <w:rsid w:val="005A0FD3"/>
     <w:rsid w:val="005A16B4"/>
     <w:rsid w:val="005A20AE"/>
     <w:rsid w:val="005A2BB2"/>
     <w:rsid w:val="005A2E82"/>
     <w:rsid w:val="005A3E13"/>
+    <w:rsid w:val="005A428F"/>
     <w:rsid w:val="005A42CE"/>
     <w:rsid w:val="005A5087"/>
     <w:rsid w:val="005A5ABC"/>
     <w:rsid w:val="005A5C80"/>
     <w:rsid w:val="005A6752"/>
     <w:rsid w:val="005A6AD9"/>
     <w:rsid w:val="005B0326"/>
     <w:rsid w:val="005B15CD"/>
     <w:rsid w:val="005B1778"/>
     <w:rsid w:val="005B17C1"/>
     <w:rsid w:val="005B1DE3"/>
     <w:rsid w:val="005B3AB1"/>
     <w:rsid w:val="005B3F39"/>
     <w:rsid w:val="005B484C"/>
     <w:rsid w:val="005B4CB2"/>
     <w:rsid w:val="005B59D5"/>
     <w:rsid w:val="005B5D5F"/>
     <w:rsid w:val="005B6D87"/>
     <w:rsid w:val="005B730E"/>
     <w:rsid w:val="005C050B"/>
     <w:rsid w:val="005C0C61"/>
+    <w:rsid w:val="005C2599"/>
     <w:rsid w:val="005C2665"/>
     <w:rsid w:val="005C2768"/>
     <w:rsid w:val="005C298F"/>
     <w:rsid w:val="005C3178"/>
     <w:rsid w:val="005C3A01"/>
     <w:rsid w:val="005C3A58"/>
     <w:rsid w:val="005C3F5A"/>
     <w:rsid w:val="005C5374"/>
     <w:rsid w:val="005C58B2"/>
     <w:rsid w:val="005C6619"/>
     <w:rsid w:val="005C7242"/>
     <w:rsid w:val="005C76BF"/>
     <w:rsid w:val="005D05E9"/>
     <w:rsid w:val="005D1145"/>
     <w:rsid w:val="005D22E0"/>
     <w:rsid w:val="005D2565"/>
     <w:rsid w:val="005D3C23"/>
     <w:rsid w:val="005D478B"/>
     <w:rsid w:val="005D578F"/>
     <w:rsid w:val="005D5BE4"/>
     <w:rsid w:val="005D5D05"/>
     <w:rsid w:val="005D5EF3"/>
     <w:rsid w:val="005D741E"/>
     <w:rsid w:val="005E0AE5"/>
     <w:rsid w:val="005E0B52"/>
     <w:rsid w:val="005E15BA"/>
     <w:rsid w:val="005E1C2E"/>
     <w:rsid w:val="005E2F7B"/>
     <w:rsid w:val="005E4CE7"/>
     <w:rsid w:val="005E57F8"/>
     <w:rsid w:val="005E6AED"/>
     <w:rsid w:val="005E6D79"/>
+    <w:rsid w:val="005E7082"/>
     <w:rsid w:val="005E7149"/>
     <w:rsid w:val="005E7CCE"/>
     <w:rsid w:val="005F0394"/>
     <w:rsid w:val="005F1C28"/>
     <w:rsid w:val="005F20B1"/>
     <w:rsid w:val="005F257C"/>
     <w:rsid w:val="005F2792"/>
     <w:rsid w:val="005F41FA"/>
     <w:rsid w:val="005F4237"/>
     <w:rsid w:val="005F52AC"/>
     <w:rsid w:val="005F54C7"/>
     <w:rsid w:val="005F558A"/>
     <w:rsid w:val="005F56C6"/>
     <w:rsid w:val="005F6AA5"/>
+    <w:rsid w:val="005F6B3B"/>
     <w:rsid w:val="005F6E8D"/>
+    <w:rsid w:val="005F721F"/>
     <w:rsid w:val="005F7D80"/>
     <w:rsid w:val="00600108"/>
     <w:rsid w:val="006009DD"/>
     <w:rsid w:val="006014CB"/>
     <w:rsid w:val="00602175"/>
     <w:rsid w:val="0060221F"/>
     <w:rsid w:val="00603DD0"/>
     <w:rsid w:val="00604367"/>
     <w:rsid w:val="00605415"/>
     <w:rsid w:val="00605F40"/>
     <w:rsid w:val="00606AB8"/>
+    <w:rsid w:val="00607D94"/>
     <w:rsid w:val="006106CA"/>
     <w:rsid w:val="006106CE"/>
     <w:rsid w:val="006115B8"/>
+    <w:rsid w:val="00611609"/>
     <w:rsid w:val="0061480C"/>
     <w:rsid w:val="00615036"/>
     <w:rsid w:val="006160FB"/>
     <w:rsid w:val="00616C0D"/>
     <w:rsid w:val="00617867"/>
     <w:rsid w:val="00620A8B"/>
     <w:rsid w:val="006216B0"/>
     <w:rsid w:val="0062174F"/>
     <w:rsid w:val="006235A3"/>
     <w:rsid w:val="00623746"/>
     <w:rsid w:val="00625C01"/>
     <w:rsid w:val="0062650E"/>
     <w:rsid w:val="00626D55"/>
     <w:rsid w:val="006273DB"/>
     <w:rsid w:val="0062755C"/>
     <w:rsid w:val="00630AE4"/>
     <w:rsid w:val="006323D8"/>
     <w:rsid w:val="00633858"/>
     <w:rsid w:val="006344E5"/>
     <w:rsid w:val="0063497B"/>
     <w:rsid w:val="00634F4F"/>
     <w:rsid w:val="00636CDC"/>
     <w:rsid w:val="00637E85"/>
     <w:rsid w:val="00637EC6"/>
     <w:rsid w:val="00640368"/>
     <w:rsid w:val="0064185A"/>
     <w:rsid w:val="00641916"/>
     <w:rsid w:val="006422F3"/>
     <w:rsid w:val="00642CFB"/>
     <w:rsid w:val="00643976"/>
     <w:rsid w:val="0064559A"/>
     <w:rsid w:val="00645721"/>
     <w:rsid w:val="00645912"/>
     <w:rsid w:val="006469A5"/>
     <w:rsid w:val="00646D2E"/>
     <w:rsid w:val="00646F7B"/>
     <w:rsid w:val="00650A63"/>
     <w:rsid w:val="0065177C"/>
     <w:rsid w:val="00652356"/>
     <w:rsid w:val="00652916"/>
     <w:rsid w:val="006538C8"/>
     <w:rsid w:val="00653910"/>
     <w:rsid w:val="0065462C"/>
     <w:rsid w:val="00656469"/>
     <w:rsid w:val="00656A90"/>
+    <w:rsid w:val="00660950"/>
     <w:rsid w:val="00660E6E"/>
     <w:rsid w:val="00664579"/>
     <w:rsid w:val="00664EBB"/>
+    <w:rsid w:val="006656F5"/>
     <w:rsid w:val="006664E0"/>
     <w:rsid w:val="00666836"/>
     <w:rsid w:val="006712B1"/>
     <w:rsid w:val="0067287B"/>
     <w:rsid w:val="00672D8D"/>
     <w:rsid w:val="0067344B"/>
     <w:rsid w:val="00674AC0"/>
     <w:rsid w:val="0067582B"/>
+    <w:rsid w:val="00675844"/>
     <w:rsid w:val="0067585E"/>
     <w:rsid w:val="00675A2C"/>
     <w:rsid w:val="00676034"/>
     <w:rsid w:val="006761C4"/>
     <w:rsid w:val="006761D0"/>
     <w:rsid w:val="006772AF"/>
     <w:rsid w:val="00677528"/>
     <w:rsid w:val="00677612"/>
+    <w:rsid w:val="006777ED"/>
     <w:rsid w:val="00677A0F"/>
     <w:rsid w:val="00677AEC"/>
     <w:rsid w:val="00680652"/>
     <w:rsid w:val="0068086D"/>
     <w:rsid w:val="0068194C"/>
     <w:rsid w:val="00681EF8"/>
     <w:rsid w:val="0068285A"/>
     <w:rsid w:val="00682A60"/>
+    <w:rsid w:val="00682E05"/>
     <w:rsid w:val="006833E1"/>
     <w:rsid w:val="00683ABE"/>
     <w:rsid w:val="00683D37"/>
     <w:rsid w:val="00684130"/>
     <w:rsid w:val="0068470F"/>
     <w:rsid w:val="00684AA1"/>
     <w:rsid w:val="006852FE"/>
+    <w:rsid w:val="00685D18"/>
+    <w:rsid w:val="00686582"/>
     <w:rsid w:val="00686FFE"/>
     <w:rsid w:val="00687435"/>
     <w:rsid w:val="00687C88"/>
+    <w:rsid w:val="00687E93"/>
     <w:rsid w:val="006902FD"/>
     <w:rsid w:val="00690B77"/>
     <w:rsid w:val="0069103B"/>
     <w:rsid w:val="00691EAC"/>
     <w:rsid w:val="006923CC"/>
     <w:rsid w:val="00692506"/>
     <w:rsid w:val="00692F1B"/>
     <w:rsid w:val="0069350E"/>
     <w:rsid w:val="006947E5"/>
     <w:rsid w:val="006959FA"/>
     <w:rsid w:val="00695AAF"/>
     <w:rsid w:val="006969E3"/>
     <w:rsid w:val="006973A3"/>
     <w:rsid w:val="006979E6"/>
     <w:rsid w:val="006A0215"/>
     <w:rsid w:val="006A174D"/>
     <w:rsid w:val="006A1E22"/>
     <w:rsid w:val="006A22FD"/>
     <w:rsid w:val="006A26C4"/>
     <w:rsid w:val="006A2736"/>
     <w:rsid w:val="006A34CD"/>
     <w:rsid w:val="006A446B"/>
     <w:rsid w:val="006A568F"/>
+    <w:rsid w:val="006A64A3"/>
     <w:rsid w:val="006A6C3C"/>
     <w:rsid w:val="006A7363"/>
     <w:rsid w:val="006A7CB6"/>
     <w:rsid w:val="006B0EE8"/>
+    <w:rsid w:val="006B255F"/>
     <w:rsid w:val="006B2566"/>
     <w:rsid w:val="006B360E"/>
     <w:rsid w:val="006B6D91"/>
     <w:rsid w:val="006C07A4"/>
     <w:rsid w:val="006C1C26"/>
     <w:rsid w:val="006C22D3"/>
     <w:rsid w:val="006C2304"/>
     <w:rsid w:val="006C2F14"/>
+    <w:rsid w:val="006C44DA"/>
     <w:rsid w:val="006C7292"/>
     <w:rsid w:val="006D063C"/>
     <w:rsid w:val="006D16D2"/>
     <w:rsid w:val="006D1C83"/>
     <w:rsid w:val="006D27E5"/>
+    <w:rsid w:val="006D2919"/>
     <w:rsid w:val="006D3360"/>
     <w:rsid w:val="006D37F4"/>
     <w:rsid w:val="006D3B28"/>
     <w:rsid w:val="006D3BD9"/>
     <w:rsid w:val="006D3CB8"/>
     <w:rsid w:val="006D3F2D"/>
     <w:rsid w:val="006D4082"/>
     <w:rsid w:val="006D4AC4"/>
     <w:rsid w:val="006D5A76"/>
     <w:rsid w:val="006D5B78"/>
     <w:rsid w:val="006D7B87"/>
     <w:rsid w:val="006E08C3"/>
     <w:rsid w:val="006E0CE1"/>
     <w:rsid w:val="006E2697"/>
     <w:rsid w:val="006E2D6F"/>
     <w:rsid w:val="006E32B9"/>
     <w:rsid w:val="006E3B80"/>
     <w:rsid w:val="006E3D12"/>
     <w:rsid w:val="006E549A"/>
     <w:rsid w:val="006E5C0F"/>
     <w:rsid w:val="006E654B"/>
+    <w:rsid w:val="006E7589"/>
     <w:rsid w:val="006E7784"/>
     <w:rsid w:val="006E7BBA"/>
     <w:rsid w:val="006E7FA8"/>
+    <w:rsid w:val="006F0970"/>
     <w:rsid w:val="006F24C0"/>
     <w:rsid w:val="006F2F37"/>
     <w:rsid w:val="006F3C2B"/>
+    <w:rsid w:val="006F4A05"/>
     <w:rsid w:val="006F5D11"/>
     <w:rsid w:val="006F6660"/>
     <w:rsid w:val="006F77EA"/>
     <w:rsid w:val="006F7B82"/>
     <w:rsid w:val="006F7EA3"/>
+    <w:rsid w:val="00700EF5"/>
+    <w:rsid w:val="00701FF1"/>
     <w:rsid w:val="00702548"/>
     <w:rsid w:val="007034B0"/>
     <w:rsid w:val="00703750"/>
     <w:rsid w:val="00703858"/>
     <w:rsid w:val="00703E0C"/>
     <w:rsid w:val="0070403A"/>
     <w:rsid w:val="00704B98"/>
     <w:rsid w:val="0070569D"/>
     <w:rsid w:val="00705E81"/>
     <w:rsid w:val="007068F3"/>
     <w:rsid w:val="00707370"/>
     <w:rsid w:val="00707FBB"/>
     <w:rsid w:val="007127CD"/>
     <w:rsid w:val="00712988"/>
+    <w:rsid w:val="00712FCE"/>
     <w:rsid w:val="007130C5"/>
     <w:rsid w:val="007136FA"/>
     <w:rsid w:val="0071388F"/>
     <w:rsid w:val="00713895"/>
     <w:rsid w:val="00715305"/>
     <w:rsid w:val="007153AF"/>
     <w:rsid w:val="007159C9"/>
     <w:rsid w:val="00716DED"/>
     <w:rsid w:val="00717CA6"/>
     <w:rsid w:val="00720FC5"/>
     <w:rsid w:val="00723C82"/>
     <w:rsid w:val="007242B1"/>
     <w:rsid w:val="00724B86"/>
     <w:rsid w:val="007259FB"/>
     <w:rsid w:val="00726421"/>
     <w:rsid w:val="00727336"/>
     <w:rsid w:val="0072766E"/>
     <w:rsid w:val="007277FB"/>
     <w:rsid w:val="007302FE"/>
     <w:rsid w:val="00732082"/>
     <w:rsid w:val="007325A0"/>
     <w:rsid w:val="00732A10"/>
     <w:rsid w:val="00733FFF"/>
     <w:rsid w:val="007341F1"/>
     <w:rsid w:val="00735798"/>
     <w:rsid w:val="00737658"/>
     <w:rsid w:val="0073781C"/>
     <w:rsid w:val="00737B8A"/>
     <w:rsid w:val="0074093A"/>
     <w:rsid w:val="00740CC1"/>
     <w:rsid w:val="00740E42"/>
+    <w:rsid w:val="00742690"/>
     <w:rsid w:val="00743015"/>
     <w:rsid w:val="007436A5"/>
     <w:rsid w:val="007440AA"/>
     <w:rsid w:val="00744216"/>
     <w:rsid w:val="00744C80"/>
     <w:rsid w:val="00745D69"/>
     <w:rsid w:val="00746195"/>
     <w:rsid w:val="00746569"/>
     <w:rsid w:val="007475DA"/>
     <w:rsid w:val="00747613"/>
     <w:rsid w:val="00751FC6"/>
     <w:rsid w:val="0075230F"/>
     <w:rsid w:val="00752790"/>
     <w:rsid w:val="00752DC6"/>
     <w:rsid w:val="00753217"/>
     <w:rsid w:val="00753986"/>
     <w:rsid w:val="00754A0F"/>
+    <w:rsid w:val="00755B4C"/>
     <w:rsid w:val="007565E5"/>
     <w:rsid w:val="0075688A"/>
     <w:rsid w:val="00761CA5"/>
     <w:rsid w:val="00762BDC"/>
     <w:rsid w:val="0076335D"/>
     <w:rsid w:val="007633E4"/>
     <w:rsid w:val="007636A1"/>
     <w:rsid w:val="00763ED8"/>
     <w:rsid w:val="007643B0"/>
     <w:rsid w:val="00765225"/>
     <w:rsid w:val="00765CC8"/>
     <w:rsid w:val="007660E8"/>
     <w:rsid w:val="00766563"/>
     <w:rsid w:val="0076751D"/>
     <w:rsid w:val="007677EA"/>
     <w:rsid w:val="0076782C"/>
     <w:rsid w:val="00770ADD"/>
     <w:rsid w:val="0077232A"/>
     <w:rsid w:val="00772AB7"/>
     <w:rsid w:val="00774490"/>
     <w:rsid w:val="00775D7C"/>
     <w:rsid w:val="0077606B"/>
     <w:rsid w:val="0078111E"/>
     <w:rsid w:val="0078165D"/>
     <w:rsid w:val="00781CA5"/>
+    <w:rsid w:val="00782490"/>
     <w:rsid w:val="00782B08"/>
     <w:rsid w:val="00783631"/>
     <w:rsid w:val="0078500D"/>
     <w:rsid w:val="00785E5D"/>
     <w:rsid w:val="007907D0"/>
     <w:rsid w:val="0079086C"/>
     <w:rsid w:val="00791233"/>
     <w:rsid w:val="00791B31"/>
     <w:rsid w:val="00793D90"/>
     <w:rsid w:val="007951F9"/>
     <w:rsid w:val="00795347"/>
     <w:rsid w:val="007974A1"/>
     <w:rsid w:val="007A0026"/>
     <w:rsid w:val="007A0848"/>
     <w:rsid w:val="007A0C1F"/>
     <w:rsid w:val="007A1508"/>
     <w:rsid w:val="007A22CC"/>
     <w:rsid w:val="007A24D2"/>
     <w:rsid w:val="007A35B2"/>
     <w:rsid w:val="007A4373"/>
     <w:rsid w:val="007A58DB"/>
     <w:rsid w:val="007A5BF2"/>
     <w:rsid w:val="007A7073"/>
     <w:rsid w:val="007A7E40"/>
     <w:rsid w:val="007A7FC0"/>
     <w:rsid w:val="007B0119"/>
     <w:rsid w:val="007B1040"/>
     <w:rsid w:val="007B17CE"/>
     <w:rsid w:val="007B1FB6"/>
     <w:rsid w:val="007B2660"/>
     <w:rsid w:val="007B3DEB"/>
     <w:rsid w:val="007B4951"/>
     <w:rsid w:val="007B5021"/>
     <w:rsid w:val="007B6695"/>
     <w:rsid w:val="007B6732"/>
     <w:rsid w:val="007B6792"/>
     <w:rsid w:val="007B6BB5"/>
     <w:rsid w:val="007B6E37"/>
     <w:rsid w:val="007B73A0"/>
     <w:rsid w:val="007C1C07"/>
+    <w:rsid w:val="007C23DE"/>
+    <w:rsid w:val="007C3ED1"/>
     <w:rsid w:val="007C41E5"/>
     <w:rsid w:val="007C5547"/>
     <w:rsid w:val="007C6172"/>
     <w:rsid w:val="007C78A9"/>
     <w:rsid w:val="007D058E"/>
     <w:rsid w:val="007D0843"/>
     <w:rsid w:val="007D0DE1"/>
     <w:rsid w:val="007D1C53"/>
     <w:rsid w:val="007D3495"/>
     <w:rsid w:val="007D41B2"/>
     <w:rsid w:val="007D41CB"/>
     <w:rsid w:val="007D5C17"/>
     <w:rsid w:val="007D6C5D"/>
     <w:rsid w:val="007D6C7E"/>
     <w:rsid w:val="007D7844"/>
     <w:rsid w:val="007D7EBF"/>
     <w:rsid w:val="007D7F36"/>
     <w:rsid w:val="007E15FE"/>
     <w:rsid w:val="007E195A"/>
     <w:rsid w:val="007E2823"/>
     <w:rsid w:val="007E3411"/>
     <w:rsid w:val="007E529A"/>
+    <w:rsid w:val="007E536B"/>
     <w:rsid w:val="007E6241"/>
     <w:rsid w:val="007E6F64"/>
+    <w:rsid w:val="007F0ABC"/>
     <w:rsid w:val="007F0D58"/>
     <w:rsid w:val="007F0FD5"/>
     <w:rsid w:val="007F15E5"/>
     <w:rsid w:val="007F16D1"/>
     <w:rsid w:val="007F1A1B"/>
     <w:rsid w:val="007F23BF"/>
     <w:rsid w:val="007F276F"/>
     <w:rsid w:val="007F2C86"/>
     <w:rsid w:val="007F37A5"/>
     <w:rsid w:val="007F4203"/>
     <w:rsid w:val="007F578D"/>
     <w:rsid w:val="007F63AE"/>
     <w:rsid w:val="007F76B3"/>
     <w:rsid w:val="00801E37"/>
     <w:rsid w:val="008025CC"/>
     <w:rsid w:val="008032FF"/>
     <w:rsid w:val="00804C08"/>
     <w:rsid w:val="00805365"/>
     <w:rsid w:val="0080575F"/>
     <w:rsid w:val="00805F2A"/>
     <w:rsid w:val="00806065"/>
     <w:rsid w:val="00806C7C"/>
     <w:rsid w:val="00810011"/>
     <w:rsid w:val="0081208A"/>
     <w:rsid w:val="0081243F"/>
     <w:rsid w:val="00813982"/>
     <w:rsid w:val="00814498"/>
     <w:rsid w:val="00815BC3"/>
+    <w:rsid w:val="00815FD7"/>
     <w:rsid w:val="008161CE"/>
     <w:rsid w:val="008165AD"/>
     <w:rsid w:val="008168DA"/>
     <w:rsid w:val="0081690A"/>
     <w:rsid w:val="0081753A"/>
     <w:rsid w:val="00817729"/>
     <w:rsid w:val="008206C2"/>
     <w:rsid w:val="00821586"/>
     <w:rsid w:val="00822196"/>
     <w:rsid w:val="008233F3"/>
     <w:rsid w:val="00824A17"/>
     <w:rsid w:val="00824AE3"/>
     <w:rsid w:val="00826458"/>
     <w:rsid w:val="00827B19"/>
     <w:rsid w:val="008302F8"/>
     <w:rsid w:val="0083054C"/>
     <w:rsid w:val="00830719"/>
     <w:rsid w:val="008315EC"/>
     <w:rsid w:val="008316D2"/>
     <w:rsid w:val="00832078"/>
     <w:rsid w:val="00832EA1"/>
     <w:rsid w:val="00833426"/>
     <w:rsid w:val="00833F8B"/>
     <w:rsid w:val="00834023"/>
     <w:rsid w:val="00834811"/>
@@ -23513,144 +24314,149 @@
     <w:rsid w:val="0085290D"/>
     <w:rsid w:val="0085347A"/>
     <w:rsid w:val="0085357E"/>
     <w:rsid w:val="00853CBA"/>
     <w:rsid w:val="00855A76"/>
     <w:rsid w:val="00857074"/>
     <w:rsid w:val="0086093E"/>
     <w:rsid w:val="00862D5B"/>
     <w:rsid w:val="008632C0"/>
     <w:rsid w:val="008632F3"/>
     <w:rsid w:val="00863B0A"/>
     <w:rsid w:val="00865508"/>
     <w:rsid w:val="00865D9B"/>
     <w:rsid w:val="00865DC8"/>
     <w:rsid w:val="00865FB1"/>
     <w:rsid w:val="00866292"/>
     <w:rsid w:val="00866B3D"/>
     <w:rsid w:val="00866F81"/>
     <w:rsid w:val="008704D9"/>
     <w:rsid w:val="00870CAB"/>
     <w:rsid w:val="00871E25"/>
     <w:rsid w:val="0087236F"/>
     <w:rsid w:val="00872A42"/>
     <w:rsid w:val="00872A8A"/>
     <w:rsid w:val="00873742"/>
+    <w:rsid w:val="00873803"/>
     <w:rsid w:val="008761E7"/>
     <w:rsid w:val="008768F6"/>
     <w:rsid w:val="00876ED0"/>
     <w:rsid w:val="00877977"/>
     <w:rsid w:val="00877A7D"/>
     <w:rsid w:val="00877A84"/>
     <w:rsid w:val="00880467"/>
     <w:rsid w:val="008809A5"/>
     <w:rsid w:val="00880EC4"/>
     <w:rsid w:val="00881445"/>
     <w:rsid w:val="008818B1"/>
     <w:rsid w:val="00883E04"/>
     <w:rsid w:val="00884AE8"/>
     <w:rsid w:val="0088569F"/>
     <w:rsid w:val="00885E0F"/>
     <w:rsid w:val="00885FCB"/>
     <w:rsid w:val="00886751"/>
     <w:rsid w:val="00887480"/>
     <w:rsid w:val="0088763A"/>
     <w:rsid w:val="00890E29"/>
     <w:rsid w:val="00891ED4"/>
     <w:rsid w:val="00893442"/>
     <w:rsid w:val="00893775"/>
     <w:rsid w:val="00893A37"/>
     <w:rsid w:val="0089423C"/>
     <w:rsid w:val="008942B5"/>
     <w:rsid w:val="00895EEF"/>
     <w:rsid w:val="008960F3"/>
     <w:rsid w:val="008967E6"/>
     <w:rsid w:val="008A0369"/>
     <w:rsid w:val="008A14CD"/>
     <w:rsid w:val="008A1B55"/>
     <w:rsid w:val="008A295C"/>
     <w:rsid w:val="008A2B85"/>
     <w:rsid w:val="008A4981"/>
     <w:rsid w:val="008A5464"/>
     <w:rsid w:val="008A5B60"/>
     <w:rsid w:val="008A6171"/>
     <w:rsid w:val="008A667C"/>
     <w:rsid w:val="008A689D"/>
     <w:rsid w:val="008A7463"/>
     <w:rsid w:val="008A7777"/>
     <w:rsid w:val="008A7834"/>
     <w:rsid w:val="008B214E"/>
     <w:rsid w:val="008B2AE3"/>
     <w:rsid w:val="008B2EA7"/>
     <w:rsid w:val="008B3417"/>
     <w:rsid w:val="008B3C6B"/>
+    <w:rsid w:val="008B3EE3"/>
     <w:rsid w:val="008B61E6"/>
     <w:rsid w:val="008B6344"/>
     <w:rsid w:val="008B6D19"/>
     <w:rsid w:val="008B70FA"/>
     <w:rsid w:val="008B7210"/>
     <w:rsid w:val="008C0176"/>
     <w:rsid w:val="008C09CB"/>
     <w:rsid w:val="008C0C6C"/>
     <w:rsid w:val="008C0D79"/>
     <w:rsid w:val="008C0EE0"/>
     <w:rsid w:val="008C125C"/>
     <w:rsid w:val="008C1385"/>
     <w:rsid w:val="008C2043"/>
     <w:rsid w:val="008C2174"/>
+    <w:rsid w:val="008C2BC0"/>
     <w:rsid w:val="008C47AD"/>
     <w:rsid w:val="008C6574"/>
     <w:rsid w:val="008C6B01"/>
     <w:rsid w:val="008D03F5"/>
     <w:rsid w:val="008D39EE"/>
     <w:rsid w:val="008D499C"/>
     <w:rsid w:val="008D53D6"/>
     <w:rsid w:val="008D6A45"/>
     <w:rsid w:val="008D6ABE"/>
     <w:rsid w:val="008D7523"/>
     <w:rsid w:val="008E09DF"/>
     <w:rsid w:val="008E0B83"/>
     <w:rsid w:val="008E18EB"/>
     <w:rsid w:val="008E21AF"/>
     <w:rsid w:val="008E28B8"/>
     <w:rsid w:val="008E31A2"/>
     <w:rsid w:val="008E3F4A"/>
     <w:rsid w:val="008E484F"/>
     <w:rsid w:val="008E4EEE"/>
     <w:rsid w:val="008E5D81"/>
     <w:rsid w:val="008E5E64"/>
     <w:rsid w:val="008E737A"/>
     <w:rsid w:val="008E7FE0"/>
     <w:rsid w:val="008F01FD"/>
+    <w:rsid w:val="008F0A34"/>
     <w:rsid w:val="008F151C"/>
     <w:rsid w:val="008F1720"/>
     <w:rsid w:val="008F2D78"/>
     <w:rsid w:val="008F2E06"/>
     <w:rsid w:val="008F2E3A"/>
     <w:rsid w:val="008F2EB7"/>
     <w:rsid w:val="008F58AD"/>
     <w:rsid w:val="008F6BB0"/>
+    <w:rsid w:val="008F71DA"/>
     <w:rsid w:val="008F75AE"/>
     <w:rsid w:val="008F7A0D"/>
     <w:rsid w:val="008F7E5F"/>
     <w:rsid w:val="008F7EDA"/>
     <w:rsid w:val="00900634"/>
     <w:rsid w:val="00902B2B"/>
     <w:rsid w:val="00902D1A"/>
     <w:rsid w:val="0090319F"/>
     <w:rsid w:val="00903632"/>
     <w:rsid w:val="0090407F"/>
     <w:rsid w:val="0090518E"/>
     <w:rsid w:val="009059F6"/>
     <w:rsid w:val="00906117"/>
     <w:rsid w:val="009064C1"/>
     <w:rsid w:val="009064DF"/>
     <w:rsid w:val="00906A88"/>
     <w:rsid w:val="00907D08"/>
     <w:rsid w:val="009105F4"/>
     <w:rsid w:val="00910A3C"/>
     <w:rsid w:val="00911540"/>
     <w:rsid w:val="00912A0E"/>
     <w:rsid w:val="00912D35"/>
     <w:rsid w:val="009140DA"/>
     <w:rsid w:val="00915016"/>
     <w:rsid w:val="0091570C"/>
@@ -23674,249 +24480,261 @@
     <w:rsid w:val="00937865"/>
     <w:rsid w:val="00937CD8"/>
     <w:rsid w:val="0094165F"/>
     <w:rsid w:val="00943D56"/>
     <w:rsid w:val="00945B37"/>
     <w:rsid w:val="00945F00"/>
     <w:rsid w:val="00946120"/>
     <w:rsid w:val="00950748"/>
     <w:rsid w:val="009508CD"/>
     <w:rsid w:val="00950DFC"/>
     <w:rsid w:val="00950F19"/>
     <w:rsid w:val="00951428"/>
     <w:rsid w:val="0095190E"/>
     <w:rsid w:val="00952877"/>
     <w:rsid w:val="0095307D"/>
     <w:rsid w:val="00953B8D"/>
     <w:rsid w:val="00953BDE"/>
     <w:rsid w:val="0095433F"/>
     <w:rsid w:val="009566AE"/>
     <w:rsid w:val="00956E8C"/>
     <w:rsid w:val="00957BA4"/>
     <w:rsid w:val="00957E3E"/>
     <w:rsid w:val="00960328"/>
     <w:rsid w:val="0096108E"/>
     <w:rsid w:val="009622AF"/>
+    <w:rsid w:val="0096327E"/>
     <w:rsid w:val="00963E4F"/>
     <w:rsid w:val="00965727"/>
     <w:rsid w:val="00965C45"/>
     <w:rsid w:val="00965C5F"/>
     <w:rsid w:val="00965F1D"/>
     <w:rsid w:val="0096636E"/>
     <w:rsid w:val="00966DC0"/>
     <w:rsid w:val="00966E1C"/>
     <w:rsid w:val="00967482"/>
     <w:rsid w:val="00967508"/>
     <w:rsid w:val="00972303"/>
     <w:rsid w:val="0097278C"/>
     <w:rsid w:val="00972C6A"/>
     <w:rsid w:val="00972FD3"/>
     <w:rsid w:val="009736CD"/>
     <w:rsid w:val="00973E52"/>
     <w:rsid w:val="0097445D"/>
     <w:rsid w:val="00974B6C"/>
     <w:rsid w:val="009801FC"/>
     <w:rsid w:val="009808BC"/>
     <w:rsid w:val="0098095E"/>
     <w:rsid w:val="00981DF2"/>
     <w:rsid w:val="0098423F"/>
+    <w:rsid w:val="0098424F"/>
     <w:rsid w:val="009848B1"/>
     <w:rsid w:val="00984BF5"/>
     <w:rsid w:val="0098579B"/>
     <w:rsid w:val="009867E9"/>
     <w:rsid w:val="0098734D"/>
     <w:rsid w:val="00987BA3"/>
     <w:rsid w:val="00987DAE"/>
     <w:rsid w:val="00991320"/>
     <w:rsid w:val="0099193D"/>
     <w:rsid w:val="009934AE"/>
     <w:rsid w:val="009937FF"/>
     <w:rsid w:val="00993E67"/>
     <w:rsid w:val="00995126"/>
     <w:rsid w:val="009966AD"/>
     <w:rsid w:val="00996B37"/>
     <w:rsid w:val="009976F1"/>
     <w:rsid w:val="009A01E8"/>
-    <w:rsid w:val="009A0615"/>
     <w:rsid w:val="009A2AD4"/>
     <w:rsid w:val="009A2E91"/>
     <w:rsid w:val="009A334B"/>
     <w:rsid w:val="009A3D42"/>
     <w:rsid w:val="009A5DC9"/>
     <w:rsid w:val="009A5E2C"/>
     <w:rsid w:val="009A5EA5"/>
     <w:rsid w:val="009A6080"/>
     <w:rsid w:val="009A615D"/>
     <w:rsid w:val="009A61F4"/>
     <w:rsid w:val="009A658B"/>
     <w:rsid w:val="009A68D2"/>
     <w:rsid w:val="009A6A3E"/>
     <w:rsid w:val="009A6BE6"/>
     <w:rsid w:val="009B087D"/>
     <w:rsid w:val="009B0E64"/>
     <w:rsid w:val="009B145B"/>
+    <w:rsid w:val="009B24F1"/>
     <w:rsid w:val="009B3E2C"/>
     <w:rsid w:val="009B4D78"/>
     <w:rsid w:val="009B500B"/>
     <w:rsid w:val="009B6DC7"/>
     <w:rsid w:val="009B70EC"/>
+    <w:rsid w:val="009B7447"/>
+    <w:rsid w:val="009C2560"/>
     <w:rsid w:val="009C3A51"/>
     <w:rsid w:val="009C6A43"/>
     <w:rsid w:val="009C6C1E"/>
     <w:rsid w:val="009C7667"/>
     <w:rsid w:val="009D0BBC"/>
     <w:rsid w:val="009D2ADE"/>
     <w:rsid w:val="009D318A"/>
     <w:rsid w:val="009D4CFB"/>
     <w:rsid w:val="009D5033"/>
     <w:rsid w:val="009D5B46"/>
     <w:rsid w:val="009D60E1"/>
     <w:rsid w:val="009D6833"/>
     <w:rsid w:val="009D7267"/>
     <w:rsid w:val="009E0FDB"/>
     <w:rsid w:val="009E150F"/>
     <w:rsid w:val="009E1C2C"/>
     <w:rsid w:val="009E1C6E"/>
     <w:rsid w:val="009E1D30"/>
     <w:rsid w:val="009E1E2A"/>
     <w:rsid w:val="009E2293"/>
     <w:rsid w:val="009E271D"/>
     <w:rsid w:val="009E288D"/>
     <w:rsid w:val="009E2E67"/>
     <w:rsid w:val="009E3CD3"/>
     <w:rsid w:val="009E4AD4"/>
     <w:rsid w:val="009E4C8A"/>
     <w:rsid w:val="009E5176"/>
     <w:rsid w:val="009E5E40"/>
     <w:rsid w:val="009E608D"/>
     <w:rsid w:val="009E7079"/>
     <w:rsid w:val="009F0197"/>
     <w:rsid w:val="009F0230"/>
     <w:rsid w:val="009F0D99"/>
     <w:rsid w:val="009F13A5"/>
     <w:rsid w:val="009F1F81"/>
     <w:rsid w:val="009F2AB5"/>
     <w:rsid w:val="009F3471"/>
     <w:rsid w:val="009F3AAB"/>
     <w:rsid w:val="009F4026"/>
     <w:rsid w:val="009F45B0"/>
     <w:rsid w:val="009F47CD"/>
     <w:rsid w:val="009F4917"/>
     <w:rsid w:val="009F4C7D"/>
     <w:rsid w:val="009F4DC4"/>
     <w:rsid w:val="009F54A3"/>
     <w:rsid w:val="009F5BC2"/>
     <w:rsid w:val="009F63B1"/>
+    <w:rsid w:val="00A004DF"/>
     <w:rsid w:val="00A01266"/>
     <w:rsid w:val="00A0194E"/>
     <w:rsid w:val="00A01B60"/>
     <w:rsid w:val="00A0222F"/>
     <w:rsid w:val="00A02B48"/>
     <w:rsid w:val="00A02C28"/>
     <w:rsid w:val="00A049D8"/>
     <w:rsid w:val="00A05B03"/>
     <w:rsid w:val="00A05DA9"/>
     <w:rsid w:val="00A062FF"/>
     <w:rsid w:val="00A064E4"/>
     <w:rsid w:val="00A06C56"/>
     <w:rsid w:val="00A071AA"/>
+    <w:rsid w:val="00A1055F"/>
+    <w:rsid w:val="00A11014"/>
     <w:rsid w:val="00A128EA"/>
     <w:rsid w:val="00A13F12"/>
     <w:rsid w:val="00A13F22"/>
     <w:rsid w:val="00A156AA"/>
+    <w:rsid w:val="00A156F0"/>
     <w:rsid w:val="00A15960"/>
     <w:rsid w:val="00A15B03"/>
     <w:rsid w:val="00A15B96"/>
     <w:rsid w:val="00A15D5D"/>
     <w:rsid w:val="00A1675B"/>
     <w:rsid w:val="00A16D49"/>
     <w:rsid w:val="00A2021F"/>
     <w:rsid w:val="00A20BCD"/>
+    <w:rsid w:val="00A20ED4"/>
     <w:rsid w:val="00A20F6D"/>
     <w:rsid w:val="00A22466"/>
     <w:rsid w:val="00A22AF4"/>
     <w:rsid w:val="00A2309F"/>
     <w:rsid w:val="00A241E9"/>
     <w:rsid w:val="00A254C8"/>
     <w:rsid w:val="00A25F64"/>
     <w:rsid w:val="00A275F1"/>
     <w:rsid w:val="00A2798F"/>
     <w:rsid w:val="00A27F5F"/>
     <w:rsid w:val="00A30ECC"/>
     <w:rsid w:val="00A3108B"/>
     <w:rsid w:val="00A3264C"/>
     <w:rsid w:val="00A32813"/>
     <w:rsid w:val="00A32CAA"/>
     <w:rsid w:val="00A34D37"/>
     <w:rsid w:val="00A35C90"/>
     <w:rsid w:val="00A35F55"/>
     <w:rsid w:val="00A360B5"/>
     <w:rsid w:val="00A36D45"/>
     <w:rsid w:val="00A376E7"/>
     <w:rsid w:val="00A40AB5"/>
     <w:rsid w:val="00A41013"/>
     <w:rsid w:val="00A411AB"/>
     <w:rsid w:val="00A418AB"/>
     <w:rsid w:val="00A428A4"/>
     <w:rsid w:val="00A43521"/>
     <w:rsid w:val="00A435DC"/>
     <w:rsid w:val="00A4453A"/>
     <w:rsid w:val="00A4506D"/>
     <w:rsid w:val="00A46A70"/>
     <w:rsid w:val="00A46C4A"/>
     <w:rsid w:val="00A50EA9"/>
     <w:rsid w:val="00A53170"/>
+    <w:rsid w:val="00A54160"/>
     <w:rsid w:val="00A545C5"/>
     <w:rsid w:val="00A551DA"/>
+    <w:rsid w:val="00A554A9"/>
     <w:rsid w:val="00A55719"/>
     <w:rsid w:val="00A5622E"/>
     <w:rsid w:val="00A56EEE"/>
     <w:rsid w:val="00A5720C"/>
     <w:rsid w:val="00A57420"/>
     <w:rsid w:val="00A60097"/>
     <w:rsid w:val="00A61F35"/>
     <w:rsid w:val="00A6239D"/>
     <w:rsid w:val="00A627E6"/>
     <w:rsid w:val="00A62A21"/>
     <w:rsid w:val="00A63EC5"/>
     <w:rsid w:val="00A64E57"/>
     <w:rsid w:val="00A65265"/>
     <w:rsid w:val="00A65267"/>
     <w:rsid w:val="00A661B8"/>
     <w:rsid w:val="00A667F7"/>
     <w:rsid w:val="00A66802"/>
     <w:rsid w:val="00A66CD0"/>
     <w:rsid w:val="00A70202"/>
     <w:rsid w:val="00A7147F"/>
     <w:rsid w:val="00A747D1"/>
     <w:rsid w:val="00A75542"/>
     <w:rsid w:val="00A7700A"/>
     <w:rsid w:val="00A7705B"/>
     <w:rsid w:val="00A80914"/>
     <w:rsid w:val="00A813DE"/>
     <w:rsid w:val="00A83F54"/>
     <w:rsid w:val="00A84DCF"/>
+    <w:rsid w:val="00A868EE"/>
     <w:rsid w:val="00A86C59"/>
     <w:rsid w:val="00A86FAD"/>
     <w:rsid w:val="00A871FC"/>
     <w:rsid w:val="00A873EE"/>
     <w:rsid w:val="00A9004F"/>
     <w:rsid w:val="00A90C1E"/>
     <w:rsid w:val="00A9120C"/>
     <w:rsid w:val="00A92BCD"/>
     <w:rsid w:val="00A93136"/>
     <w:rsid w:val="00A937BD"/>
     <w:rsid w:val="00A93FA2"/>
     <w:rsid w:val="00A94344"/>
     <w:rsid w:val="00A94503"/>
     <w:rsid w:val="00A96A17"/>
     <w:rsid w:val="00AA0BE2"/>
     <w:rsid w:val="00AA2AE5"/>
     <w:rsid w:val="00AA3255"/>
     <w:rsid w:val="00AA33CB"/>
     <w:rsid w:val="00AA47D1"/>
     <w:rsid w:val="00AA4FC6"/>
     <w:rsid w:val="00AA555F"/>
     <w:rsid w:val="00AA6477"/>
     <w:rsid w:val="00AA6DDC"/>
     <w:rsid w:val="00AA7E54"/>
     <w:rsid w:val="00AB0055"/>
@@ -23952,85 +24770,87 @@
     <w:rsid w:val="00AD3A8A"/>
     <w:rsid w:val="00AD3D41"/>
     <w:rsid w:val="00AD5002"/>
     <w:rsid w:val="00AD60A3"/>
     <w:rsid w:val="00AD6B7E"/>
     <w:rsid w:val="00AD73FA"/>
     <w:rsid w:val="00AD77D4"/>
     <w:rsid w:val="00AD7B81"/>
     <w:rsid w:val="00AE19B5"/>
     <w:rsid w:val="00AE1A95"/>
     <w:rsid w:val="00AE36A1"/>
     <w:rsid w:val="00AE3A66"/>
     <w:rsid w:val="00AE4357"/>
     <w:rsid w:val="00AE4E68"/>
     <w:rsid w:val="00AE5808"/>
     <w:rsid w:val="00AE66AA"/>
     <w:rsid w:val="00AE6C16"/>
     <w:rsid w:val="00AF085D"/>
     <w:rsid w:val="00AF113B"/>
     <w:rsid w:val="00AF16EC"/>
     <w:rsid w:val="00AF1A61"/>
     <w:rsid w:val="00AF1C8F"/>
     <w:rsid w:val="00AF2544"/>
     <w:rsid w:val="00AF278C"/>
     <w:rsid w:val="00AF3554"/>
+    <w:rsid w:val="00AF3681"/>
     <w:rsid w:val="00AF50BE"/>
     <w:rsid w:val="00AF5252"/>
     <w:rsid w:val="00AF579D"/>
     <w:rsid w:val="00AF5A10"/>
     <w:rsid w:val="00AF6A5E"/>
     <w:rsid w:val="00AF77BA"/>
     <w:rsid w:val="00AF7FD9"/>
     <w:rsid w:val="00B03400"/>
     <w:rsid w:val="00B038BA"/>
     <w:rsid w:val="00B03F23"/>
     <w:rsid w:val="00B04612"/>
     <w:rsid w:val="00B0490A"/>
     <w:rsid w:val="00B05C4C"/>
     <w:rsid w:val="00B06BFD"/>
     <w:rsid w:val="00B06FBA"/>
     <w:rsid w:val="00B0784C"/>
     <w:rsid w:val="00B07A88"/>
     <w:rsid w:val="00B10D8A"/>
     <w:rsid w:val="00B11137"/>
     <w:rsid w:val="00B12217"/>
     <w:rsid w:val="00B12271"/>
     <w:rsid w:val="00B12A58"/>
     <w:rsid w:val="00B130F3"/>
     <w:rsid w:val="00B132B7"/>
     <w:rsid w:val="00B135F9"/>
     <w:rsid w:val="00B138AC"/>
     <w:rsid w:val="00B13AF6"/>
     <w:rsid w:val="00B13DD9"/>
     <w:rsid w:val="00B145C1"/>
     <w:rsid w:val="00B14AAB"/>
     <w:rsid w:val="00B14C6D"/>
     <w:rsid w:val="00B14D75"/>
     <w:rsid w:val="00B14EBC"/>
     <w:rsid w:val="00B1591A"/>
     <w:rsid w:val="00B162F9"/>
+    <w:rsid w:val="00B201A7"/>
     <w:rsid w:val="00B20858"/>
     <w:rsid w:val="00B20ACF"/>
     <w:rsid w:val="00B2140F"/>
     <w:rsid w:val="00B22E66"/>
     <w:rsid w:val="00B23583"/>
     <w:rsid w:val="00B23E51"/>
     <w:rsid w:val="00B25870"/>
     <w:rsid w:val="00B26273"/>
     <w:rsid w:val="00B300B7"/>
     <w:rsid w:val="00B30234"/>
     <w:rsid w:val="00B30BCB"/>
     <w:rsid w:val="00B3118F"/>
     <w:rsid w:val="00B316C2"/>
     <w:rsid w:val="00B32000"/>
     <w:rsid w:val="00B32622"/>
     <w:rsid w:val="00B32FCA"/>
     <w:rsid w:val="00B33771"/>
     <w:rsid w:val="00B33D5C"/>
     <w:rsid w:val="00B34535"/>
     <w:rsid w:val="00B3697B"/>
     <w:rsid w:val="00B36ED4"/>
     <w:rsid w:val="00B404D6"/>
     <w:rsid w:val="00B4094E"/>
     <w:rsid w:val="00B41A64"/>
     <w:rsid w:val="00B41C9A"/>
@@ -24096,50 +24916,51 @@
     <w:rsid w:val="00BA1440"/>
     <w:rsid w:val="00BA1A65"/>
     <w:rsid w:val="00BA2263"/>
     <w:rsid w:val="00BA23CA"/>
     <w:rsid w:val="00BA2BBA"/>
     <w:rsid w:val="00BA3521"/>
     <w:rsid w:val="00BA3C62"/>
     <w:rsid w:val="00BA3C63"/>
     <w:rsid w:val="00BA42C5"/>
     <w:rsid w:val="00BA5220"/>
     <w:rsid w:val="00BA55A6"/>
     <w:rsid w:val="00BA55C3"/>
     <w:rsid w:val="00BA5C2E"/>
     <w:rsid w:val="00BA64D4"/>
     <w:rsid w:val="00BA67DB"/>
     <w:rsid w:val="00BB0214"/>
     <w:rsid w:val="00BB044F"/>
     <w:rsid w:val="00BB12C3"/>
     <w:rsid w:val="00BB2C5B"/>
     <w:rsid w:val="00BB368C"/>
     <w:rsid w:val="00BB387F"/>
     <w:rsid w:val="00BB3EC5"/>
     <w:rsid w:val="00BB3ECD"/>
     <w:rsid w:val="00BB409C"/>
     <w:rsid w:val="00BB4320"/>
+    <w:rsid w:val="00BB5397"/>
     <w:rsid w:val="00BB5C4F"/>
     <w:rsid w:val="00BB6192"/>
     <w:rsid w:val="00BB66D9"/>
     <w:rsid w:val="00BB71F2"/>
     <w:rsid w:val="00BB7335"/>
     <w:rsid w:val="00BC080B"/>
     <w:rsid w:val="00BC0CCF"/>
     <w:rsid w:val="00BC1E9A"/>
     <w:rsid w:val="00BC226D"/>
     <w:rsid w:val="00BC28D7"/>
     <w:rsid w:val="00BC34C3"/>
     <w:rsid w:val="00BC3D71"/>
     <w:rsid w:val="00BC3E24"/>
     <w:rsid w:val="00BC3E62"/>
     <w:rsid w:val="00BC4034"/>
     <w:rsid w:val="00BC721B"/>
     <w:rsid w:val="00BD1DF2"/>
     <w:rsid w:val="00BD2059"/>
     <w:rsid w:val="00BD36ED"/>
     <w:rsid w:val="00BD3CB2"/>
     <w:rsid w:val="00BD4431"/>
     <w:rsid w:val="00BD4CBF"/>
     <w:rsid w:val="00BD4DA9"/>
     <w:rsid w:val="00BD6089"/>
     <w:rsid w:val="00BD7450"/>
@@ -24291,330 +25112,343 @@
     <w:rsid w:val="00CA599D"/>
     <w:rsid w:val="00CA7314"/>
     <w:rsid w:val="00CA7EFE"/>
     <w:rsid w:val="00CB0C06"/>
     <w:rsid w:val="00CB118C"/>
     <w:rsid w:val="00CB120B"/>
     <w:rsid w:val="00CB22BD"/>
     <w:rsid w:val="00CB238C"/>
     <w:rsid w:val="00CB2EAB"/>
     <w:rsid w:val="00CB35B9"/>
     <w:rsid w:val="00CB37C8"/>
     <w:rsid w:val="00CB4CB7"/>
     <w:rsid w:val="00CB5925"/>
     <w:rsid w:val="00CB67F8"/>
     <w:rsid w:val="00CB7B43"/>
     <w:rsid w:val="00CC082A"/>
     <w:rsid w:val="00CC166E"/>
     <w:rsid w:val="00CC2E4E"/>
     <w:rsid w:val="00CC2F44"/>
     <w:rsid w:val="00CC39BC"/>
     <w:rsid w:val="00CC4753"/>
     <w:rsid w:val="00CC4A3C"/>
     <w:rsid w:val="00CC4BF4"/>
     <w:rsid w:val="00CC7246"/>
     <w:rsid w:val="00CC7258"/>
+    <w:rsid w:val="00CD0037"/>
     <w:rsid w:val="00CD1793"/>
     <w:rsid w:val="00CD18C0"/>
     <w:rsid w:val="00CD269C"/>
     <w:rsid w:val="00CD2C64"/>
     <w:rsid w:val="00CD2DDC"/>
     <w:rsid w:val="00CD367A"/>
     <w:rsid w:val="00CD3BB5"/>
     <w:rsid w:val="00CD6C8E"/>
     <w:rsid w:val="00CD6CE6"/>
     <w:rsid w:val="00CD6D67"/>
     <w:rsid w:val="00CE03BE"/>
     <w:rsid w:val="00CE0AD2"/>
     <w:rsid w:val="00CE1DD9"/>
     <w:rsid w:val="00CE2BA0"/>
     <w:rsid w:val="00CE2FD5"/>
     <w:rsid w:val="00CE3F8C"/>
     <w:rsid w:val="00CE4EAD"/>
     <w:rsid w:val="00CE7C15"/>
     <w:rsid w:val="00CF0893"/>
     <w:rsid w:val="00CF090D"/>
     <w:rsid w:val="00CF0C6A"/>
     <w:rsid w:val="00CF1753"/>
     <w:rsid w:val="00CF29B7"/>
+    <w:rsid w:val="00CF58BE"/>
     <w:rsid w:val="00CF5D04"/>
     <w:rsid w:val="00CF626F"/>
     <w:rsid w:val="00CF6F33"/>
     <w:rsid w:val="00CF7867"/>
     <w:rsid w:val="00D0004E"/>
     <w:rsid w:val="00D02395"/>
     <w:rsid w:val="00D02732"/>
     <w:rsid w:val="00D02A27"/>
     <w:rsid w:val="00D04A5F"/>
     <w:rsid w:val="00D05379"/>
     <w:rsid w:val="00D0574F"/>
     <w:rsid w:val="00D05791"/>
     <w:rsid w:val="00D06AD4"/>
     <w:rsid w:val="00D10CEE"/>
     <w:rsid w:val="00D11A06"/>
     <w:rsid w:val="00D11E09"/>
     <w:rsid w:val="00D1375F"/>
     <w:rsid w:val="00D1512A"/>
     <w:rsid w:val="00D1627C"/>
     <w:rsid w:val="00D16452"/>
     <w:rsid w:val="00D17EB4"/>
     <w:rsid w:val="00D21302"/>
     <w:rsid w:val="00D21382"/>
     <w:rsid w:val="00D21A6B"/>
     <w:rsid w:val="00D21E6B"/>
     <w:rsid w:val="00D222F6"/>
     <w:rsid w:val="00D23B31"/>
     <w:rsid w:val="00D23EBC"/>
     <w:rsid w:val="00D25984"/>
     <w:rsid w:val="00D27F6A"/>
     <w:rsid w:val="00D30948"/>
     <w:rsid w:val="00D30A57"/>
     <w:rsid w:val="00D30A97"/>
     <w:rsid w:val="00D30F73"/>
     <w:rsid w:val="00D30FA1"/>
     <w:rsid w:val="00D3209C"/>
     <w:rsid w:val="00D321AC"/>
     <w:rsid w:val="00D322FB"/>
+    <w:rsid w:val="00D330C7"/>
     <w:rsid w:val="00D33433"/>
     <w:rsid w:val="00D374FF"/>
     <w:rsid w:val="00D37699"/>
     <w:rsid w:val="00D37CAF"/>
     <w:rsid w:val="00D40485"/>
     <w:rsid w:val="00D41120"/>
     <w:rsid w:val="00D42786"/>
     <w:rsid w:val="00D4348D"/>
     <w:rsid w:val="00D43E8A"/>
     <w:rsid w:val="00D43FD0"/>
     <w:rsid w:val="00D4538D"/>
     <w:rsid w:val="00D456FA"/>
     <w:rsid w:val="00D45819"/>
     <w:rsid w:val="00D465F5"/>
     <w:rsid w:val="00D47271"/>
     <w:rsid w:val="00D476F1"/>
     <w:rsid w:val="00D47C30"/>
     <w:rsid w:val="00D5178C"/>
     <w:rsid w:val="00D519F4"/>
     <w:rsid w:val="00D51F75"/>
     <w:rsid w:val="00D52C0E"/>
     <w:rsid w:val="00D53464"/>
     <w:rsid w:val="00D568DB"/>
     <w:rsid w:val="00D56CAF"/>
     <w:rsid w:val="00D57537"/>
     <w:rsid w:val="00D60218"/>
     <w:rsid w:val="00D62843"/>
     <w:rsid w:val="00D62B0B"/>
     <w:rsid w:val="00D64464"/>
     <w:rsid w:val="00D646C3"/>
     <w:rsid w:val="00D64B8A"/>
     <w:rsid w:val="00D65593"/>
     <w:rsid w:val="00D65D17"/>
     <w:rsid w:val="00D66F3D"/>
+    <w:rsid w:val="00D66F3F"/>
     <w:rsid w:val="00D67E38"/>
     <w:rsid w:val="00D710D6"/>
     <w:rsid w:val="00D71155"/>
     <w:rsid w:val="00D7289F"/>
     <w:rsid w:val="00D73908"/>
     <w:rsid w:val="00D77032"/>
     <w:rsid w:val="00D7738A"/>
     <w:rsid w:val="00D77450"/>
     <w:rsid w:val="00D77C71"/>
     <w:rsid w:val="00D77EDC"/>
     <w:rsid w:val="00D8053A"/>
     <w:rsid w:val="00D82148"/>
     <w:rsid w:val="00D82CD2"/>
     <w:rsid w:val="00D8397F"/>
     <w:rsid w:val="00D83D5C"/>
     <w:rsid w:val="00D847EB"/>
     <w:rsid w:val="00D85519"/>
     <w:rsid w:val="00D86080"/>
     <w:rsid w:val="00D86F36"/>
     <w:rsid w:val="00D875DA"/>
     <w:rsid w:val="00D91438"/>
     <w:rsid w:val="00D91741"/>
     <w:rsid w:val="00D925B4"/>
     <w:rsid w:val="00D92CFD"/>
     <w:rsid w:val="00D932CA"/>
     <w:rsid w:val="00D93B25"/>
     <w:rsid w:val="00D93F8F"/>
     <w:rsid w:val="00D9440D"/>
     <w:rsid w:val="00D94E36"/>
     <w:rsid w:val="00D95076"/>
     <w:rsid w:val="00D9544F"/>
     <w:rsid w:val="00D961B9"/>
+    <w:rsid w:val="00D9672E"/>
     <w:rsid w:val="00D97441"/>
     <w:rsid w:val="00D97E99"/>
     <w:rsid w:val="00DA057D"/>
+    <w:rsid w:val="00DA08D2"/>
     <w:rsid w:val="00DA22DA"/>
     <w:rsid w:val="00DA25ED"/>
     <w:rsid w:val="00DA3CA8"/>
     <w:rsid w:val="00DA4CE4"/>
     <w:rsid w:val="00DA53B2"/>
     <w:rsid w:val="00DA60B7"/>
     <w:rsid w:val="00DA6413"/>
     <w:rsid w:val="00DA701C"/>
     <w:rsid w:val="00DA7786"/>
+    <w:rsid w:val="00DA7A10"/>
     <w:rsid w:val="00DB00E2"/>
     <w:rsid w:val="00DB13DA"/>
     <w:rsid w:val="00DB2443"/>
     <w:rsid w:val="00DB272F"/>
     <w:rsid w:val="00DB37FA"/>
     <w:rsid w:val="00DB4068"/>
     <w:rsid w:val="00DB534B"/>
     <w:rsid w:val="00DB61A6"/>
     <w:rsid w:val="00DB63B2"/>
     <w:rsid w:val="00DB672D"/>
     <w:rsid w:val="00DB73AB"/>
     <w:rsid w:val="00DB7ADD"/>
     <w:rsid w:val="00DB7F69"/>
     <w:rsid w:val="00DC2B0C"/>
     <w:rsid w:val="00DC3C49"/>
     <w:rsid w:val="00DC795C"/>
     <w:rsid w:val="00DD0E35"/>
     <w:rsid w:val="00DD2F01"/>
     <w:rsid w:val="00DD3186"/>
     <w:rsid w:val="00DD33C1"/>
     <w:rsid w:val="00DD3AA5"/>
     <w:rsid w:val="00DD4E4B"/>
     <w:rsid w:val="00DD4FF0"/>
     <w:rsid w:val="00DD5512"/>
     <w:rsid w:val="00DD6BDC"/>
     <w:rsid w:val="00DE0C39"/>
     <w:rsid w:val="00DE0CE9"/>
     <w:rsid w:val="00DE0E5E"/>
     <w:rsid w:val="00DE0F7A"/>
     <w:rsid w:val="00DE1D91"/>
     <w:rsid w:val="00DE1E12"/>
     <w:rsid w:val="00DE20D4"/>
     <w:rsid w:val="00DE306B"/>
     <w:rsid w:val="00DE5F92"/>
     <w:rsid w:val="00DE6AF0"/>
     <w:rsid w:val="00DE6BEE"/>
     <w:rsid w:val="00DE6E12"/>
     <w:rsid w:val="00DE7F25"/>
     <w:rsid w:val="00DE7FAF"/>
+    <w:rsid w:val="00DF1B50"/>
     <w:rsid w:val="00DF246F"/>
     <w:rsid w:val="00DF2534"/>
     <w:rsid w:val="00DF4943"/>
     <w:rsid w:val="00DF4AC8"/>
     <w:rsid w:val="00DF4F6E"/>
     <w:rsid w:val="00DF5354"/>
+    <w:rsid w:val="00DF6479"/>
     <w:rsid w:val="00DF64ED"/>
     <w:rsid w:val="00DF7660"/>
     <w:rsid w:val="00E013DD"/>
     <w:rsid w:val="00E024A0"/>
-    <w:rsid w:val="00E03959"/>
     <w:rsid w:val="00E03EBB"/>
     <w:rsid w:val="00E04125"/>
     <w:rsid w:val="00E04271"/>
     <w:rsid w:val="00E04387"/>
     <w:rsid w:val="00E04C92"/>
     <w:rsid w:val="00E051EA"/>
     <w:rsid w:val="00E0579B"/>
     <w:rsid w:val="00E05DE3"/>
     <w:rsid w:val="00E062B5"/>
     <w:rsid w:val="00E064A5"/>
     <w:rsid w:val="00E06869"/>
+    <w:rsid w:val="00E06998"/>
     <w:rsid w:val="00E07490"/>
     <w:rsid w:val="00E07650"/>
     <w:rsid w:val="00E076AC"/>
     <w:rsid w:val="00E10C42"/>
     <w:rsid w:val="00E11844"/>
     <w:rsid w:val="00E11CA9"/>
     <w:rsid w:val="00E12A8D"/>
     <w:rsid w:val="00E139B0"/>
     <w:rsid w:val="00E14184"/>
     <w:rsid w:val="00E14D2C"/>
     <w:rsid w:val="00E151E7"/>
     <w:rsid w:val="00E1690F"/>
     <w:rsid w:val="00E1719A"/>
     <w:rsid w:val="00E178EB"/>
     <w:rsid w:val="00E21C08"/>
     <w:rsid w:val="00E223B2"/>
     <w:rsid w:val="00E22C39"/>
     <w:rsid w:val="00E23C28"/>
     <w:rsid w:val="00E24379"/>
     <w:rsid w:val="00E26263"/>
     <w:rsid w:val="00E267F0"/>
     <w:rsid w:val="00E26A09"/>
     <w:rsid w:val="00E26D98"/>
     <w:rsid w:val="00E303D2"/>
     <w:rsid w:val="00E31594"/>
     <w:rsid w:val="00E31EC3"/>
     <w:rsid w:val="00E3250C"/>
     <w:rsid w:val="00E34630"/>
     <w:rsid w:val="00E34D91"/>
     <w:rsid w:val="00E36086"/>
     <w:rsid w:val="00E362BE"/>
     <w:rsid w:val="00E36E25"/>
     <w:rsid w:val="00E376A5"/>
     <w:rsid w:val="00E40659"/>
     <w:rsid w:val="00E40CB9"/>
     <w:rsid w:val="00E41C47"/>
     <w:rsid w:val="00E431DC"/>
     <w:rsid w:val="00E44823"/>
     <w:rsid w:val="00E4491E"/>
     <w:rsid w:val="00E454DA"/>
     <w:rsid w:val="00E45D16"/>
     <w:rsid w:val="00E45F7F"/>
     <w:rsid w:val="00E4674F"/>
     <w:rsid w:val="00E46C4A"/>
     <w:rsid w:val="00E472D8"/>
     <w:rsid w:val="00E50C4E"/>
     <w:rsid w:val="00E5101B"/>
     <w:rsid w:val="00E52DC8"/>
+    <w:rsid w:val="00E52F41"/>
     <w:rsid w:val="00E53480"/>
     <w:rsid w:val="00E5348F"/>
     <w:rsid w:val="00E53F71"/>
     <w:rsid w:val="00E5419F"/>
     <w:rsid w:val="00E54AC1"/>
     <w:rsid w:val="00E55923"/>
     <w:rsid w:val="00E55CD1"/>
     <w:rsid w:val="00E60822"/>
     <w:rsid w:val="00E617FB"/>
     <w:rsid w:val="00E62B0C"/>
     <w:rsid w:val="00E62D04"/>
     <w:rsid w:val="00E62D66"/>
+    <w:rsid w:val="00E63023"/>
     <w:rsid w:val="00E63CF2"/>
     <w:rsid w:val="00E6471A"/>
     <w:rsid w:val="00E65BDC"/>
     <w:rsid w:val="00E65DF1"/>
     <w:rsid w:val="00E661C1"/>
     <w:rsid w:val="00E66E12"/>
     <w:rsid w:val="00E675BA"/>
     <w:rsid w:val="00E67ECB"/>
     <w:rsid w:val="00E701AE"/>
+    <w:rsid w:val="00E70467"/>
     <w:rsid w:val="00E73FA4"/>
     <w:rsid w:val="00E7459E"/>
     <w:rsid w:val="00E74C14"/>
     <w:rsid w:val="00E75740"/>
     <w:rsid w:val="00E75CD0"/>
     <w:rsid w:val="00E76B19"/>
     <w:rsid w:val="00E76E35"/>
     <w:rsid w:val="00E77216"/>
     <w:rsid w:val="00E778CB"/>
     <w:rsid w:val="00E77928"/>
     <w:rsid w:val="00E77CFE"/>
+    <w:rsid w:val="00E8046F"/>
     <w:rsid w:val="00E809A4"/>
     <w:rsid w:val="00E83C07"/>
     <w:rsid w:val="00E854C4"/>
     <w:rsid w:val="00E8748B"/>
     <w:rsid w:val="00E9107A"/>
     <w:rsid w:val="00E916D7"/>
     <w:rsid w:val="00E91FD5"/>
     <w:rsid w:val="00E9356D"/>
     <w:rsid w:val="00E936D4"/>
     <w:rsid w:val="00E937C0"/>
     <w:rsid w:val="00E93903"/>
     <w:rsid w:val="00E95102"/>
     <w:rsid w:val="00E957D0"/>
     <w:rsid w:val="00E969B4"/>
     <w:rsid w:val="00EA0445"/>
     <w:rsid w:val="00EA1FCD"/>
     <w:rsid w:val="00EA3034"/>
     <w:rsid w:val="00EA3A56"/>
     <w:rsid w:val="00EA3E06"/>
     <w:rsid w:val="00EA65B4"/>
     <w:rsid w:val="00EA6F58"/>
     <w:rsid w:val="00EA783A"/>
     <w:rsid w:val="00EB0C35"/>
     <w:rsid w:val="00EB0CE7"/>
     <w:rsid w:val="00EB10B2"/>
@@ -24679,194 +25513,201 @@
     <w:rsid w:val="00EF28C7"/>
     <w:rsid w:val="00EF2F72"/>
     <w:rsid w:val="00EF33D1"/>
     <w:rsid w:val="00EF3427"/>
     <w:rsid w:val="00EF3EFB"/>
     <w:rsid w:val="00EF405A"/>
     <w:rsid w:val="00EF462C"/>
     <w:rsid w:val="00EF49B7"/>
     <w:rsid w:val="00EF4C47"/>
     <w:rsid w:val="00EF4E50"/>
     <w:rsid w:val="00EF63BF"/>
     <w:rsid w:val="00EF65EF"/>
     <w:rsid w:val="00EF6D36"/>
     <w:rsid w:val="00EF6F5E"/>
     <w:rsid w:val="00EF754A"/>
     <w:rsid w:val="00F00A13"/>
     <w:rsid w:val="00F023F4"/>
     <w:rsid w:val="00F02625"/>
     <w:rsid w:val="00F0407B"/>
     <w:rsid w:val="00F04CEB"/>
     <w:rsid w:val="00F05219"/>
     <w:rsid w:val="00F05E50"/>
     <w:rsid w:val="00F0678E"/>
     <w:rsid w:val="00F07DBC"/>
     <w:rsid w:val="00F1039C"/>
+    <w:rsid w:val="00F105E9"/>
     <w:rsid w:val="00F1069D"/>
     <w:rsid w:val="00F1075C"/>
     <w:rsid w:val="00F11AB9"/>
     <w:rsid w:val="00F12B83"/>
     <w:rsid w:val="00F132ED"/>
     <w:rsid w:val="00F1399E"/>
     <w:rsid w:val="00F13C5C"/>
     <w:rsid w:val="00F14C33"/>
     <w:rsid w:val="00F14D77"/>
     <w:rsid w:val="00F170D8"/>
     <w:rsid w:val="00F17D40"/>
     <w:rsid w:val="00F20635"/>
     <w:rsid w:val="00F21C7B"/>
     <w:rsid w:val="00F2201A"/>
     <w:rsid w:val="00F22BA1"/>
     <w:rsid w:val="00F22C55"/>
     <w:rsid w:val="00F22FB9"/>
     <w:rsid w:val="00F23283"/>
     <w:rsid w:val="00F23677"/>
     <w:rsid w:val="00F24683"/>
     <w:rsid w:val="00F25CC4"/>
     <w:rsid w:val="00F2649F"/>
     <w:rsid w:val="00F266EA"/>
     <w:rsid w:val="00F27224"/>
     <w:rsid w:val="00F2766C"/>
     <w:rsid w:val="00F27D37"/>
     <w:rsid w:val="00F30837"/>
     <w:rsid w:val="00F310CE"/>
     <w:rsid w:val="00F31B4E"/>
     <w:rsid w:val="00F3223C"/>
     <w:rsid w:val="00F32729"/>
     <w:rsid w:val="00F328E1"/>
     <w:rsid w:val="00F3341E"/>
     <w:rsid w:val="00F33496"/>
     <w:rsid w:val="00F336D1"/>
     <w:rsid w:val="00F33DE2"/>
     <w:rsid w:val="00F34C29"/>
     <w:rsid w:val="00F34C49"/>
+    <w:rsid w:val="00F352AA"/>
     <w:rsid w:val="00F37231"/>
     <w:rsid w:val="00F401CE"/>
     <w:rsid w:val="00F40312"/>
     <w:rsid w:val="00F4031E"/>
     <w:rsid w:val="00F408B9"/>
     <w:rsid w:val="00F42B55"/>
     <w:rsid w:val="00F4430C"/>
     <w:rsid w:val="00F4600A"/>
     <w:rsid w:val="00F464BC"/>
     <w:rsid w:val="00F4659A"/>
     <w:rsid w:val="00F46754"/>
     <w:rsid w:val="00F47183"/>
     <w:rsid w:val="00F476B3"/>
     <w:rsid w:val="00F51DB8"/>
+    <w:rsid w:val="00F52A19"/>
     <w:rsid w:val="00F53122"/>
     <w:rsid w:val="00F53A91"/>
     <w:rsid w:val="00F541D5"/>
     <w:rsid w:val="00F55374"/>
     <w:rsid w:val="00F556E2"/>
     <w:rsid w:val="00F55EA8"/>
     <w:rsid w:val="00F563D4"/>
     <w:rsid w:val="00F56659"/>
     <w:rsid w:val="00F60EA9"/>
     <w:rsid w:val="00F6296B"/>
     <w:rsid w:val="00F62E19"/>
     <w:rsid w:val="00F649C0"/>
     <w:rsid w:val="00F6563B"/>
     <w:rsid w:val="00F65E9F"/>
+    <w:rsid w:val="00F66BC8"/>
     <w:rsid w:val="00F6778A"/>
     <w:rsid w:val="00F705AF"/>
     <w:rsid w:val="00F7143E"/>
     <w:rsid w:val="00F7200E"/>
     <w:rsid w:val="00F7580A"/>
     <w:rsid w:val="00F7591B"/>
     <w:rsid w:val="00F76AA4"/>
     <w:rsid w:val="00F7798A"/>
     <w:rsid w:val="00F803A6"/>
     <w:rsid w:val="00F815ED"/>
     <w:rsid w:val="00F81DD9"/>
     <w:rsid w:val="00F8316E"/>
     <w:rsid w:val="00F845D4"/>
     <w:rsid w:val="00F84D4B"/>
     <w:rsid w:val="00F85A99"/>
     <w:rsid w:val="00F85CB4"/>
     <w:rsid w:val="00F86C09"/>
     <w:rsid w:val="00F9122F"/>
     <w:rsid w:val="00F91E60"/>
     <w:rsid w:val="00F92EF5"/>
     <w:rsid w:val="00F94094"/>
+    <w:rsid w:val="00F941F5"/>
     <w:rsid w:val="00F95710"/>
     <w:rsid w:val="00F95795"/>
     <w:rsid w:val="00F96821"/>
     <w:rsid w:val="00F96FBE"/>
     <w:rsid w:val="00F97D5F"/>
     <w:rsid w:val="00FA0598"/>
     <w:rsid w:val="00FA0EA2"/>
     <w:rsid w:val="00FA0F03"/>
     <w:rsid w:val="00FA1588"/>
     <w:rsid w:val="00FA17CD"/>
     <w:rsid w:val="00FA3178"/>
     <w:rsid w:val="00FA4677"/>
     <w:rsid w:val="00FA4D4E"/>
     <w:rsid w:val="00FA60B8"/>
     <w:rsid w:val="00FA642E"/>
     <w:rsid w:val="00FA6973"/>
     <w:rsid w:val="00FA71D7"/>
     <w:rsid w:val="00FA7A02"/>
     <w:rsid w:val="00FA7D7B"/>
     <w:rsid w:val="00FB08EF"/>
     <w:rsid w:val="00FB0A55"/>
     <w:rsid w:val="00FB1BDC"/>
     <w:rsid w:val="00FB1FBA"/>
+    <w:rsid w:val="00FB2319"/>
     <w:rsid w:val="00FB4788"/>
     <w:rsid w:val="00FC03E7"/>
     <w:rsid w:val="00FC0885"/>
     <w:rsid w:val="00FC0DAB"/>
     <w:rsid w:val="00FC3EFA"/>
     <w:rsid w:val="00FC41D7"/>
     <w:rsid w:val="00FC4680"/>
     <w:rsid w:val="00FC4E0F"/>
     <w:rsid w:val="00FC576A"/>
     <w:rsid w:val="00FC74AD"/>
     <w:rsid w:val="00FC7897"/>
     <w:rsid w:val="00FD1642"/>
     <w:rsid w:val="00FD217D"/>
     <w:rsid w:val="00FD2A05"/>
     <w:rsid w:val="00FD4EB8"/>
     <w:rsid w:val="00FD5821"/>
     <w:rsid w:val="00FD6912"/>
     <w:rsid w:val="00FD695A"/>
     <w:rsid w:val="00FD6BA1"/>
     <w:rsid w:val="00FD7E55"/>
     <w:rsid w:val="00FE0CBA"/>
     <w:rsid w:val="00FE16A6"/>
+    <w:rsid w:val="00FE1B0B"/>
     <w:rsid w:val="00FE29A4"/>
     <w:rsid w:val="00FE2DFC"/>
     <w:rsid w:val="00FE32EB"/>
     <w:rsid w:val="00FE365A"/>
     <w:rsid w:val="00FE366E"/>
     <w:rsid w:val="00FE38F2"/>
     <w:rsid w:val="00FE4F43"/>
-    <w:rsid w:val="00FE57B8"/>
     <w:rsid w:val="00FE6EF6"/>
     <w:rsid w:val="00FE7FEE"/>
     <w:rsid w:val="00FF03FA"/>
     <w:rsid w:val="00FF0AC5"/>
+    <w:rsid w:val="00FF0EF5"/>
     <w:rsid w:val="00FF293D"/>
     <w:rsid w:val="00FF2B57"/>
     <w:rsid w:val="00FF2CB8"/>
     <w:rsid w:val="00FF3854"/>
     <w:rsid w:val="00FF3E46"/>
     <w:rsid w:val="00FF40D1"/>
     <w:rsid w:val="00FF4975"/>
     <w:rsid w:val="00FF5EB2"/>
     <w:rsid w:val="00FF63D5"/>
     <w:rsid w:val="00FF7E81"/>
     <w:rsid w:val="00FF7F67"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -25800,51 +26641,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2094661896">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cofrac.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cofrac.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cofrac.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/numbering.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -26115,99 +26956,98 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="cead6818-5283-4f0e-a29a-b5af075356e7">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="bb7b9659-2707-443f-9730-830ab4d1fb8b" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="cead6818-5283-4f0e-a29a-b5af075356e7" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cead6818-5283-4f0e-a29a-b5af075356e7" xmlns:ns3="bb7b9659-2707-443f-9730-830ab4d1fb8b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="33410e6bd567574ee2c9579acaba299a" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010018BD70F4AA74A948A7B304DA3234169E" ma:contentTypeVersion="18" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="381c5a4d35a93fbb8f827d5741df3883">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="cead6818-5283-4f0e-a29a-b5af075356e7" xmlns:ns3="bb7b9659-2707-443f-9730-830ab4d1fb8b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8e53ef4f83c3f31d26e0d4c1004f598b" ns2:_="" ns3:_="">
     <xsd:import namespace="cead6818-5283-4f0e-a29a-b5af075356e7"/>
     <xsd:import namespace="bb7b9659-2707-443f-9730-830ab4d1fb8b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cead6818-5283-4f0e-a29a-b5af075356e7" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -26236,50 +27076,60 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="17" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="39e2deed-e541-40de-a624-f8e95270374b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="19" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="24" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="25" nillable="true" ma:displayName="État de validation" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bb7b9659-2707-443f-9730-830ab4d1fb8b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{3cddf19a-bbd8-44d6-b933-d1af6ace5d76}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="bb7b9659-2707-443f-9730-830ab4d1fb8b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
@@ -26379,126 +27229,155 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C1860E80-3D13-4E23-ACE5-16D67307C252}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="cead6818-5283-4f0e-a29a-b5af075356e7"/>
     <ds:schemaRef ds:uri="bb7b9659-2707-443f-9730-830ab4d1fb8b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B8CA741-2CA4-46A7-A6B2-9875E0D941A9}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{137E16FA-CE4E-4A35-9C76-B49C9E3FB80D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60702357-E518-4562-8ACE-AF569EA3D10E}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBBA88F2-DF8E-42E5-9715-B4FBB556ADF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="cead6818-5283-4f0e-a29a-b5af075356e7"/>
     <ds:schemaRef ds:uri="bb7b9659-2707-443f-9730-830ab4d1fb8b"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5B8CA741-2CA4-46A7-A6B2-9875E0D941A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>23709</Characters>
+  <Pages>16</Pages>
+  <Words>4216</Words>
+  <Characters>23194</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>197</Lines>
-  <Paragraphs>55</Paragraphs>
+  <Lines>193</Lines>
+  <Paragraphs>54</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Titres</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>19</vt:i4>
+      </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="20" baseType="lpstr">
       <vt:lpstr/>
+      <vt:lpstr>Partie 0 : informations pour renseigner et retourner la demande</vt:lpstr>
+      <vt:lpstr>Partie 1 : informations relatives au demandeur</vt:lpstr>
+      <vt:lpstr>    1.1. L’entité juridique responsable des activités objets de la demande</vt:lpstr>
+      <vt:lpstr>    1.2. L’organisme réalisant les activités objets de la demande </vt:lpstr>
+      <vt:lpstr>    1.3. Représentant de l’organisme désigné pour les contacts ultérieurs avec le Co</vt:lpstr>
+      <vt:lpstr>    1.4. Informations pour la facturation</vt:lpstr>
+      <vt:lpstr>Partie 2 : portée d’accréditation demandée</vt:lpstr>
+      <vt:lpstr>    2.1 Compétences revendiquées et implantations associées </vt:lpstr>
+      <vt:lpstr>    2.2 Type d’indépendance revendiqué au regard de la norme NF EN ISO/IEC 17020</vt:lpstr>
+      <vt:lpstr>    </vt:lpstr>
+      <vt:lpstr>    2.3 Informations relatives aux activités présentées à l’accréditation</vt:lpstr>
+      <vt:lpstr>Partie 3 : fonctionnement de l’organisme</vt:lpstr>
+      <vt:lpstr>    3.1 Organisation</vt:lpstr>
+      <vt:lpstr>    3.2 Personnel impliqué dans les activités</vt:lpstr>
+      <vt:lpstr>    3.3 Prise en compte des exigences d’accréditation par l’organisme</vt:lpstr>
+      <vt:lpstr>    3.4 Accès à l’information</vt:lpstr>
+      <vt:lpstr>    3.5 Autres accréditations éventuelles </vt:lpstr>
+      <vt:lpstr>Partie 4 : engagement du demandeur</vt:lpstr>
+      <vt:lpstr>Partie 5 : liste des pièces à joindre à la demande d’accréditation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>COFRAC</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27964</CharactersWithSpaces>
+  <CharactersWithSpaces>27356</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="216" baseType="variant">
       <vt:variant>
         <vt:i4>8519917</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>255</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>_2.1_Compétences_revendiquées</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>546635864</vt:i4>
       </vt:variant>
       <vt:variant>