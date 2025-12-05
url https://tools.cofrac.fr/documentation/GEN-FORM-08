--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -1,476 +1,558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="393567A3" w14:textId="717B2DF5" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="00090CD0" w:rsidP="0055475C">
+    <w:p w14:paraId="68A90126" w14:textId="55F149E6" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="10620"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Je </w:t>
       </w:r>
       <w:r w:rsidRPr="00090CD0">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>soussigné(e),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0055475C" w:rsidRPr="00C55DE5">
+      <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>M., Mme</w:t>
       </w:r>
-      <w:r w:rsidR="0055475C" w:rsidRPr="00C55DE5">
+      <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
-      <w:r w:rsidR="0055475C" w:rsidRPr="00C55DE5">
+      <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="_Hlk98258271"/>
-      <w:r w:rsidR="0055475C" w:rsidRPr="00C55DE5">
+      <w:bookmarkStart w:id="2" w:name="_Hlk98258271"/>
+      <w:permStart w:id="782530772" w:edGrp="everyone"/>
+      <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="4" w:name="_Hlk104211961"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk104211961"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:permEnd w:id="782530772"/>
+      <w:r w:rsidRPr="00C55DE5">
+        <w:rPr>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidR="0055475C" w:rsidRPr="00C55DE5">
-[...8 lines deleted...]
-    <w:p w14:paraId="50D5B919" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    </w:p>
+    <w:p w14:paraId="369E05A4" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="322AC89A" w14:textId="09BABB78" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="00090CD0" w:rsidP="0055475C">
+    <w:p w14:paraId="674B4190" w14:textId="71089ED9" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Hlk98260307"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk98260307"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>Agissant e</w:t>
       </w:r>
-      <w:r w:rsidR="0055475C" w:rsidRPr="00C55DE5">
+      <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>n tant qu’</w:t>
       </w:r>
-      <w:r w:rsidR="0055475C" w:rsidRPr="00C55DE5">
+      <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>évaluateur (ou inspecteur/expert</w:t>
       </w:r>
-      <w:r w:rsidR="009B4990">
+      <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>/superviseur</w:t>
       </w:r>
-      <w:r w:rsidR="0055475C" w:rsidRPr="00C55DE5">
+      <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0055475C" w:rsidRPr="00C55DE5">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="008B4BFC">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, observateur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55DE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55DE5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>et/ou</w:t>
       </w:r>
-      <w:r w:rsidR="0055475C" w:rsidRPr="00C55DE5">
+      <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> membre d’instance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidR="0055475C" w:rsidRPr="00C55DE5">
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E5E9197" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="4D1F1B1C" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
         </w:tabs>
         <w:ind w:left="2127"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D0418EE" w14:textId="677F088D" w:rsidR="0055475C" w:rsidRPr="00092DA7" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="3D5FED4B" w14:textId="7DC97EF1" w:rsidR="00BB79B9" w:rsidRPr="00092DA7" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="935"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>m’engage</w:t>
       </w:r>
       <w:r w:rsidRPr="00092DA7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00092DA7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>à respecter en permanence l’ensemble des règles et dispositions formalisées dans les documents du Cofrac</w:t>
       </w:r>
-      <w:r w:rsidR="00DE5BAF">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
-      <w:r w:rsidR="00DE5BAF">
-[...6 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t>p</w:t>
+        <w:t>, p</w:t>
       </w:r>
       <w:r w:rsidRPr="00092DA7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>ortés à ma connaissance</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> et </w:t>
       </w:r>
       <w:r w:rsidRPr="00092DA7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">applicables dans le cadre </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="_Hlk98260374"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk98260374"/>
       <w:r w:rsidRPr="00092DA7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">de mes missions ou dans le cadre </w:t>
-[...8 lines deleted...]
-        <w:t>de mon manda</w:t>
+        <w:t>de mes missions</w:t>
+      </w:r>
+      <w:r w:rsidR="000E3269">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00330F6A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002A634C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>observation</w:t>
+      </w:r>
+      <w:r w:rsidR="00E54D0F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002A634C" w:rsidRPr="00092DA7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E3269">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00E54D0F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dans le cadre de mon </w:t>
+      </w:r>
+      <w:r w:rsidR="002A634C" w:rsidRPr="00092DA7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>manda</w:t>
+      </w:r>
+      <w:r w:rsidR="002A634C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00E54D0F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="002A634C">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001C33F3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+        </w:rPr>
+        <w:t>notamment celles liées à la confidentialité définies dans le document « GEN PROC 08 »</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
-        <w:t xml:space="preserve">t, </w:t>
-[...14 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="213D62D1" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00092DA7" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="241F3435" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00092DA7" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="935"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B04A53F" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00092DA7" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="5C22A68D" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00092DA7" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="935"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00092DA7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">En outre, je m’engage à agir en toute </w:t>
       </w:r>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>impartialité</w:t>
       </w:r>
       <w:r w:rsidRPr="00092DA7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="_Hlk98260519"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk98260519"/>
       <w:r w:rsidRPr="00092DA7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>et à déclarer toute relation existante passée ou prévisible pouvant la compromettre, selon les dispositions prévues par le Cofrac</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
+      <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidRPr="00092DA7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C443A02" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="385C4C22" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="935"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30720338" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="47E1972F" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Hlk98260565"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk98260565"/>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">Par ailleurs, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">en </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>tant</w:t>
       </w:r>
@@ -520,1624 +602,1534 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> à respecter</w:t>
       </w:r>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve">les conditions dans lesquelles je peux, en tant que sous-traitant du Cofrac au sens du Règlement (UE) n° 2016/679, traiter des données à caractère personnel dans le cadre de mon mandat. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20F2406E" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="3471AFF4" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="089E8193" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="0878013B" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>A ce titre</w:t>
       </w:r>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t>, je m’engage :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43DD8E10" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="7ED3E2E3" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="259FD55B" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="21B40FFC" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>A ne traiter les données personnelles auxquelles j’ai accès que conformément à l’objet et à la finalité de mon mandat, pour le compte et selon les instructions du Cofrac. Si j’utilise des données personnelles pour d’autres finalités, je serai considéré comme responsable de traitement, conformément à la règlementation susvisée ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FC8B9DB" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="13D5F138" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:ind w:left="1134" w:right="284" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="528EF06E" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="1193AD70" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>A assister le Cofrac, dans toute la mesure du possible, dans son obligation de donner suite aux demandes d’exercice des droits des personnes concernées par le traitement de leurs données personnelles : si leurs demandes me sont directement adressées, je les transmets, dès réception, au Cofrac par courriel à l’adresse suivante : contact.rgpd@cofrac.fr ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50AA9F20" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="69716F16" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:ind w:left="1134" w:right="284" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CA76F6F" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="3FBF912F" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>A mettre en œuvre des mesures techniques et organisationnelles afin de garantir la sécurité du traitement des données personnelles (tels que, notamment, des moyens permettant de garantir la confidentialité, l’intégrité et la disponibilité des données) ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E6AC2DF" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="33318B05" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:ind w:left="1134" w:right="284" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60C2E523" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="0EAF1B95" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>A notifier au Cofrac, dans les meilleurs délais, toute violation de données personnelles dont j’aurais connaissance.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Cette notification est accompagnée de toute information et documentation utile afin de permettre au Cofrac, si nécessaire, de notifier cette violation à l’autorité de contrôle compétente ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FDD60EF" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="6EC1D1A8" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:ind w:left="1134" w:right="284" w:hanging="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5ADC75E8" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="1C951285" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00077A7A" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">A supprimer ou à renvoyer au Cofrac, au terme de mon mandat, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:bCs/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>tout document contenant des données personnelles qui me serait communiqué dans le cadre de ma participation aux instances du Cofrac ainsi que t</w:t>
       </w:r>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>outes autres données personnelles reproduites, stockées, hébergées ou autrement utilisées dans ce cadre, sauf celles dont la conservation s’avérerait nécessaire pour faire face à un éventuel litige dans le cadre de procédures judiciaires, jusqu’à la fin du délai de prescription ou jusqu’à ce que les procédures soient closes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
-        <w:t> ;</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="56A43140" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00077A7A">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF42ECB" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00077A7A" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:ind w:left="1134" w:right="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74025AA2" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="3BB3D73F" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="284"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A mettre à la disposition du Cofrac, à sa demande, toutes les informations nécessaires pour démontrer le respect de mes obligations</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="195BF8C2" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="7D5559E2" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7862E059" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00C55DE5" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="4E6636AD" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00C55DE5" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:ind w:right="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>Dans ce cadre, je mets en place les actions correctives pertinentes visant à rétablir ou rectifier la situation en cas de non-respect des obligations susvisées et suis seul responsable des dommages causés par un traitement pour lequel je n’aurais pas respecté les obligations qui m’incombent spécifiquement en vertu du RGPD en ma qualité de sous-traitant, ou si j’agi</w:t>
       </w:r>
       <w:r w:rsidRPr="00A419ED">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="23"/>
           <w:szCs w:val="23"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> en-dehors des instructions du Cofrac ou contrairement à celles-ci.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0445A72E" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00F1178A" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="424C6330" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00F1178A" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="935"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:p w14:paraId="7F2B3219" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:bookmarkEnd w:id="8"/>
+    <w:p w14:paraId="07860833" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="372DF799" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="3BF54540" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79806EA3" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="4B6E6EFB" w14:textId="5538EE12" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Date </w:t>
+        <w:t>Date</w:t>
       </w:r>
       <w:r>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w14:paraId="4F215D0C" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C55DE5">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:permStart w:id="1574642905" w:edGrp="everyone"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t>________________________________________</w:t>
+      </w:r>
+      <w:permEnd w:id="1574642905"/>
+    </w:p>
+    <w:p w14:paraId="66A47F01" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DFB7CAF" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="4FA931D0" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43EB31EC" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="28E8DA58" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30E6F73D" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="080D3D63" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27A7A419" w14:textId="39A92345" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="7EF8A327" w14:textId="2D5187E7" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
-      <w:r w:rsidR="00A85BDD">
+      <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="654F0AC0" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+      <w:permStart w:id="1048925157" w:edGrp="everyone"/>
+      <w:r w:rsidR="005332DB">
+        <w:t>…………..</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00ED6467">
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:permEnd w:id="1048925157"/>
+    </w:p>
+    <w:p w14:paraId="2398051B" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="935"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="245C6661" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="1A08B30E" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="935"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07D07008" w14:textId="6ED83B03" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="5AC9D62F" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="935"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="785CE4B0" w14:textId="1EBE24DB" w:rsidR="009C17CF" w:rsidRDefault="009C17CF" w:rsidP="0055475C">
+    <w:p w14:paraId="0C2AA876" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="935"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F98B534" w14:textId="206C8F51" w:rsidR="009C17CF" w:rsidRDefault="009C17CF" w:rsidP="0055475C">
+    <w:p w14:paraId="5B8D731C" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="935"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47E504B8" w14:textId="77777777" w:rsidR="009C17CF" w:rsidRDefault="009C17CF" w:rsidP="0055475C">
+    <w:p w14:paraId="5C85D482" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00635515" w:rsidRDefault="00BB79B9" w:rsidP="00635515">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="935"/>
         </w:tabs>
         <w:spacing w:before="240"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="160B4F1C" w14:textId="1B4346EC" w:rsidR="0055475C" w:rsidRPr="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="183FFA50" w14:textId="26EEA81D" w:rsidR="00635515" w:rsidRPr="00635515" w:rsidRDefault="00635515" w:rsidP="00635515">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1462"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635515">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Vos données personnelles</w:t>
+      </w:r>
+      <w:r w:rsidR="00077201">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="00635515">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, notamment vos coordonnées et données d’identification, sont collectées par le Cofrac </w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E77">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>lorsq</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635515">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">u’elles sont nécessaires à la réalisation de son intérêt légitime, soit, si vous êtes observateur, pour assurer sa mission d’évaluation ou d’inspection ; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">soit, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635515">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>si vous êtes membre d’une instance, pour assurer le bon fonctionnement de ses instances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69729B0A" w14:textId="77777777" w:rsidR="00635515" w:rsidRPr="00635515" w:rsidRDefault="00635515" w:rsidP="00635515">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1462"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635515">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Le Cofrac conservera vos données personnelles pendant toute la durée de votre participation ou de votre mandat, puis à son terme, conformément aux délais légaux ou réglementaires applicables, notamment de prescription.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CB2AF83" w14:textId="1D29CCA8" w:rsidR="00635515" w:rsidRPr="00635515" w:rsidRDefault="00635515" w:rsidP="00635515">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1462"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00635515">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Vos données personnelles ne seront pas communiquées à des tiers, sauf si cette communication est nécessaire à la bonne gestion du processus d’accréditation ou de contrôle de conformité aux BPL et aux BPE (par exemple, pour les observateurs : aux organismes évalués ou inspectés, aux membres de l’équipe d’évaluation/d’inspection ou aux membres des instances du Cofrac), à l’accomplissement des obligations légales du Cofrac ou à l’exercice des fonctions qui lui ont été conférées.</w:t>
+      </w:r>
+      <w:r w:rsidR="000E6E77">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ainsi, p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00635515">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>our les membres d’instances, certaines données personnelles (nom, prénom et organisme représenté) seront rendues publiques via la publication, sur le site internet du Cofrac, de la liste des membres de ses instances.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12EEAF25" w14:textId="249D29FA" w:rsidR="00635515" w:rsidRPr="00635515" w:rsidRDefault="00635515" w:rsidP="00635515">
       <w:pPr>
         <w:pStyle w:val="Retraitcorpsdetexte"/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
-        <w:spacing w:before="240"/>
-        <w:ind w:left="142" w:firstLine="0"/>
+        <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C55DE5">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Calibri"/>
+      <w:r w:rsidRPr="00635515">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:lang w:eastAsia="en-US"/>
-[...18 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+        </w:rPr>
+        <w:t>Conformément au Règlement (UE) n° 2016/679 du Parlement européen et du Conseil du 27 avril 2016 relatif à la protection des personnes physiques à l’égard du traitement des données à caractère personnel et à la libre circulation de ces données, ainsi qu’à la Loi n° 78-017 du 6 janvier 1978 relative à l’informatique, aux fichiers et aux libertés, vous disposez d’un droit d’accès, de rectification, de limitation et d’opposition au traitement des données vous concernant. Vous pouvez exercer ces droits en adressant votre demande par courrier à l’adresse suivante : Cofrac, 52 rue Jacques Hillairet – 75012 Paris, ou par courriel : contact.rgpd@cofrac.fr. Vous avez également le droit d’introduire une réclamation auprès de la Commission nationale de l’informatique et des libertés (CNIL).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4347B79A" w14:textId="77777777" w:rsidR="00953566" w:rsidRDefault="00953566"/>
+    <w:sectPr w:rsidR="00953566" w:rsidSect="00BB79B9">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="567" w:bottom="1418" w:left="567" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3856551F" w14:textId="77777777" w:rsidR="003C4AD7" w:rsidRDefault="003C4AD7">
+    <w:p w14:paraId="56DCF4E1" w14:textId="77777777" w:rsidR="00AC0D7D" w:rsidRDefault="00AC0D7D" w:rsidP="00BB79B9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B03ABCF" w14:textId="77777777" w:rsidR="003C4AD7" w:rsidRDefault="003C4AD7">
+    <w:p w14:paraId="452D5530" w14:textId="77777777" w:rsidR="00AC0D7D" w:rsidRDefault="00AC0D7D" w:rsidP="00BB79B9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...4 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...19 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="6253E5B5" w14:textId="77777777" w:rsidR="00F25B6D" w:rsidRDefault="00CA6EA1" w:rsidP="008D4327">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="17C28ED1" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="008D4327">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2487F6BF" wp14:editId="0F11B80F">
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="475B78A1" wp14:editId="1B2FA403">
           <wp:extent cx="7020000" cy="89354"/>
           <wp:effectExtent l="19050" t="0" r="9450" b="0"/>
           <wp:docPr id="2" name="Image 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Image 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect l="816" t="30917" b="35921"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm flipV="1">
                     <a:off x="0" y="0"/>
                     <a:ext cx="7020000" cy="89354"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="47A044AB" w14:textId="77777777" w:rsidR="00F25B6D" w:rsidRDefault="00F25B6D" w:rsidP="008D4327">
+  <w:p w14:paraId="1DEDB195" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="008D4327">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="6A772DE2" w14:textId="7066CF4B" w:rsidR="00C40D74" w:rsidRPr="008D4327" w:rsidRDefault="00572F45" w:rsidP="008D4327">
+  <w:p w14:paraId="42C269CF" w14:textId="4EAC6EBC" w:rsidR="00BB79B9" w:rsidRPr="008D4327" w:rsidRDefault="00BB79B9" w:rsidP="008D4327">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>GEN</w:t>
     </w:r>
-    <w:r w:rsidR="008D4327" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00E40EF1">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>FORM</w:t>
     </w:r>
-    <w:r w:rsidR="008D4327" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="0055475C">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>08</w:t>
     </w:r>
-    <w:r w:rsidR="008D4327" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> – </w:t>
     </w:r>
-    <w:r w:rsidR="00CA6EA1">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Révision</w:t>
     </w:r>
-    <w:r w:rsidR="008D4327" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="0055475C">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>04</w:t>
+      <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="008D4327" w:rsidRPr="008D4327">
+    <w:r w:rsidR="008B4BFC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> – Applicable le </w:t>
+      <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidR="00A85BDD">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>15</w:t>
+      <w:t xml:space="preserve"> – Applicable le </w:t>
     </w:r>
-    <w:r w:rsidR="008D4327" w:rsidRPr="008D4327">
+    <w:r w:rsidR="008B4BFC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>/</w:t>
+      <w:t>01/1</w:t>
     </w:r>
-    <w:r w:rsidR="0055475C">
+    <w:r w:rsidR="00CB2232">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>07</w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="008D4327">
+    <w:r w:rsidR="008B4BFC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>/</w:t>
+      <w:t>/2025</w:t>
     </w:r>
-    <w:r w:rsidR="008D4327" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>20</w:t>
+      <w:tab/>
     </w:r>
-    <w:r w:rsidR="0055475C">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>22</w:t>
+      <w:tab/>
+      <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidR="008D4327" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:tab/>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="008D4327" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:tab/>
+      <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidR="00C40D74" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">Page </w:t>
-[...22 lines deleted...]
-      </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E40EF1">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="003B3B7B" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00C40D74" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
-    <w:r w:rsidR="003B3B7B" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00C40D74" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> NUMPAGES </w:instrText>
     </w:r>
-    <w:r w:rsidR="003B3B7B" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E40EF1">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="003B3B7B" w:rsidRPr="008D4327">
+    <w:r w:rsidRPr="008D4327">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="543C1022" w14:textId="77777777" w:rsidR="003C4AD7" w:rsidRDefault="003C4AD7">
+    <w:p w14:paraId="17E1FF0E" w14:textId="77777777" w:rsidR="00AC0D7D" w:rsidRDefault="00AC0D7D" w:rsidP="00BB79B9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0965F679" w14:textId="77777777" w:rsidR="003C4AD7" w:rsidRDefault="003C4AD7">
+    <w:p w14:paraId="7EE5DD4E" w14:textId="77777777" w:rsidR="00AC0D7D" w:rsidRDefault="00AC0D7D" w:rsidP="00BB79B9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="35CED38B" w14:textId="77777777" w:rsidR="0055475C" w:rsidRPr="00866555" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="0313F6B8" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRPr="00866555" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk98507323"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk98507323"/>
       <w:r w:rsidRPr="0013795B">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00866555">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk98752750"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk98752750"/>
       <w:r w:rsidRPr="00C55DE5">
         <w:rPr>
           <w:iCs/>
         </w:rPr>
         <w:t>Rayer la mention inutile</w:t>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:bookmarkEnd w:id="2"/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="187B6146" w14:textId="6093D184" w:rsidR="00DE5BAF" w:rsidRDefault="00DE5BAF">
+    <w:p w14:paraId="2FEC9C87" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="_Hlk98752428"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk98752428"/>
       <w:r w:rsidRPr="00866555">
         <w:t xml:space="preserve">Dans </w:t>
       </w:r>
       <w:r w:rsidRPr="001C33F3">
         <w:t xml:space="preserve">leur </w:t>
       </w:r>
       <w:r w:rsidRPr="00866555">
         <w:t>dernière version en vigueur</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
+      <w:bookmarkEnd w:id="5"/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="52776B62" w14:textId="77777777" w:rsidR="0055475C" w:rsidRDefault="0055475C" w:rsidP="0055475C">
+    <w:p w14:paraId="233DBCEA" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00BB79B9">
       <w:pPr>
         <w:pStyle w:val="Notedebasdepage"/>
       </w:pPr>
       <w:r w:rsidRPr="00A419ED">
         <w:rPr>
           <w:rStyle w:val="Appelnotedebasdep"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00A419ED">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Hlk100755934"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk100755934"/>
       <w:r w:rsidRPr="00C55DE5">
         <w:t>S’agissant des évaluateurs, les dispositions relatives au RGPD sont définies</w:t>
       </w:r>
       <w:r w:rsidRPr="00A419ED">
         <w:t xml:space="preserve"> dans le</w:t>
       </w:r>
       <w:r>
         <w:t>ur</w:t>
       </w:r>
       <w:r w:rsidRPr="00A419ED">
         <w:t xml:space="preserve"> contrat</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w14:paraId="2CB42073" w14:textId="1BA49D2C" w:rsidR="00077201" w:rsidRPr="00077201" w:rsidRDefault="00077201">
+      <w:pPr>
+        <w:pStyle w:val="Notedebasdepage"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00077201">
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>S’agissant des évaluateurs, les dispositions relatives au RGPD sont définies dans leur contrat</w:t>
+      </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10880" w:type="dxa"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="70" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1494"/>
       <w:gridCol w:w="9386"/>
     </w:tblGrid>
-    <w:tr w:rsidR="005F751E" w14:paraId="46A47C75" w14:textId="77777777" w:rsidTr="00516368">
+    <w:tr w:rsidR="00BB79B9" w14:paraId="487FEA79" w14:textId="77777777" w:rsidTr="00516368">
       <w:trPr>
         <w:trHeight w:val="1602"/>
         <w:jc w:val="center"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1494" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="4B3605EE" w14:textId="77777777" w:rsidR="005F751E" w:rsidRDefault="005F751E" w:rsidP="00952CBF">
+        <w:p w14:paraId="1A34646A" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="00952CBF">
           <w:pPr>
             <w:pStyle w:val="En-tte"/>
             <w:spacing w:before="60"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B773F7">
             <w:rPr>
               <w:b/>
               <w:bCs/>
             </w:rPr>
-            <w:object w:dxaOrig="1140" w:dyaOrig="1670" w14:anchorId="4F630371">
+            <w:object w:dxaOrig="1125" w:dyaOrig="1650" w14:anchorId="12852DA2">
               <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="if lineDrawn pixelLineWidth 0"/>
                   <v:f eqn="sum @0 1 0"/>
                   <v:f eqn="sum 0 0 @1"/>
                   <v:f eqn="prod @2 1 2"/>
                   <v:f eqn="prod @3 21600 pixelWidth"/>
                   <v:f eqn="prod @3 21600 pixelHeight"/>
                   <v:f eqn="sum @0 0 1"/>
                   <v:f eqn="prod @6 1 2"/>
                   <v:f eqn="prod @7 21600 pixelWidth"/>
                   <v:f eqn="sum @8 21600 0"/>
                   <v:f eqn="prod @7 21600 pixelHeight"/>
                   <v:f eqn="sum @10 21600 0"/>
                 </v:formulas>
                 <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
                 <o:lock v:ext="edit" aspectratio="t"/>
               </v:shapetype>
-              <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:57pt;height:83.5pt">
+              <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:56.25pt;height:82.5pt">
                 <v:imagedata r:id="rId1" o:title=""/>
               </v:shape>
-              <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1718439833" r:id="rId2"/>
+              <o:OLEObject Type="Embed" ProgID="Word.Picture.8" ShapeID="_x0000_i1025" DrawAspect="Content" ObjectID="_1821339036" r:id="rId2"/>
             </w:object>
           </w:r>
         </w:p>
-        <w:p w14:paraId="728E60E9" w14:textId="77777777" w:rsidR="005F751E" w:rsidRDefault="005F751E">
+        <w:p w14:paraId="66FCF1B3" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9">
           <w:pPr>
             <w:pStyle w:val="En-tte"/>
             <w:ind w:left="284"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:i/>
               <w:sz w:val="12"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="9386" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="5B28C899" w14:textId="4129AF19" w:rsidR="005F751E" w:rsidRDefault="000E346B" w:rsidP="000D35E8">
+        <w:p w14:paraId="10D14CE7" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9" w:rsidP="000D35E8">
           <w:pPr>
             <w:pStyle w:val="En-tte"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="375"/>
               <w:tab w:val="center" w:pos="2450"/>
             </w:tabs>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:iCs/>
               <w:sz w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:iCs/>
               <w:sz w:val="28"/>
             </w:rPr>
             <w:t>ENGAGEMENT A RESPECTER LES DISPOSITIONS DU COFRAC</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="2F477D68" w14:textId="77777777" w:rsidR="00C40D74" w:rsidRDefault="00C40D74">
+  <w:p w14:paraId="6E52F268" w14:textId="77777777" w:rsidR="00BB79B9" w:rsidRDefault="00BB79B9">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="09790EFD"/>
-[...236 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1ECF2586"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7E6C951C"/>
     <w:lvl w:ilvl="0" w:tplc="FBB8478E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2207,1361 +2199,241 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...1032 lines deleted...]
-  <w:num w:numId="3">
+  <w:num w:numId="1" w16cid:durableId="475534008">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...70 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:attachedTemplate r:id="rId1"/>
-  <w:defaultTabStop w:val="709"/>
+  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="mCH5dlKDVsA1He98ySP+hjBS5KhQ+o5/1T8T5Uoboa4Q8PM7SAIiJ9F+FRvSoJEvwVLzzUqifBwXXFys+60GhQ==" w:salt="CtXVsFe6WOIM61kUUIVh2w=="/>
+  <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
-  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007D130C"/>
-[...61 lines deleted...]
-    <w:rsid w:val="00F567EB"/>
+    <w:rsidRoot w:val="005B1CF7"/>
+    <w:rsid w:val="00077201"/>
+    <w:rsid w:val="000B5157"/>
+    <w:rsid w:val="000E3269"/>
+    <w:rsid w:val="000E6E77"/>
+    <w:rsid w:val="002427D0"/>
+    <w:rsid w:val="002A634C"/>
+    <w:rsid w:val="00330F6A"/>
+    <w:rsid w:val="00347A82"/>
+    <w:rsid w:val="003B1D18"/>
+    <w:rsid w:val="004E54B7"/>
+    <w:rsid w:val="004F392E"/>
+    <w:rsid w:val="005332DB"/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rsid w:val="00635515"/>
+    <w:rsid w:val="00771CD5"/>
+    <w:rsid w:val="007B411A"/>
+    <w:rsid w:val="007C4A66"/>
+    <w:rsid w:val="007D2346"/>
+    <w:rsid w:val="008376C2"/>
+    <w:rsid w:val="008B4BFC"/>
+    <w:rsid w:val="008D2818"/>
+    <w:rsid w:val="008F5C81"/>
+    <w:rsid w:val="00953566"/>
+    <w:rsid w:val="009B65DF"/>
+    <w:rsid w:val="00AC0D7D"/>
+    <w:rsid w:val="00AF221B"/>
+    <w:rsid w:val="00B827F1"/>
+    <w:rsid w:val="00BB79B9"/>
+    <w:rsid w:val="00BC0CC1"/>
+    <w:rsid w:val="00C00ECF"/>
+    <w:rsid w:val="00CB2232"/>
+    <w:rsid w:val="00D1446A"/>
+    <w:rsid w:val="00D471E7"/>
+    <w:rsid w:val="00DC39FA"/>
+    <w:rsid w:val="00E54D0F"/>
+    <w:rsid w:val="00E6333A"/>
+    <w:rsid w:val="00E87539"/>
+    <w:rsid w:val="00EC07FA"/>
+    <w:rsid w:val="00FD10D8"/>
+    <w:rsid w:val="00FD50A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="05D4823F"/>
-  <w15:docId w15:val="{93E0E7AD-5C57-4E78-9B4F-75A57C15B896}"/>
+  <w14:docId w14:val="015F40A6"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{566132C2-9531-4E8C-95D1-40EC1FFEC287}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3605,51 +2477,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3826,943 +2698,1134 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0055475C"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+    <w:rsid w:val="00BB79B9"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
+    <w:link w:val="Titre1Car"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B773F7"/>
+    <w:rsid w:val="005B1CF7"/>
     <w:pPr>
       <w:keepNext/>
-      <w:numPr>
-[...5 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-[...3 lines deleted...]
-      <w:sz w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
+    <w:link w:val="Titre2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008C4FFB"/>
+    <w:rsid w:val="005B1CF7"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="360" w:after="120"/>
-[...1 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times" w:hAnsi="Times"/>
-[...3 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:autoRedefine/>
+    <w:link w:val="Titre3Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B773F7"/>
+    <w:rsid w:val="005B1CF7"/>
     <w:pPr>
       <w:keepNext/>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:spacing w:before="120"/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:u w:val="single"/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Titre4Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B773F7"/>
+    <w:rsid w:val="005B1CF7"/>
     <w:pPr>
       <w:keepNext/>
-      <w:numPr>
-[...3 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:bCs/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Titre5Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00B773F7"/>
+    <w:rsid w:val="005B1CF7"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre6Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre7Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre8Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titre9Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
+    <w:name w:val="Titre 1 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
+    <w:name w:val="Titre 2 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre3Car">
+    <w:name w:val="Titre 3 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre4Car">
+    <w:name w:val="Titre 4 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre5Car">
+    <w:name w:val="Titre 5 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre6Car">
+    <w:name w:val="Titre 6 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre7Car">
+    <w:name w:val="Titre 7 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre8Car">
+    <w:name w:val="Titre 8 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titre9Car">
+    <w:name w:val="Titre 9 Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titre">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitreCar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:pPr>
+      <w:spacing w:after="80"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitreCar">
+    <w:name w:val="Titre Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Titre"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sous-titre">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Sous-titreCar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Sous-titreCar">
+    <w:name w:val="Sous-titre Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Sous-titre"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citation">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitationCar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitationCar">
+    <w:name w:val="Citation Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Citation"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Accentuationintense">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citationintense">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitationintenseCar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitationintenseCar">
+    <w:name w:val="Citation intense Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Citationintense"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Rfrenceintense">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="005B1CF7"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="En-tte">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="En-tteCar"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B773F7"/>
+    <w:rsid w:val="00BB79B9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
+    <w:name w:val="En-tête Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="En-tte"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BB79B9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
+    <w:link w:val="PieddepageCar"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B773F7"/>
+    <w:rsid w:val="00BB79B9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titre">
-[...20 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
+    <w:name w:val="Pied de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Pieddepage"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B773F7"/>
-[...137 lines deleted...]
-      <w:szCs w:val="16"/>
+    <w:rsid w:val="00BB79B9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Retraitcorpsdetexte">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="RetraitcorpsdetexteCar"/>
     <w:semiHidden/>
-    <w:rsid w:val="0055475C"/>
+    <w:rsid w:val="00BB79B9"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:left="2552" w:hanging="2192"/>
       <w:jc w:val="both"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="RetraitcorpsdetexteCar">
     <w:name w:val="Retrait corps de texte Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Retraitcorpsdetexte"/>
     <w:semiHidden/>
-    <w:rsid w:val="0055475C"/>
-[...1 lines deleted...]
-      <w:sz w:val="24"/>
+    <w:rsid w:val="00BB79B9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Notedebasdepage">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="NotedebasdepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0055475C"/>
+    <w:rsid w:val="00BB79B9"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NotedebasdepageCar">
     <w:name w:val="Note de bas de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Notedebasdepage"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0055475C"/>
+    <w:rsid w:val="00BB79B9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Appelnotedebasdep">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0055475C"/>
+    <w:rsid w:val="00BB79B9"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008B4BFC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:lang w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Marquedecommentaire">
     <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0055475C"/>
+    <w:rsid w:val="000E6E77"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Commentaire">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentaireCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0055475C"/>
+    <w:rsid w:val="000E6E77"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
     <w:name w:val="Commentaire Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Commentaire"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="0055475C"/>
+    <w:rsid w:val="000E6E77"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Objetducommentaire">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Commentaire"/>
     <w:next w:val="Commentaire"/>
     <w:link w:val="ObjetducommentaireCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00090CD0"/>
+    <w:rsid w:val="000E6E77"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00090CD0"/>
-    <w:rPr>
+    <w:rsid w:val="000E6E77"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="fr-FR"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...96 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="embeddings/oleObject1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\CAN\AppData\Local\Temp\ObsysNET\20220519162544\GEN%20%20FORM%2008.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8BE9B4E9-DE58-4E86-8073-05F3E1F8F137}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{82754411-73AC-4828-BB3D-FF39B21620D1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>GEN  FORM 08</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>738</Words>
-  <Characters>4059</Characters>
+  <Words>839</Words>
+  <Characters>4618</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>9</Paragraphs>
+  <DocSecurity>12</DocSecurity>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>cofrac</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4788</CharactersWithSpaces>
+  <CharactersWithSpaces>5447</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Type de demande :</dc:title>
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Clotilde ANDRE</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>