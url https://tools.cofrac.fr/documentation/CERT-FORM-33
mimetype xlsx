--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -1,144 +1,135 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="26626"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\CERT\Qualité\DIFFUSION DOCUMENTS - INFOS\CERT FORM 33\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cofracfr-my.sharepoint.com/personal/christel_znidarsic_cofrac_fr/Documents/Bureau/diffusion docs/FORM/CERT FORM 33 - Annexe A données 17024/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{B57A6D55-5DD2-4CFC-8CB8-91CE9E5BC822}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A1D80373-5FC8-48CC-90E2-172634532507}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13140" tabRatio="711" xr2:uid="{F7794582-F51C-4B0E-8C71-943C95F583DC}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="711" xr2:uid="{F7794582-F51C-4B0E-8C71-943C95F583DC}"/>
   </bookViews>
   <sheets>
     <sheet name="Tableau 3" sheetId="9" r:id="rId1"/>
     <sheet name="Tableau 6" sheetId="8" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Tableau 3'!$A$1:$E$12</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Tableau 6'!$A$1:$F$74</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Tableau 3'!$A$1:$D$15</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Tableau 6'!$A$2:$F$74</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="79">
   <si>
     <t>Date :</t>
   </si>
   <si>
     <t>Supprimer les lignes non applicables</t>
   </si>
   <si>
     <t>Certification des Personnes réalisant des diagnostics techniques immobiliers</t>
   </si>
   <si>
     <t>Nombre de certificats valides au 31/12 de l'année n-1</t>
   </si>
   <si>
     <t>Nombre d'examinateurs</t>
   </si>
   <si>
     <t>Secteur A - Plomb sans mention</t>
   </si>
   <si>
     <t>Secteur Abis - Plomb mention</t>
   </si>
   <si>
     <t>Secteur B - Amiante sans mention</t>
   </si>
   <si>
     <t>Secteur Bbis - Amiante mention</t>
   </si>
   <si>
     <t>Secteur C - Termites métropole</t>
   </si>
   <si>
     <t>Secteur C - Termites outre-mer</t>
   </si>
   <si>
     <t>Secteur D - DPE sans mention</t>
   </si>
   <si>
     <t>Secteur Dbis - DPE mention</t>
   </si>
   <si>
     <t>Secteur E - Gaz</t>
   </si>
   <si>
     <t>Secteur F - Electricité</t>
   </si>
   <si>
-    <t>Certification des Inspecteurs de systèmes de climatisation et de pompes à chaleur réversibles</t>
-[...7 lines deleted...]
-  <si>
     <t>Certification d'experts évaluateurs et d'assurance (EEA)</t>
   </si>
   <si>
     <t>Généralistes</t>
   </si>
   <si>
     <t>Spécialité Bâtiment</t>
   </si>
   <si>
     <t>Spécialité Dommages agricoles</t>
   </si>
   <si>
     <t>Spécialité Matériels et installations</t>
   </si>
   <si>
     <t>Spécialité Plaisance</t>
   </si>
   <si>
     <t>Spécialité Préjudices immatériels et marchandises</t>
   </si>
   <si>
     <t>Certification d'inspecteurs en travaux de protection anticorrosion par revêtement</t>
   </si>
   <si>
     <t>Assistant inspecteur ACQPA/FROSIO : niveau II</t>
@@ -207,56 +198,50 @@
     <t>ICA - Certification d'auditeurs de systèmes de management de l'environnement</t>
   </si>
   <si>
     <t>Certification des auditeurs des systèmes de management de la sécurité de l'information (Auditor - ISO 27001)</t>
   </si>
   <si>
     <t>Certification des personnes dans le domaine de l'implémentation des systèmes de management de la sécurité de l'information (Implementer - ISO 27001)</t>
   </si>
   <si>
     <t>Certification des personnes dans le domaine de la gestion des risques liés à la sécurité de l'information (Security risk manager - ISO 27005)</t>
   </si>
   <si>
     <t>Certification des responsables d'audit des systèmes de management de la sécurité de l'information (Lead auditor - 27001)</t>
   </si>
   <si>
     <t>Certification des responsables d'implémentation des systèmes de management de la sécurité de l'information (Lead implementer - ISO/CEI 27001)</t>
   </si>
   <si>
     <t>Autres Certifications</t>
   </si>
   <si>
     <t>Certification d'ingénieurs professionnels</t>
   </si>
   <si>
     <t>Certification des contrôleurs techniques des installations d'ascenseurs</t>
-  </si>
-[...4 lines deleted...]
-    <t>Total certificat</t>
   </si>
   <si>
     <t>Total personnes certifiées</t>
   </si>
   <si>
     <t>Autres (à compléter)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tableau 6 : </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>A</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
@@ -268,137 +253,221 @@
       <t>ctivités de certification réalisées sous accréditation ISO/IEC 17024</t>
     </r>
   </si>
   <si>
     <t>Qualification BT CIS</t>
   </si>
   <si>
     <t>Qualification BT.IS/CPI</t>
   </si>
   <si>
     <t>Qualification HTA CIS</t>
   </si>
   <si>
     <t>Qualification HTA CIS / CPI</t>
   </si>
   <si>
     <t>Qualification Terminaison HTA</t>
   </si>
   <si>
     <t>Certification des Monteurs en canalisations électriques souterraines - Référentiel du distributeur EDF</t>
   </si>
   <si>
     <t>Nom de l'organisme : ${OEC_LEGAL_NAME}</t>
   </si>
   <si>
-    <t>Liste des pays dans lesquels l'organisme intervient pour la certification de personnes</t>
-[...1 lines deleted...]
-  <si>
     <t>BIM USERS</t>
   </si>
   <si>
     <t>Nom de l'organisme :</t>
   </si>
   <si>
     <t>${OEC_LEGAL_NAME}</t>
+  </si>
+  <si>
+    <t>Sous-traitant accrédité (oui/non)</t>
   </si>
   <si>
     <r>
       <rPr>
-        <b/>
-[...1 lines deleted...]
-        <color rgb="FF000000"/>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Domaine de certification/Type d’activité</t>
+      <t>Notice</t>
     </r>
     <r>
       <rPr>
-        <sz val="10"/>
-        <color rgb="FF000000"/>
+        <sz val="11"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">
-(cf. nomenclature CERT CEPE INF 07)</t>
+      <t xml:space="preserve"> :</t>
     </r>
   </si>
   <si>
-    <t>Identité du sous-traitant</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Nature de la sous-traitance </t>
+    <t>(1) Il s’agit de l’application du §6.3 de l'ISO/IEC 17024
+Déclarer ici les entités qui exercent et/ou gèrent des activités de certification de personnes, pour le compte de l’organisme de certification (OC) accrédité, qui ne sont pas entièrement ou partiellement détenues ou employées par l’OC.
+Les entités peuvent ou non être situées dans le même pays que le siège social de l’OC et peuvent être une représentation locale, une agence, un franchisé ou un bureau de vente de l’OC ou de toute entité ayant une relation contractuelle 
+avec l’OC pour l’exécution d’activités de certification
+(2) : Nature de la sous-traitance : détailler les activités du processus de certification qui sont sous-traitées</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Tableau 3 : Données </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>relatives a la sous-traitance dans le processus de certification sous accréditation ISO/IEC 17024</t>
+      <t>relatives a la sous-traitance</t>
     </r>
-  </si>
-[...1 lines deleted...]
-    <t>Dispositions permettant de répondre au §6.3 de la norme ISO/IEC 17024</t>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> dans le processus de certification sous accréditation ISO/IEC 17024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Nature de la sous-traitance </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Liste des pays dans lesquels l'organisme intervient pour la certification de personnes </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+  </si>
+  <si>
+    <t>(1) Il s'agit des pays depuis lesquels l'organisme réalise des activités de certification de personnes (examens sur site par exemple)</t>
+  </si>
+  <si>
+    <t>Identité et adresse du sous-traitant</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Domaine technique </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(cf. nomenclature CERT CEPE INF 07 et Documents d'exigences spécifiques)</t>
+    </r>
+  </si>
+  <si>
+    <t>Secteur Dter - Audit énergétique</t>
+  </si>
+  <si>
+    <t>Certification des compétences du DPO</t>
+  </si>
+  <si>
+    <t>Nombre total de certificats</t>
+  </si>
+  <si>
+    <t>Nombre totale de personnes certifiées</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="1"/>
-[...6 lines deleted...]
-      <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -423,61 +492,80 @@
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFC0504D"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <color rgb="FF808080"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
       <sz val="11"/>
-      <color rgb="FFC00000"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
       <sz val="10"/>
-      <color rgb="FF808080"/>
-      <name val="Arial"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBFBFBF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
@@ -567,257 +655,258 @@
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
-    </xf>
-[...38 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -879,51 +968,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1021,1089 +1110,1072 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1ADB0029-6E03-4FDE-AF97-18F23A147D92}">
-  <dimension ref="A2:M12"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A2:L15"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="49" customWidth="1"/>
-    <col min="5" max="5" width="34.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-        <v>71</v>
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A2" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="B2" s="14" t="s">
+        <v>65</v>
       </c>
       <c r="C2" t="s">
         <v>0</v>
       </c>
-      <c r="D2" s="25"/>
-[...37 lines deleted...]
-      <c r="B8" s="21" t="s">
+      <c r="D2" s="23"/>
+      <c r="E2" s="23"/>
+      <c r="F2" s="23"/>
+      <c r="K2" s="24"/>
+      <c r="L2" s="23"/>
+    </row>
+    <row r="3" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="14"/>
+      <c r="C3" s="14"/>
+      <c r="D3" s="14"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="J3" s="11"/>
+      <c r="K3" s="11"/>
+      <c r="L3" s="11"/>
+    </row>
+    <row r="6" spans="1:12" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="25" t="s">
+        <v>69</v>
+      </c>
+      <c r="B6" s="25"/>
+      <c r="C6" s="25"/>
+      <c r="D6" s="25"/>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A7" s="17"/>
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="17"/>
+    </row>
+    <row r="8" spans="1:12" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A8" s="18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B8" s="19" t="s">
         <v>73</v>
       </c>
-      <c r="C8" s="21" t="s">
-[...35 lines deleted...]
-      <c r="E12" s="24"/>
+      <c r="C8" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" s="19" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" s="20"/>
+      <c r="B9" s="21"/>
+      <c r="C9" s="21"/>
+      <c r="D9" s="21"/>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" s="20"/>
+      <c r="B10" s="21"/>
+      <c r="C10" s="21"/>
+      <c r="D10" s="21"/>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A11" s="22"/>
+      <c r="B11" s="22"/>
+      <c r="C11" s="22"/>
+      <c r="D11" s="22"/>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A12" s="22"/>
+      <c r="B12" s="22"/>
+      <c r="C12" s="22"/>
+      <c r="D12" s="22"/>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" ht="141.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="26" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" s="27"/>
+      <c r="C15" s="27"/>
+      <c r="D15" s="27"/>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...2 lines deleted...]
-    <mergeCell ref="A6:E6"/>
+  <mergeCells count="4">
+    <mergeCell ref="D2:F2"/>
+    <mergeCell ref="K2:L2"/>
+    <mergeCell ref="A6:D6"/>
+    <mergeCell ref="A15:D15"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="37" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="66" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LCERT FORM 33 - données ISO/IEC 17024 - révision 2</oddFooter>
+    <oddHeader>&amp;LAnnexe A - 2ème partie (Certification de personnes)</oddHeader>
+    <oddFooter>&amp;LCERT FORM 33 - données ISO/IEC 17024 - révision 3-01/2026</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
-    <brk id="5" max="11" man="1"/>
+    <brk id="4" max="11" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5272E383-EA60-4E64-A066-6762F7FA5752}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M75"/>
+  <dimension ref="A1:M74"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+    <sheetView showGridLines="0" topLeftCell="A3" zoomScaleNormal="100" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="80" workbookViewId="0">
+      <selection activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="120.85546875" customWidth="1"/>
-    <col min="2" max="3" width="19.5703125" style="2" customWidth="1"/>
+    <col min="2" max="3" width="19.5703125" style="1" customWidth="1"/>
     <col min="4" max="5" width="19.5703125" customWidth="1"/>
     <col min="6" max="8" width="25" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1"/>
       <c r="C1"/>
     </row>
     <row r="2" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="15" t="s">
-        <v>67</v>
+      <c r="A2" s="14" t="s">
+        <v>62</v>
       </c>
       <c r="B2"/>
-      <c r="C2" s="15" t="s">
+      <c r="C2" s="14" t="s">
         <v>0</v>
       </c>
-      <c r="D2" s="16"/>
-[...1 lines deleted...]
-      <c r="F2" s="16"/>
+      <c r="D2" s="15"/>
+      <c r="E2" s="15"/>
+      <c r="F2" s="15"/>
       <c r="K2" t="s">
         <v>0</v>
       </c>
-      <c r="L2" s="29"/>
-      <c r="M2" s="30"/>
+      <c r="L2" s="39"/>
+      <c r="M2" s="40"/>
     </row>
     <row r="3" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="15"/>
-[...7 lines deleted...]
-      <c r="M3" s="12"/>
+      <c r="B3" s="14"/>
+      <c r="C3" s="14"/>
+      <c r="D3" s="14"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="K3" s="11"/>
+      <c r="L3" s="11"/>
+      <c r="M3" s="11"/>
     </row>
     <row r="4" spans="1:13" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="32" t="s">
-[...9 lines deleted...]
-      <c r="A5" s="34" t="s">
+      <c r="A4" s="41" t="s">
+        <v>55</v>
+      </c>
+      <c r="B4" s="42"/>
+      <c r="C4" s="42"/>
+      <c r="D4" s="42"/>
+      <c r="E4" s="42"/>
+      <c r="F4" s="42"/>
+    </row>
+    <row r="5" spans="1:13" s="6" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="43" t="s">
         <v>1</v>
       </c>
-      <c r="B5" s="34"/>
-[...5 lines deleted...]
-      <c r="A6" s="5" t="s">
+      <c r="B5" s="43"/>
+      <c r="C5" s="43"/>
+      <c r="D5" s="43"/>
+      <c r="E5" s="43"/>
+    </row>
+    <row r="6" spans="1:13" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="B6" s="6" t="s">
+      <c r="B6" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="C6" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="D6" s="6" t="s">
-[...6 lines deleted...]
-        <v>68</v>
+      <c r="D6" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A7" s="10" t="s">
+      <c r="A7" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="B7" s="13"/>
-[...3 lines deleted...]
-      <c r="F7" s="17"/>
+      <c r="B7" s="12"/>
+      <c r="C7" s="35"/>
+      <c r="D7" s="28"/>
+      <c r="E7" s="28"/>
+      <c r="F7" s="16"/>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A8" s="10" t="s">
+      <c r="A8" s="9" t="s">
         <v>6</v>
       </c>
-      <c r="B8" s="13"/>
-[...3 lines deleted...]
-      <c r="F8" s="17"/>
+      <c r="B8" s="12"/>
+      <c r="C8" s="35"/>
+      <c r="D8" s="28"/>
+      <c r="E8" s="28"/>
+      <c r="F8" s="16"/>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A9" s="10" t="s">
+      <c r="A9" s="9" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="13"/>
-[...3 lines deleted...]
-      <c r="F9" s="17"/>
+      <c r="B9" s="12"/>
+      <c r="C9" s="35"/>
+      <c r="D9" s="28"/>
+      <c r="E9" s="28"/>
+      <c r="F9" s="16"/>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A10" s="10" t="s">
+      <c r="A10" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="B10" s="13"/>
-[...3 lines deleted...]
-      <c r="F10" s="17"/>
+      <c r="B10" s="12"/>
+      <c r="C10" s="35"/>
+      <c r="D10" s="28"/>
+      <c r="E10" s="28"/>
+      <c r="F10" s="16"/>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A11" s="10" t="s">
+      <c r="A11" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="B11" s="13"/>
-[...3 lines deleted...]
-      <c r="F11" s="17"/>
+      <c r="B11" s="12"/>
+      <c r="C11" s="35"/>
+      <c r="D11" s="28"/>
+      <c r="E11" s="28"/>
+      <c r="F11" s="16"/>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A12" s="10" t="s">
+      <c r="A12" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="13"/>
-[...3 lines deleted...]
-      <c r="F12" s="17"/>
+      <c r="B12" s="12"/>
+      <c r="C12" s="35"/>
+      <c r="D12" s="28"/>
+      <c r="E12" s="28"/>
+      <c r="F12" s="16"/>
     </row>
     <row r="13" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A13" s="10" t="s">
+      <c r="A13" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="B13" s="13"/>
-[...3 lines deleted...]
-      <c r="F13" s="17"/>
+      <c r="B13" s="12"/>
+      <c r="C13" s="35"/>
+      <c r="D13" s="28"/>
+      <c r="E13" s="28"/>
+      <c r="F13" s="16"/>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A14" s="10" t="s">
+      <c r="A14" s="9" t="s">
         <v>12</v>
       </c>
-      <c r="B14" s="13"/>
-[...3 lines deleted...]
-      <c r="F14" s="17"/>
+      <c r="B14" s="12"/>
+      <c r="C14" s="35"/>
+      <c r="D14" s="28"/>
+      <c r="E14" s="28"/>
+      <c r="F14" s="16"/>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A15" s="10" t="s">
+      <c r="A15" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="B15" s="12"/>
+      <c r="C15" s="35"/>
+      <c r="D15" s="28"/>
+      <c r="E15" s="28"/>
+      <c r="F15" s="16"/>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A16" s="9" t="s">
         <v>13</v>
       </c>
-      <c r="B15" s="13"/>
-[...6 lines deleted...]
-      <c r="A16" s="10" t="s">
+      <c r="B16" s="12"/>
+      <c r="C16" s="35"/>
+      <c r="D16" s="28"/>
+      <c r="E16" s="28"/>
+      <c r="F16" s="16"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="9" t="s">
         <v>14</v>
       </c>
-      <c r="B16" s="13"/>
-[...6 lines deleted...]
-      <c r="A17" s="5" t="s">
+      <c r="B17" s="12"/>
+      <c r="C17" s="35"/>
+      <c r="D17" s="28"/>
+      <c r="E17" s="28"/>
+      <c r="F17" s="16"/>
+    </row>
+    <row r="18" spans="1:6" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A18" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="B17" s="8" t="s">
+      <c r="B18" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C17" s="8" t="s">
+      <c r="C18" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="D17" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A18" s="10" t="s">
+      <c r="D18" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E18" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="B18" s="13"/>
-[...6 lines deleted...]
-      <c r="A19" s="10" t="s">
+      <c r="B19" s="12"/>
+      <c r="C19" s="12"/>
+      <c r="D19" s="28"/>
+      <c r="E19" s="36"/>
+      <c r="F19" s="16"/>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="9" t="s">
         <v>17</v>
       </c>
-      <c r="B19" s="13"/>
-[...6 lines deleted...]
-      <c r="A20" s="5" t="s">
+      <c r="B20" s="12"/>
+      <c r="C20" s="12"/>
+      <c r="D20" s="28"/>
+      <c r="E20" s="37"/>
+      <c r="F20" s="16"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="9" t="s">
         <v>18</v>
       </c>
-      <c r="B20" s="8" t="s">
+      <c r="B21" s="12"/>
+      <c r="C21" s="12"/>
+      <c r="D21" s="28"/>
+      <c r="E21" s="37"/>
+      <c r="F21" s="16"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B22" s="12"/>
+      <c r="C22" s="12"/>
+      <c r="D22" s="28"/>
+      <c r="E22" s="37"/>
+      <c r="F22" s="16"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B23" s="12"/>
+      <c r="C23" s="12"/>
+      <c r="D23" s="28"/>
+      <c r="E23" s="37"/>
+      <c r="F23" s="16"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B24" s="12"/>
+      <c r="C24" s="12"/>
+      <c r="D24" s="28"/>
+      <c r="E24" s="38"/>
+      <c r="F24" s="16"/>
+    </row>
+    <row r="25" spans="1:6" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B25" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C20" s="8" t="s">
+      <c r="C25" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="D20" s="8" t="s">
-[...50 lines deleted...]
-      <c r="A25" s="10" t="s">
+      <c r="D25" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E25" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="9" t="s">
         <v>23</v>
       </c>
-      <c r="B25" s="13"/>
-[...6 lines deleted...]
-      <c r="A26" s="10" t="s">
+      <c r="B26" s="12"/>
+      <c r="C26" s="33"/>
+      <c r="D26" s="28"/>
+      <c r="E26" s="28"/>
+      <c r="F26" s="16"/>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="9" t="s">
         <v>24</v>
       </c>
-      <c r="B26" s="13"/>
-[...6 lines deleted...]
-      <c r="A27" s="5" t="s">
+      <c r="B27" s="12"/>
+      <c r="C27" s="34"/>
+      <c r="D27" s="28"/>
+      <c r="E27" s="28"/>
+      <c r="F27" s="16"/>
+    </row>
+    <row r="28" spans="1:6" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B27" s="8" t="s">
+      <c r="B28" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C27" s="8" t="s">
+      <c r="C28" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="D27" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A28" s="10" t="s">
+      <c r="D28" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E28" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A29" s="9" t="s">
         <v>26</v>
       </c>
-      <c r="B28" s="13"/>
-[...6 lines deleted...]
-      <c r="A29" s="10" t="s">
+      <c r="B29" s="12"/>
+      <c r="C29" s="32"/>
+      <c r="D29" s="28"/>
+      <c r="E29" s="28"/>
+      <c r="F29" s="16"/>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A30" s="9" t="s">
         <v>27</v>
       </c>
-      <c r="B29" s="13"/>
-[...6 lines deleted...]
-      <c r="A30" s="5" t="s">
+      <c r="B30" s="12"/>
+      <c r="C30" s="32"/>
+      <c r="D30" s="28"/>
+      <c r="E30" s="28"/>
+      <c r="F30" s="16"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" s="9" t="s">
         <v>28</v>
       </c>
-      <c r="B30" s="8" t="s">
+      <c r="B31" s="12"/>
+      <c r="C31" s="32"/>
+      <c r="D31" s="28"/>
+      <c r="E31" s="28"/>
+      <c r="F31" s="16"/>
+    </row>
+    <row r="32" spans="1:6" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B32" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C30" s="8" t="s">
+      <c r="C32" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="D30" s="8" t="s">
-[...20 lines deleted...]
-      <c r="A32" s="10" t="s">
+      <c r="D32" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E32" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="B32" s="13"/>
-[...6 lines deleted...]
-      <c r="A33" s="10" t="s">
+      <c r="B33" s="12"/>
+      <c r="C33" s="12"/>
+      <c r="D33" s="28"/>
+      <c r="E33" s="28"/>
+      <c r="F33" s="16"/>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A34" s="9" t="s">
         <v>31</v>
       </c>
-      <c r="B33" s="13"/>
-[...6 lines deleted...]
-      <c r="A34" s="5" t="s">
+      <c r="B34" s="12"/>
+      <c r="C34" s="12"/>
+      <c r="D34" s="28"/>
+      <c r="E34" s="28"/>
+      <c r="F34" s="16"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A35" s="9" t="s">
         <v>32</v>
       </c>
-      <c r="B34" s="8" t="s">
+      <c r="B35" s="12"/>
+      <c r="C35" s="12"/>
+      <c r="D35" s="28"/>
+      <c r="E35" s="28"/>
+      <c r="F35" s="16"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B36" s="12"/>
+      <c r="C36" s="12"/>
+      <c r="D36" s="28"/>
+      <c r="E36" s="28"/>
+      <c r="F36" s="16"/>
+    </row>
+    <row r="37" spans="1:6" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A37" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B37" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C34" s="8" t="s">
+      <c r="C37" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="D34" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A35" s="10" t="s">
+      <c r="D37" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E37" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B38" s="12"/>
+      <c r="C38" s="12"/>
+      <c r="D38" s="28"/>
+      <c r="E38" s="28"/>
+      <c r="F38" s="16"/>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B39" s="12"/>
+      <c r="C39" s="12"/>
+      <c r="D39" s="28"/>
+      <c r="E39" s="28"/>
+      <c r="F39" s="16"/>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A40" s="9" t="s">
         <v>33</v>
       </c>
-      <c r="B35" s="13"/>
-[...16 lines deleted...]
-      <c r="A37" s="10" t="s">
+      <c r="B40" s="12"/>
+      <c r="C40" s="12"/>
+      <c r="D40" s="28"/>
+      <c r="E40" s="28"/>
+      <c r="F40" s="16"/>
+    </row>
+    <row r="41" spans="1:6" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A41" s="4" t="s">
         <v>35</v>
       </c>
-      <c r="B37" s="13"/>
-[...6 lines deleted...]
-      <c r="A38" s="10" t="s">
+      <c r="B41" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E41" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="B42" s="12"/>
+      <c r="C42" s="12"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+      <c r="F42" s="16"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="B43" s="12"/>
+      <c r="C43" s="12"/>
+      <c r="D43" s="28"/>
+      <c r="E43" s="28"/>
+      <c r="F43" s="16"/>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="B44" s="12"/>
+      <c r="C44" s="12"/>
+      <c r="D44" s="28"/>
+      <c r="E44" s="28"/>
+      <c r="F44" s="16"/>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="B45" s="12"/>
+      <c r="C45" s="12"/>
+      <c r="D45" s="28"/>
+      <c r="E45" s="28"/>
+      <c r="F45" s="16"/>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" s="9" t="s">
         <v>36</v>
       </c>
-      <c r="B38" s="13"/>
-[...6 lines deleted...]
-      <c r="A39" s="5" t="s">
+      <c r="B46" s="12"/>
+      <c r="C46" s="12"/>
+      <c r="D46" s="28"/>
+      <c r="E46" s="28"/>
+      <c r="F46" s="16"/>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A47" s="9" t="s">
         <v>37</v>
       </c>
-      <c r="B39" s="8" t="s">
+      <c r="B47" s="12"/>
+      <c r="C47" s="12"/>
+      <c r="D47" s="28"/>
+      <c r="E47" s="28"/>
+      <c r="F47" s="16"/>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A48" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B48" s="12"/>
+      <c r="C48" s="12"/>
+      <c r="D48" s="28"/>
+      <c r="E48" s="28"/>
+      <c r="F48" s="16"/>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A49" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="B49" s="12"/>
+      <c r="C49" s="12"/>
+      <c r="D49" s="28"/>
+      <c r="E49" s="28"/>
+      <c r="F49" s="16"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A50" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="12"/>
+      <c r="D50" s="28"/>
+      <c r="E50" s="28"/>
+      <c r="F50" s="16"/>
+    </row>
+    <row r="51" spans="1:6" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A51" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B51" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C39" s="8" t="s">
+      <c r="C51" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="D39" s="8" t="s">
-[...43 lines deleted...]
-      <c r="B43" s="8" t="s">
+      <c r="D51" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E51" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A52" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="B52" s="12"/>
+      <c r="C52" s="12"/>
+      <c r="D52" s="28"/>
+      <c r="E52" s="28"/>
+      <c r="F52" s="16"/>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A53" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B53" s="12"/>
+      <c r="C53" s="12"/>
+      <c r="D53" s="28"/>
+      <c r="E53" s="28"/>
+      <c r="F53" s="16"/>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A54" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="B54" s="12"/>
+      <c r="C54" s="12"/>
+      <c r="D54" s="28"/>
+      <c r="E54" s="28"/>
+      <c r="F54" s="16"/>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A55" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B55" s="12"/>
+      <c r="C55" s="12"/>
+      <c r="D55" s="28"/>
+      <c r="E55" s="28"/>
+      <c r="F55" s="16"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A56" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="B56" s="12"/>
+      <c r="C56" s="12"/>
+      <c r="D56" s="28"/>
+      <c r="E56" s="28"/>
+      <c r="F56" s="16"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A57" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B57" s="12"/>
+      <c r="C57" s="12"/>
+      <c r="D57" s="28"/>
+      <c r="E57" s="28"/>
+      <c r="F57" s="16"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="B58" s="12"/>
+      <c r="C58" s="12"/>
+      <c r="D58" s="28"/>
+      <c r="E58" s="28"/>
+      <c r="F58" s="16"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A59" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="B59" s="12"/>
+      <c r="C59" s="12"/>
+      <c r="D59" s="28"/>
+      <c r="E59" s="28"/>
+      <c r="F59" s="16"/>
+    </row>
+    <row r="60" spans="1:6" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A60" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B60" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C43" s="8" t="s">
+      <c r="C60" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="D43" s="8" t="s">
-[...187 lines deleted...]
-      <c r="F60" s="17"/>
+      <c r="D60" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E60" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="61" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A61" s="10" t="s">
-        <v>52</v>
+      <c r="A61" s="9" t="s">
+        <v>56</v>
       </c>
       <c r="B61" s="13"/>
       <c r="C61" s="13"/>
-      <c r="D61" s="31"/>
-[...7 lines deleted...]
-      <c r="B62" s="8" t="s">
+      <c r="D61" s="29"/>
+      <c r="E61" s="29"/>
+      <c r="F61" s="16"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A62" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="B62" s="13"/>
+      <c r="C62" s="13"/>
+      <c r="D62" s="30"/>
+      <c r="E62" s="30"/>
+      <c r="F62" s="16"/>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A63" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="B63" s="13"/>
+      <c r="C63" s="13"/>
+      <c r="D63" s="30"/>
+      <c r="E63" s="30"/>
+      <c r="F63" s="16"/>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A64" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="B64" s="13"/>
+      <c r="C64" s="13"/>
+      <c r="D64" s="30"/>
+      <c r="E64" s="30"/>
+      <c r="F64" s="16"/>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A65" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="B65" s="13"/>
+      <c r="C65" s="13"/>
+      <c r="D65" s="31"/>
+      <c r="E65" s="31"/>
+      <c r="F65" s="16"/>
+    </row>
+    <row r="66" spans="1:6" ht="40.5" x14ac:dyDescent="0.25">
+      <c r="A66" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B66" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="C62" s="8" t="s">
+      <c r="C66" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="D62" s="8" t="s">
-[...30 lines deleted...]
-      <c r="A65" s="10" t="s">
+      <c r="D66" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E66" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A67" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="B67" s="12"/>
+      <c r="C67" s="12"/>
+      <c r="D67" s="28"/>
+      <c r="E67" s="28"/>
+      <c r="F67" s="16"/>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A68" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="B68" s="12"/>
+      <c r="C68" s="12"/>
+      <c r="D68" s="28"/>
+      <c r="E68" s="28"/>
+      <c r="F68" s="16"/>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A69" s="9" t="s">
         <v>63</v>
       </c>
-      <c r="B65" s="14"/>
-[...46 lines deleted...]
-      <c r="A69" s="10" t="s">
+      <c r="B69" s="12"/>
+      <c r="C69" s="12"/>
+      <c r="D69" s="28"/>
+      <c r="E69" s="28"/>
+      <c r="F69" s="16"/>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A70" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B70" s="12"/>
+      <c r="C70" s="12"/>
+      <c r="D70" s="28"/>
+      <c r="E70" s="28"/>
+      <c r="F70" s="16"/>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A71" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="B69" s="13"/>
-[...23 lines deleted...]
-      <c r="F71" s="17"/>
+      <c r="B71" s="12"/>
+      <c r="C71" s="12"/>
+      <c r="D71" s="28"/>
+      <c r="E71" s="28"/>
+      <c r="F71" s="16"/>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A72" s="10" t="s">
-[...6 lines deleted...]
-      <c r="F72" s="17"/>
+      <c r="A72" s="3"/>
+      <c r="B72" s="10"/>
+      <c r="C72" s="10"/>
+      <c r="D72" s="2"/>
+      <c r="E72" s="2"/>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A73" s="9" t="s">
-[...6 lines deleted...]
-      <c r="F73" s="17"/>
+      <c r="A73" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A74" s="4"/>
-[...6 lines deleted...]
-      <c r="A75" s="1"/>
+      <c r="A74" t="s">
+        <v>72</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection insertRows="0" deleteRows="0" selectLockedCells="1"/>
-  <mergeCells count="29">
-[...12 lines deleted...]
-    <mergeCell ref="E21:E26"/>
+  <mergeCells count="26">
     <mergeCell ref="L2:M2"/>
-    <mergeCell ref="D28:D29"/>
-[...11 lines deleted...]
-    <mergeCell ref="E31:E33"/>
+    <mergeCell ref="D26:D27"/>
+    <mergeCell ref="E26:E27"/>
+    <mergeCell ref="D67:D71"/>
+    <mergeCell ref="E67:E71"/>
+    <mergeCell ref="D52:D59"/>
+    <mergeCell ref="E52:E59"/>
+    <mergeCell ref="D42:D50"/>
+    <mergeCell ref="E42:E50"/>
+    <mergeCell ref="E38:E40"/>
+    <mergeCell ref="D33:D36"/>
+    <mergeCell ref="E33:E36"/>
+    <mergeCell ref="D29:D31"/>
+    <mergeCell ref="E29:E31"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A5:E5"/>
+    <mergeCell ref="C29:C31"/>
+    <mergeCell ref="C26:C27"/>
+    <mergeCell ref="C7:C17"/>
+    <mergeCell ref="D19:D24"/>
+    <mergeCell ref="E19:E24"/>
+    <mergeCell ref="D38:D40"/>
+    <mergeCell ref="D61:D65"/>
+    <mergeCell ref="E61:E65"/>
+    <mergeCell ref="D7:D17"/>
+    <mergeCell ref="E7:E17"/>
   </mergeCells>
   <pageMargins left="1.1023622047244095" right="0.70866141732283472" top="1.7322834645669292" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="30" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="31" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LCERT FORM 33 - données ISO/IEC 17024 - révision 2</oddFooter>
+    <oddHeader>&amp;LAnnexe A - 2ème partie (Certification de personnes)</oddHeader>
+    <oddFooter>&amp;LCERT FORM 33 - données ISO/IEC 17024 - révision 3-01/2026</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>