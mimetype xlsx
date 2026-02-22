--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -4,199 +4,175 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cofracfr-my.sharepoint.com/personal/christel_znidarsic_cofrac_fr/Documents/Bureau/diffusion docs/FORM/CERT FORM 32 - Annexe A rapport - données 17021-1/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cofracfr-my.sharepoint.com/personal/christel_znidarsic_cofrac_fr/Documents/Bureau/diffusion docs/FORM/CERT  FORM 32 01 - Annexe A rapport - données 17021-1/CERT FORM 32 REV 03/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{C569D6B8-0AB7-45D3-B82C-F6C69B3D3700}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="2" documentId="8_{160AAC6E-4537-4BA0-99ED-F9FF983FDAB0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{D3CDD542-C907-472D-9C31-80299FB0B5DB}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="711" xr2:uid="{F7794582-F51C-4B0E-8C71-943C95F583DC}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="711" xr2:uid="{F7794582-F51C-4B0E-8C71-943C95F583DC}"/>
   </bookViews>
   <sheets>
     <sheet name="Tableau 3" sheetId="13" r:id="rId1"/>
     <sheet name="Tableau 5" sheetId="6" r:id="rId2"/>
     <sheet name="Tableau 5A" sheetId="7" r:id="rId3"/>
     <sheet name="Tableau 5B" sheetId="12" r:id="rId4"/>
     <sheet name="Tableau 5C" sheetId="14" r:id="rId5"/>
     <sheet name="Tableau 5D" sheetId="15" r:id="rId6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'Tableau 3'!$A$1:$E$13</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Tableau 5'!$A$4:$H$20</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'Tableau 3'!$A$1:$H$19</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Tableau 5'!$A$1:$M$22</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'Tableau 5A'!$A$2:$I$46</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'Tableau 5B'!$A$1:$D$23</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="4">'Tableau 5C'!$A$1:$E$12</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F17" i="6" l="1"/>
   <c r="E17" i="6"/>
   <c r="D17" i="6"/>
   <c r="C17" i="6"/>
   <c r="B17" i="6"/>
   <c r="D11" i="6"/>
   <c r="E11" i="6"/>
   <c r="F11" i="6"/>
   <c r="C11" i="6"/>
   <c r="B11" i="6"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="107">
   <si>
     <t>Date :</t>
   </si>
   <si>
     <t>Nom de l'organisme :</t>
   </si>
   <si>
     <t>Nombre de certificats valides au 31/12 de l’année N-1 ou de vérifications au titre des émissions n-1</t>
   </si>
   <si>
-    <t>Nombre de sites couverts par les certificats</t>
-[...1 lines deleted...]
-  <si>
     <t>Nom du site de l’OEC qui intervient dans le processus de certification</t>
   </si>
   <si>
     <t>Intervention de personnel à distance intervient dans le processus de certification (Oui/Non)</t>
   </si>
   <si>
     <t>Nombre de certificats valides / vérifications au 31/12 de l’année N-1</t>
-  </si>
-[...1 lines deleted...]
-    <t>Domaine(s) de certification/Type d’activité pour lequel(s) aucune prestation sous accréditation n’a été réalisée depuis la précédente évaluation :</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Localisation des clients</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 (par pays)</t>
     </r>
   </si>
   <si>
-    <t>Dupliquer l’encart ci-dessous autant que de besoin, en fonction du nombre de domaines (en lien avec la nomenclature CERT CEPE INF 07)</t>
-[...1 lines deleted...]
-  <si>
     <t>Nombre de transferts de certification acceptés au cours de l'année n-1</t>
   </si>
   <si>
     <t>Nombre d'audits réalisés après la période définie dans les dispositions de l'organisme au cours de l'année n-1</t>
   </si>
   <si>
     <t>Nombre de jours/hommes utilisés lors des audits réalisés au cours de l'année n-1</t>
   </si>
   <si>
     <t xml:space="preserve">Volume d’activité dans la portée d’accréditation pour le domaine : </t>
   </si>
   <si>
     <t>A complèter</t>
   </si>
   <si>
     <t>N° CODE EA/IAF</t>
   </si>
   <si>
     <t>/</t>
-  </si>
-[...14 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nombre de certificats valides à ce jour </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(1)</t>
     </r>
   </si>
   <si>
     <t>Activités par codes EA/IAF pour le domaine ISO 9001</t>
   </si>
   <si>
     <t>Activités par codes EA/IAF pour le domaine ISO 14001</t>
   </si>
   <si>
@@ -288,312 +264,453 @@
     <r>
       <t>Tableau 5 : A</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>ctivités de certification réalisées sous accréditation ISO/IEC 17021-1</t>
     </r>
   </si>
   <si>
     <t>* rappel, conformément à l'IAF MD8 2020, pour le domaine technique « autre que ceux / celles précisé(e)s ci-dessus », l’organisme de certification doit fournir au Cofrac une liste des dispositifs médicaux incluant leur classification en termes de risque et la destination / objectif</t>
   </si>
   <si>
     <t>Domaine technique principal</t>
   </si>
   <si>
     <t>${OEC_LEGAL_NAME}</t>
   </si>
   <si>
+    <t>Sous-traitant accrédité (oui/non)</t>
+  </si>
+  <si>
+    <t>Degrés d'influence classement en 1.1 à 1.6**</t>
+  </si>
+  <si>
+    <t>Matières premières</t>
+  </si>
+  <si>
+    <t>composants</t>
+  </si>
+  <si>
+    <t>sous assemblage</t>
+  </si>
+  <si>
+    <t>service d'étalonnage</t>
+  </si>
+  <si>
+    <t>service de distribution</t>
+  </si>
+  <si>
+    <t>service de maintenance</t>
+  </si>
+  <si>
+    <t>autres services</t>
+  </si>
+  <si>
+    <t>** Rappel: « Composants, sous-assemblage, services de maintenance, autres services (services de conseil liés aux dispositifs médicaux) » énumérés dans le tableau 1.7 des domaines techniques principaux; l'OEC devra être accrédité pour la portée des domaines techniques énumérés dans les tableaux 1.1 à 1.6, lorsque le degré d'influence des pièces ou des services d'une organisation est clairement destiné à soutenir les dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>nombre de certificats actifs</t>
+  </si>
+  <si>
+    <t>Tableau 5C : Activités réalisées sous accréditation  ISO/IEC 17021-1, onglet spécifique domaine ISO 50001</t>
+  </si>
+  <si>
+    <t>Pour l'année n-1</t>
+  </si>
+  <si>
+    <t>nombre de clients EPE</t>
+  </si>
+  <si>
+    <t>nombre de clients EST</t>
+  </si>
+  <si>
+    <t>nombre de dossiers initiaux</t>
+  </si>
+  <si>
+    <t>citer le nom des dossiers initiaux:</t>
+  </si>
+  <si>
+    <t>citer le nom des dossiers:</t>
+  </si>
+  <si>
+    <t>Nombre</t>
+  </si>
+  <si>
+    <t>Nom des dossiers</t>
+  </si>
+  <si>
+    <t>nombre de clients avec CO PROMOTION</t>
+  </si>
+  <si>
+    <t>nombre total de clients</t>
+  </si>
+  <si>
+    <t>nombre de dossiers avec NC majeures :</t>
+  </si>
+  <si>
+    <t>nombre de dossiers sans NC :</t>
+  </si>
+  <si>
+    <t>Tableau 5D : Activités réalisées sous accréditation  ISO/IEC 17021-1, onglet spécifique domaine HAS IP médicament</t>
+  </si>
+  <si>
+    <t>Macro code (cf CERT INF 02)</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>J</t>
+  </si>
+  <si>
+    <t>K</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>O</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>F</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Notice: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Les entités peuvent ou non être situées dans le même pays que le siège social de l’OC et peuvent être une représentation locale, une agence, un franchisé ou un bureau de vente de l’OC ou de toute entité ayant une relation contractuelle </t>
+  </si>
+  <si>
+    <t>avec l’OC pour l’exécution d’activités de certification</t>
+  </si>
+  <si>
+    <r>
+      <t>Notice</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> : </t>
+    </r>
+  </si>
+  <si>
+    <t>Déclarer ici les entités qui exercent et/ou gèrent des activités de certification de systèmes de management, pour le compte de l’organisme de certification (OC) accrédité, qui ne sont pas entièrement ou partiellement détenues ou employées par l’OC.</t>
+  </si>
+  <si>
+    <t>(1) Il s’agit de l’application du §7.5 de la norme ISO/IEC 17021-1</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Nature de la sous-traitance </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(2)</t>
+    </r>
+  </si>
+  <si>
+    <t>(2) : Nature de la sous-traitance : détailler les activités du processus de certification qui sont sous-traitées</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Nombre de sites couverts par les certificats </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Nombre de sites couverts par les certificats</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (1)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Localisation des clients</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+(par pays) </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">(1) La localisation et le nombre de sites à déclarer, doivent être faits par pays et inclure tous les sites couverts par les certificats </t>
+  </si>
+  <si>
+    <t>Identité et adresse du sous-traitant</t>
+  </si>
+  <si>
     <r>
       <t xml:space="preserve">Tableau 3 : Données </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>relatives a la sous-traitance dans le processus de certification sous accréditation ISO/IEC 17021</t>
+      <t>relatives à la sous-traitance</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> dans le processus de certification sous accréditation ISO/IEC 17021</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>-1</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Domaine de certification/Type d’activité</t>
+      <t>Domaine technique</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
-(cf. nomenclature CERT CEPE INF 07)</t>
+(cf. nomenclature CERT CEPE INF 07 
+et Documents d'exigences spécifiques)</t>
     </r>
   </si>
   <si>
-    <t>Identité du sous-traitant</t>
-[...40 lines deleted...]
-  <si>
+    <t>Dupliquer l’encart ci-dessous autant que de besoin, en fonction du nombre de domaines techniques (en lien avec la nomenclature CERT CEPE INF 07 et les Documents d'exigences spécifiques)</t>
+  </si>
+  <si>
+    <t>Domaine (s) technique (s) pour lequel(s) aucune prestation sous accréditation n’a été réalisée depuis la précédente évaluation :</t>
+  </si>
+  <si>
+    <t>Lister les secteurs techniques où votre organisme a de l'activité et le système de codification interne correspondant:</t>
+  </si>
+  <si>
+    <t>A- Industrie légère à moyenne</t>
+  </si>
+  <si>
+    <t>B- Industrie lourde</t>
+  </si>
+  <si>
+    <t>C- Batiments</t>
+  </si>
+  <si>
+    <t>D-complexes immobiliers</t>
+  </si>
+  <si>
+    <t>E-Transports</t>
+  </si>
+  <si>
+    <t>F-Mine</t>
+  </si>
+  <si>
+    <t>G-Agriculture</t>
+  </si>
+  <si>
+    <t>H- Fourniture d'énergie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">secteur technique </t>
+  </si>
+  <si>
+    <t>Nombre de certificats actifs</t>
+  </si>
+  <si>
+    <t>codification interne correspondante ( si applicable)</t>
+  </si>
+  <si>
+    <t>Nombre d'auditeurs qualifiés</t>
+  </si>
+  <si>
+    <t>Si  "Dispositifs médicaux autres que ceux précisés ci-dessus" :Destination (à décrire) pour chacun des DM, ainsi que sa classe de risque*</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">(1)  </t>
+    </r>
     <r>
       <rPr>
-        <b/>
-[...1 lines deleted...]
-        <color theme="1"/>
+        <sz val="10"/>
+        <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">Si oui, </t>
+      <t>Si le code EA/IAF fait  partie de la portée d’accréditation mais qu’aucun certificat n’est  à ce jour actif, indiquer « Présence d’auditeur(s) qualifié(s) » ou « Absence d’auditeur(s)  qualifié(s) » selon le cas
+Noter NA si le code EA/IAF ne fait pas partie de la portée d’accréditation</t>
     </r>
-    <r>
-[...142 lines deleted...]
-    <t>Dispositions permettant de répondre au §7.5 de la norme ISO/IEC 17021-1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="24" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
-      <color theme="1"/>
-[...6 lines deleted...]
-      <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -684,50 +801,92 @@
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF808080"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBFBFBF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
@@ -877,304 +1036,281 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="87">
+  <cellXfs count="80">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
@@ -1474,1974 +1610,1938 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2CCB00E7-EA15-4018-98C9-E6ABD828E58D}">
-  <dimension ref="A2:M10"/>
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="A2:L19"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A32" sqref="A32"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="70" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="49" customWidth="1"/>
-    <col min="5" max="5" width="34.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A2" s="26" t="s">
+    <row r="2" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A2" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="26" t="s">
-        <v>36</v>
+      <c r="B2" s="25" t="s">
+        <v>32</v>
       </c>
       <c r="C2" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
-      <c r="G2" s="46"/>
-[...14 lines deleted...]
-    <row r="4" spans="1:13" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="K2" s="47"/>
+      <c r="L2" s="46"/>
+    </row>
+    <row r="3" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="J3" s="11"/>
+      <c r="K3" s="11"/>
+      <c r="L3" s="11"/>
+    </row>
+    <row r="4" spans="1:12" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="48" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="B4" s="48"/>
       <c r="C4" s="48"/>
       <c r="D4" s="48"/>
-      <c r="E4" s="49"/>
-[...50 lines deleted...]
-      <c r="E10" s="13"/>
+    </row>
+    <row r="5" spans="1:12" s="27" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="26"/>
+      <c r="B5" s="26"/>
+      <c r="C5" s="26"/>
+      <c r="D5" s="26"/>
+    </row>
+    <row r="6" spans="1:12" ht="53.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="B6" s="28" t="s">
+        <v>87</v>
+      </c>
+      <c r="C6" s="28" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" s="28" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A7" s="29"/>
+      <c r="B7" s="30"/>
+      <c r="C7" s="30"/>
+      <c r="D7" s="30"/>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" s="29"/>
+      <c r="B8" s="30"/>
+      <c r="C8" s="30"/>
+      <c r="D8" s="30"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" s="12"/>
+      <c r="B9" s="12"/>
+      <c r="C9" s="12"/>
+      <c r="D9" s="12"/>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" s="12"/>
+      <c r="B10" s="12"/>
+      <c r="C10" s="12"/>
+      <c r="D10" s="12"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A13" s="45" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>82</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="3">
-    <mergeCell ref="D2:G2"/>
-[...1 lines deleted...]
-    <mergeCell ref="A4:E4"/>
+    <mergeCell ref="D2:F2"/>
+    <mergeCell ref="K2:L2"/>
+    <mergeCell ref="A4:D4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="37" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="54" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;CAnnexe A - CERT FORM 32 - Rev5 - 10/2025</oddFooter>
+    <oddHeader>&amp;CAnnexe A - 2ème partie (certification de SM)</oddHeader>
+    <oddFooter>&amp;CAnnexe A - CERT FORM 32 - Rev 6 - 1/2026</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
-    <brk id="5" max="19" man="1"/>
+    <brk id="4" max="18" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E6AEE7B-5132-4687-9CFA-2CFF6E5C8976}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M21"/>
+  <dimension ref="A1:M22"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A32" sqref="A32"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScalePageLayoutView="55" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="8" width="24.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="26" t="s">
+      <c r="A2" s="25" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="26" t="s">
-        <v>36</v>
+      <c r="B2" s="25" t="s">
+        <v>32</v>
       </c>
       <c r="C2" t="s">
         <v>0</v>
       </c>
       <c r="D2" s="46"/>
       <c r="E2" s="46"/>
       <c r="F2" s="46"/>
       <c r="G2" s="46"/>
       <c r="K2" t="s">
         <v>0</v>
       </c>
-      <c r="L2" s="50"/>
-      <c r="M2" s="51"/>
+      <c r="L2" s="49"/>
+      <c r="M2" s="50"/>
     </row>
     <row r="3" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B3" s="26"/>
-[...7 lines deleted...]
-      <c r="M3" s="12"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="11"/>
+      <c r="F3" s="11"/>
+      <c r="G3" s="11"/>
+      <c r="K3" s="11"/>
+      <c r="L3" s="11"/>
+      <c r="M3" s="11"/>
     </row>
     <row r="4" spans="1:13" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="55" t="s">
-[...8 lines deleted...]
-      <c r="H4" s="55"/>
+      <c r="A4" s="54" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" s="54"/>
+      <c r="C4" s="54"/>
+      <c r="D4" s="54"/>
+      <c r="E4" s="54"/>
+      <c r="F4" s="54"/>
+      <c r="G4" s="54"/>
+      <c r="H4" s="54"/>
     </row>
     <row r="5" spans="1:13" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="56" t="s">
+      <c r="A5" s="55" t="s">
+        <v>90</v>
+      </c>
+      <c r="B5" s="56"/>
+      <c r="C5" s="56"/>
+      <c r="D5" s="56"/>
+      <c r="E5" s="56"/>
+      <c r="F5" s="56"/>
+      <c r="G5" s="56"/>
+      <c r="H5" s="57"/>
+    </row>
+    <row r="6" spans="1:13" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="60"/>
+      <c r="C6" s="60"/>
+      <c r="D6" s="58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" s="58"/>
+      <c r="F6" s="58"/>
+      <c r="G6" s="58"/>
+      <c r="H6" s="58"/>
+    </row>
+    <row r="7" spans="1:13" ht="60" x14ac:dyDescent="0.25">
+      <c r="A7" s="14" t="s">
+        <v>85</v>
+      </c>
+      <c r="B7" s="15" t="s">
+        <v>2</v>
+      </c>
+      <c r="C7" s="16" t="s">
+        <v>84</v>
+      </c>
+      <c r="D7" s="16" t="s">
+        <v>7</v>
+      </c>
+      <c r="E7" s="16" t="s">
+        <v>8</v>
+      </c>
+      <c r="F7" s="16" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="57"/>
-[...28 lines deleted...]
-      <c r="C7" s="17" t="s">
+      <c r="G7" s="15" t="s">
         <v>3</v>
       </c>
-      <c r="D7" s="17" t="s">
-[...8 lines deleted...]
-      <c r="G7" s="16" t="s">
+      <c r="H7" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="H7" s="16" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A8" s="7"/>
-[...6 lines deleted...]
-      <c r="H8" s="10"/>
+      <c r="A8" s="6"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="5"/>
+      <c r="D8" s="5"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5"/>
+      <c r="G8" s="9"/>
+      <c r="H8" s="9"/>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A9" s="7"/>
-[...6 lines deleted...]
-      <c r="H9" s="10"/>
+      <c r="A9" s="6"/>
+      <c r="B9" s="9"/>
+      <c r="C9" s="5"/>
+      <c r="D9" s="5"/>
+      <c r="E9" s="5"/>
+      <c r="F9" s="5"/>
+      <c r="G9" s="9"/>
+      <c r="H9" s="9"/>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A10" s="3"/>
-[...6 lines deleted...]
-      <c r="H10" s="4"/>
+      <c r="A10" s="2"/>
+      <c r="B10" s="3"/>
+      <c r="C10" s="3"/>
+      <c r="D10" s="3"/>
+      <c r="E10" s="3"/>
+      <c r="F10" s="3"/>
+      <c r="G10" s="3"/>
+      <c r="H10" s="3"/>
     </row>
     <row r="11" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A11" s="18" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="19">
+      <c r="A11" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="18">
         <f>SUM(B8:B10)</f>
         <v>0</v>
       </c>
-      <c r="C11" s="19">
+      <c r="C11" s="18">
         <f>SUM(C8:C10)</f>
         <v>0</v>
       </c>
-      <c r="D11" s="19">
+      <c r="D11" s="18">
         <f t="shared" ref="D11:F11" si="0">SUM(D8:D10)</f>
         <v>0</v>
       </c>
-      <c r="E11" s="19">
+      <c r="E11" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F11" s="19">
+      <c r="F11" s="18">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="G11" s="19" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G11" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="H11" s="18" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="60" t="s">
-[...13 lines deleted...]
-      <c r="A13" s="15" t="s">
+      <c r="A12" s="59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="60"/>
+      <c r="C12" s="60"/>
+      <c r="D12" s="58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" s="58"/>
+      <c r="F12" s="58"/>
+      <c r="G12" s="58"/>
+      <c r="H12" s="58"/>
+    </row>
+    <row r="13" spans="1:13" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A13" s="14" t="s">
+        <v>6</v>
+      </c>
+      <c r="B13" s="16" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="16" t="s">
+        <v>83</v>
+      </c>
+      <c r="D13" s="16" t="s">
+        <v>7</v>
+      </c>
+      <c r="E13" s="16" t="s">
         <v>8</v>
       </c>
-      <c r="B13" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="17" t="s">
+      <c r="F13" s="16" t="s">
+        <v>9</v>
+      </c>
+      <c r="G13" s="15" t="s">
         <v>3</v>
       </c>
-      <c r="D13" s="17" t="s">
-[...8 lines deleted...]
-      <c r="G13" s="16" t="s">
+      <c r="H13" s="15" t="s">
         <v>4</v>
       </c>
-      <c r="H13" s="16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I13"/>
+      <c r="J13"/>
+      <c r="K13"/>
+      <c r="L13"/>
+      <c r="M13"/>
     </row>
     <row r="14" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A14" s="7"/>
-[...6 lines deleted...]
-      <c r="H14" s="10"/>
+      <c r="A14" s="6"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="5"/>
+      <c r="D14" s="5"/>
+      <c r="E14" s="5"/>
+      <c r="F14" s="5"/>
+      <c r="G14" s="9"/>
+      <c r="H14" s="9"/>
     </row>
     <row r="15" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A15" s="3"/>
-[...6 lines deleted...]
-      <c r="H15" s="4"/>
+      <c r="A15" s="2"/>
+      <c r="B15" s="3"/>
+      <c r="C15" s="3"/>
+      <c r="D15" s="3"/>
+      <c r="E15" s="3"/>
+      <c r="F15" s="3"/>
+      <c r="G15" s="3"/>
+      <c r="H15" s="3"/>
     </row>
     <row r="16" spans="1:13" x14ac:dyDescent="0.25">
-      <c r="A16" s="3"/>
-[...6 lines deleted...]
-      <c r="H16" s="4"/>
+      <c r="A16" s="2"/>
+      <c r="B16" s="8"/>
+      <c r="C16" s="8"/>
+      <c r="D16" s="8"/>
+      <c r="E16" s="8"/>
+      <c r="F16" s="8"/>
+      <c r="G16" s="3"/>
+      <c r="H16" s="3"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="18" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="19">
+      <c r="A17" s="17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" s="18">
         <f>SUM(B14:B16)</f>
         <v>0</v>
       </c>
-      <c r="C17" s="19">
+      <c r="C17" s="18">
         <f>SUM(C14:C16)</f>
         <v>0</v>
       </c>
-      <c r="D17" s="19">
+      <c r="D17" s="18">
         <f t="shared" ref="D17" si="1">SUM(D14:D16)</f>
         <v>0</v>
       </c>
-      <c r="E17" s="19">
+      <c r="E17" s="18">
         <f t="shared" ref="E17" si="2">SUM(E14:E16)</f>
         <v>0</v>
       </c>
-      <c r="F17" s="19">
+      <c r="F17" s="18">
         <f t="shared" ref="F17" si="3">SUM(F14:F16)</f>
         <v>0</v>
       </c>
-      <c r="G17" s="19" t="s">
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G17" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="H17" s="18" t="s">
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="62" t="s">
-[...8 lines deleted...]
-      <c r="H18" s="64"/>
+      <c r="A18" s="61" t="s">
+        <v>91</v>
+      </c>
+      <c r="B18" s="62"/>
+      <c r="C18" s="62"/>
+      <c r="D18" s="62"/>
+      <c r="E18" s="62"/>
+      <c r="F18" s="62"/>
+      <c r="G18" s="62"/>
+      <c r="H18" s="63"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A19" s="52"/>
-[...6 lines deleted...]
-      <c r="H19" s="54"/>
+      <c r="A19" s="51"/>
+      <c r="B19" s="52"/>
+      <c r="C19" s="52"/>
+      <c r="D19" s="52"/>
+      <c r="E19" s="52"/>
+      <c r="F19" s="52"/>
+      <c r="G19" s="52"/>
+      <c r="H19" s="53"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A20" s="2"/>
-[...6 lines deleted...]
-      <c r="H20" s="2"/>
+      <c r="A20" s="1"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="1"/>
+      <c r="D20" s="1"/>
+      <c r="E20" s="1"/>
+      <c r="F20" s="1"/>
+      <c r="G20" s="1"/>
+      <c r="H20" s="1"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A21" s="1"/>
+      <c r="A21" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>86</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection formatRows="0" insertRows="0" deleteRows="0" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="10">
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="L2:M2"/>
     <mergeCell ref="A19:H19"/>
     <mergeCell ref="A4:H4"/>
     <mergeCell ref="A5:H5"/>
     <mergeCell ref="D6:H6"/>
     <mergeCell ref="A12:C12"/>
     <mergeCell ref="D12:H12"/>
     <mergeCell ref="A6:C6"/>
     <mergeCell ref="A18:H18"/>
   </mergeCells>
   <pageMargins left="1.1023622047244095" right="0.70866141732283472" top="1.7322834645669292" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="63" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="49" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;CCERT FORM 32 - Rév 5 - 10/2025&amp;RPage &amp;P de &amp;N</oddFooter>
+    <oddHeader>&amp;CAnnexe A - 2ème partie (certification de SM)</oddHeader>
+    <oddFooter>&amp;CCERT FORM 32 - Rév 6 - 1/2026
+&amp;RPage &amp;P de &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{439BC431-9AC2-4439-8633-479677CCFEF8}">
   <dimension ref="A2:I46"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScalePageLayoutView="90" workbookViewId="0">
-      <selection activeCell="A32" sqref="A32"/>
+    <sheetView showGridLines="0" topLeftCell="A2" zoomScaleNormal="100" zoomScalePageLayoutView="70" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="7.140625" customWidth="1"/>
     <col min="3" max="3" width="33" customWidth="1"/>
     <col min="4" max="4" width="10.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7.85546875" customWidth="1"/>
     <col min="6" max="6" width="33" customWidth="1"/>
     <col min="7" max="7" width="9.42578125" customWidth="1"/>
     <col min="8" max="8" width="8.140625" customWidth="1"/>
     <col min="9" max="9" width="33" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:9" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="55" t="s">
+      <c r="A2" s="54" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" s="54"/>
+      <c r="C2" s="54"/>
+      <c r="D2" s="54"/>
+      <c r="E2" s="54"/>
+      <c r="F2" s="54"/>
+      <c r="G2" s="54"/>
+      <c r="H2" s="54"/>
+      <c r="I2" s="54"/>
+    </row>
+    <row r="3" spans="1:9" ht="63.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="69" t="s">
+        <v>106</v>
+      </c>
+      <c r="B3" s="70"/>
+      <c r="C3" s="70"/>
+      <c r="D3" s="70"/>
+      <c r="E3" s="70"/>
+      <c r="F3" s="70"/>
+      <c r="G3" s="70"/>
+      <c r="H3" s="70"/>
+      <c r="I3" s="70"/>
+    </row>
+    <row r="4" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="71" t="s">
+        <v>15</v>
+      </c>
+      <c r="B4" s="72"/>
+      <c r="C4" s="72"/>
+      <c r="D4" s="71" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="72"/>
+      <c r="F4" s="72"/>
+      <c r="G4" s="71" t="s">
+        <v>17</v>
+      </c>
+      <c r="H4" s="72"/>
+      <c r="I4" s="72"/>
+    </row>
+    <row r="5" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+      <c r="A5" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E5" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="G5" s="10" t="s">
+        <v>58</v>
+      </c>
+      <c r="H5" s="10" t="s">
+        <v>12</v>
+      </c>
+      <c r="I5" s="7" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="64" t="s">
+        <v>59</v>
+      </c>
+      <c r="B6" s="10">
+        <v>1</v>
+      </c>
+      <c r="C6" s="13"/>
+      <c r="D6" s="64" t="s">
+        <v>59</v>
+      </c>
+      <c r="E6" s="10">
+        <v>3</v>
+      </c>
+      <c r="F6" s="13"/>
+      <c r="G6" s="64" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6" s="10">
+        <v>3</v>
+      </c>
+      <c r="I6" s="13"/>
+    </row>
+    <row r="7" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="66"/>
+      <c r="B7" s="10">
+        <v>3</v>
+      </c>
+      <c r="C7" s="13"/>
+      <c r="D7" s="65"/>
+      <c r="E7" s="10">
+        <v>30</v>
+      </c>
+      <c r="F7" s="13"/>
+      <c r="G7" s="65"/>
+      <c r="H7" s="10">
+        <v>30</v>
+      </c>
+      <c r="I7" s="13"/>
+    </row>
+    <row r="8" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="65"/>
+      <c r="B8" s="10">
+        <v>30</v>
+      </c>
+      <c r="C8" s="13"/>
+      <c r="D8" s="64" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" s="10">
+        <v>4</v>
+      </c>
+      <c r="F8" s="13"/>
+      <c r="G8" s="64" t="s">
+        <v>61</v>
+      </c>
+      <c r="H8" s="10">
+        <v>4</v>
+      </c>
+      <c r="I8" s="13"/>
+    </row>
+    <row r="9" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="64" t="s">
+        <v>60</v>
+      </c>
+      <c r="B9" s="10">
+        <v>2</v>
+      </c>
+      <c r="C9" s="13"/>
+      <c r="D9" s="66"/>
+      <c r="E9" s="10">
+        <v>5</v>
+      </c>
+      <c r="F9" s="13"/>
+      <c r="G9" s="66"/>
+      <c r="H9" s="10">
+        <v>5</v>
+      </c>
+      <c r="I9" s="13"/>
+    </row>
+    <row r="10" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="66"/>
+      <c r="B10" s="10">
+        <v>15</v>
+      </c>
+      <c r="C10" s="13"/>
+      <c r="D10" s="66"/>
+      <c r="E10" s="10">
+        <v>6</v>
+      </c>
+      <c r="F10" s="13"/>
+      <c r="G10" s="66"/>
+      <c r="H10" s="10">
+        <v>6</v>
+      </c>
+      <c r="I10" s="13"/>
+    </row>
+    <row r="11" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="65"/>
+      <c r="B11" s="10">
+        <v>16</v>
+      </c>
+      <c r="C11" s="13"/>
+      <c r="D11" s="65"/>
+      <c r="E11" s="10">
+        <v>23</v>
+      </c>
+      <c r="F11" s="13"/>
+      <c r="G11" s="65"/>
+      <c r="H11" s="10">
+        <v>23</v>
+      </c>
+      <c r="I11" s="13"/>
+    </row>
+    <row r="12" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="64" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" s="10">
+        <v>4</v>
+      </c>
+      <c r="C12" s="13"/>
+      <c r="D12" s="64" t="s">
+        <v>63</v>
+      </c>
+      <c r="E12" s="10">
+        <v>7</v>
+      </c>
+      <c r="F12" s="13"/>
+      <c r="G12" s="64" t="s">
+        <v>63</v>
+      </c>
+      <c r="H12" s="10">
+        <v>7</v>
+      </c>
+      <c r="I12" s="13"/>
+    </row>
+    <row r="13" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="66"/>
+      <c r="B13" s="10">
+        <v>5</v>
+      </c>
+      <c r="C13" s="13"/>
+      <c r="D13" s="66"/>
+      <c r="E13" s="10">
+        <v>8</v>
+      </c>
+      <c r="F13" s="13"/>
+      <c r="G13" s="66"/>
+      <c r="H13" s="10">
+        <v>8</v>
+      </c>
+      <c r="I13" s="13"/>
+    </row>
+    <row r="14" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="66"/>
+      <c r="B14" s="10">
+        <v>6</v>
+      </c>
+      <c r="C14" s="13"/>
+      <c r="D14" s="65"/>
+      <c r="E14" s="10">
+        <v>9</v>
+      </c>
+      <c r="F14" s="13"/>
+      <c r="G14" s="65"/>
+      <c r="H14" s="10">
+        <v>9</v>
+      </c>
+      <c r="I14" s="13"/>
+    </row>
+    <row r="15" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="66"/>
+      <c r="B15" s="10">
+        <v>14</v>
+      </c>
+      <c r="C15" s="13"/>
+      <c r="D15" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="E15" s="10">
+        <v>2</v>
+      </c>
+      <c r="F15" s="13"/>
+      <c r="G15" s="10" t="s">
+        <v>73</v>
+      </c>
+      <c r="H15" s="10">
+        <v>2</v>
+      </c>
+      <c r="I15" s="13"/>
+    </row>
+    <row r="16" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="65"/>
+      <c r="B16" s="10">
+        <v>23</v>
+      </c>
+      <c r="C16" s="13"/>
+      <c r="D16" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" s="10">
+        <v>11</v>
+      </c>
+      <c r="F16" s="13"/>
+      <c r="G16" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H16" s="10">
+        <v>11</v>
+      </c>
+      <c r="I16" s="13"/>
+    </row>
+    <row r="17" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="10" t="s">
+        <v>62</v>
+      </c>
+      <c r="B17" s="10">
+        <v>13</v>
+      </c>
+      <c r="C17" s="12"/>
+      <c r="D17" s="64" t="s">
+        <v>65</v>
+      </c>
+      <c r="E17" s="10">
+        <v>7</v>
+      </c>
+      <c r="F17" s="12"/>
+      <c r="G17" s="64" t="s">
+        <v>65</v>
+      </c>
+      <c r="H17" s="10">
+        <v>7</v>
+      </c>
+      <c r="I17" s="12"/>
+    </row>
+    <row r="18" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="64" t="s">
+        <v>63</v>
+      </c>
+      <c r="B18" s="10">
+        <v>7</v>
+      </c>
+      <c r="C18" s="12"/>
+      <c r="D18" s="66"/>
+      <c r="E18" s="10">
+        <v>10</v>
+      </c>
+      <c r="F18" s="12"/>
+      <c r="G18" s="66"/>
+      <c r="H18" s="10">
+        <v>10</v>
+      </c>
+      <c r="I18" s="12"/>
+    </row>
+    <row r="19" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="66"/>
+      <c r="B19" s="10">
+        <v>8</v>
+      </c>
+      <c r="C19" s="12"/>
+      <c r="D19" s="66"/>
+      <c r="E19" s="10">
+        <v>12</v>
+      </c>
+      <c r="F19" s="12"/>
+      <c r="G19" s="66"/>
+      <c r="H19" s="10">
+        <v>12</v>
+      </c>
+      <c r="I19" s="12"/>
+    </row>
+    <row r="20" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="65"/>
+      <c r="B20" s="10">
+        <v>9</v>
+      </c>
+      <c r="C20" s="12"/>
+      <c r="D20" s="66"/>
+      <c r="E20" s="10">
+        <v>13</v>
+      </c>
+      <c r="F20" s="12"/>
+      <c r="G20" s="66"/>
+      <c r="H20" s="10">
+        <v>13</v>
+      </c>
+      <c r="I20" s="12"/>
+    </row>
+    <row r="21" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="10" t="s">
+        <v>64</v>
+      </c>
+      <c r="B21" s="10">
+        <v>11</v>
+      </c>
+      <c r="C21" s="12"/>
+      <c r="D21" s="66"/>
+      <c r="E21" s="10">
+        <v>14</v>
+      </c>
+      <c r="F21" s="12"/>
+      <c r="G21" s="66"/>
+      <c r="H21" s="10">
+        <v>14</v>
+      </c>
+      <c r="I21" s="12"/>
+    </row>
+    <row r="22" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="64" t="s">
+        <v>65</v>
+      </c>
+      <c r="B22" s="10">
+        <v>7</v>
+      </c>
+      <c r="C22" s="12"/>
+      <c r="D22" s="66"/>
+      <c r="E22" s="10">
+        <v>15</v>
+      </c>
+      <c r="F22" s="12"/>
+      <c r="G22" s="66"/>
+      <c r="H22" s="10">
+        <v>15</v>
+      </c>
+      <c r="I22" s="12"/>
+    </row>
+    <row r="23" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="66"/>
+      <c r="B23" s="10">
+        <v>10</v>
+      </c>
+      <c r="C23" s="12"/>
+      <c r="D23" s="66"/>
+      <c r="E23" s="10">
+        <v>16</v>
+      </c>
+      <c r="F23" s="12"/>
+      <c r="G23" s="66"/>
+      <c r="H23" s="10">
+        <v>16</v>
+      </c>
+      <c r="I23" s="12"/>
+    </row>
+    <row r="24" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="65"/>
+      <c r="B24" s="10">
+        <v>12</v>
+      </c>
+      <c r="C24" s="12"/>
+      <c r="D24" s="65"/>
+      <c r="E24" s="10">
+        <v>17</v>
+      </c>
+      <c r="F24" s="12"/>
+      <c r="G24" s="65"/>
+      <c r="H24" s="10">
+        <v>17</v>
+      </c>
+      <c r="I24" s="12"/>
+    </row>
+    <row r="25" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="B25" s="10">
+        <v>38</v>
+      </c>
+      <c r="C25" s="12"/>
+      <c r="D25" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E25" s="10">
+        <v>38</v>
+      </c>
+      <c r="F25" s="12"/>
+      <c r="G25" s="10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H25" s="10">
+        <v>38</v>
+      </c>
+      <c r="I25" s="12"/>
+    </row>
+    <row r="26" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="64" t="s">
+        <v>67</v>
+      </c>
+      <c r="B26" s="10">
+        <v>24</v>
+      </c>
+      <c r="C26" s="12"/>
+      <c r="D26" s="64" t="s">
+        <v>67</v>
+      </c>
+      <c r="E26" s="10">
+        <v>24</v>
+      </c>
+      <c r="F26" s="12"/>
+      <c r="G26" s="64" t="s">
+        <v>67</v>
+      </c>
+      <c r="H26" s="10">
+        <v>24</v>
+      </c>
+      <c r="I26" s="12"/>
+    </row>
+    <row r="27" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="66"/>
+      <c r="B27" s="10">
+        <v>31</v>
+      </c>
+      <c r="C27" s="12"/>
+      <c r="D27" s="66"/>
+      <c r="E27" s="10">
+        <v>31</v>
+      </c>
+      <c r="F27" s="12"/>
+      <c r="G27" s="66"/>
+      <c r="H27" s="10">
+        <v>31</v>
+      </c>
+      <c r="I27" s="12"/>
+    </row>
+    <row r="28" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="65"/>
+      <c r="B28" s="10">
+        <v>39</v>
+      </c>
+      <c r="C28" s="12"/>
+      <c r="D28" s="65"/>
+      <c r="E28" s="10">
+        <v>39</v>
+      </c>
+      <c r="F28" s="12"/>
+      <c r="G28" s="65"/>
+      <c r="H28" s="10">
+        <v>39</v>
+      </c>
+      <c r="I28" s="12"/>
+    </row>
+    <row r="29" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="B29" s="10">
+        <v>28</v>
+      </c>
+      <c r="C29" s="12"/>
+      <c r="D29" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="E29" s="10">
+        <v>28</v>
+      </c>
+      <c r="F29" s="12"/>
+      <c r="G29" s="64" t="s">
+        <v>68</v>
+      </c>
+      <c r="H29" s="10">
+        <v>28</v>
+      </c>
+      <c r="I29" s="12"/>
+    </row>
+    <row r="30" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="65"/>
+      <c r="B30" s="10">
+        <v>34</v>
+      </c>
+      <c r="C30" s="12"/>
+      <c r="D30" s="65"/>
+      <c r="E30" s="10">
+        <v>34</v>
+      </c>
+      <c r="F30" s="12"/>
+      <c r="G30" s="65"/>
+      <c r="H30" s="10">
+        <v>34</v>
+      </c>
+      <c r="I30" s="12"/>
+    </row>
+    <row r="31" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="64" t="s">
+        <v>69</v>
+      </c>
+      <c r="B31" s="10">
+        <v>17</v>
+      </c>
+      <c r="C31" s="12"/>
+      <c r="D31" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="E31" s="10">
+        <v>1</v>
+      </c>
+      <c r="F31" s="12"/>
+      <c r="G31" s="10" t="s">
+        <v>74</v>
+      </c>
+      <c r="H31" s="10">
+        <v>1</v>
+      </c>
+      <c r="I31" s="12"/>
+    </row>
+    <row r="32" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="66"/>
+      <c r="B32" s="10">
+        <v>18</v>
+      </c>
+      <c r="C32" s="12"/>
+      <c r="D32" s="64" t="s">
+        <v>69</v>
+      </c>
+      <c r="E32" s="10">
+        <v>17</v>
+      </c>
+      <c r="F32" s="12"/>
+      <c r="G32" s="64" t="s">
+        <v>69</v>
+      </c>
+      <c r="H32" s="10">
+        <v>17</v>
+      </c>
+      <c r="I32" s="12"/>
+    </row>
+    <row r="33" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="66"/>
+      <c r="B33" s="10">
+        <v>19</v>
+      </c>
+      <c r="C33" s="12"/>
+      <c r="D33" s="66"/>
+      <c r="E33" s="10">
+        <v>18</v>
+      </c>
+      <c r="F33" s="12"/>
+      <c r="G33" s="66"/>
+      <c r="H33" s="10">
+        <v>18</v>
+      </c>
+      <c r="I33" s="12"/>
+    </row>
+    <row r="34" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="66"/>
+      <c r="B34" s="10">
+        <v>20</v>
+      </c>
+      <c r="C34" s="12"/>
+      <c r="D34" s="66"/>
+      <c r="E34" s="10">
+        <v>19</v>
+      </c>
+      <c r="F34" s="12"/>
+      <c r="G34" s="66"/>
+      <c r="H34" s="10">
+        <v>19</v>
+      </c>
+      <c r="I34" s="12"/>
+    </row>
+    <row r="35" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="65"/>
+      <c r="B35" s="10">
+        <v>22</v>
+      </c>
+      <c r="C35" s="12"/>
+      <c r="D35" s="66"/>
+      <c r="E35" s="10">
+        <v>20</v>
+      </c>
+      <c r="F35" s="12"/>
+      <c r="G35" s="66"/>
+      <c r="H35" s="10">
+        <v>20</v>
+      </c>
+      <c r="I35" s="12"/>
+    </row>
+    <row r="36" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B36" s="10">
+        <v>21</v>
+      </c>
+      <c r="C36" s="12"/>
+      <c r="D36" s="66"/>
+      <c r="E36" s="10">
+        <v>21</v>
+      </c>
+      <c r="F36" s="12"/>
+      <c r="G36" s="66"/>
+      <c r="H36" s="10">
+        <v>21</v>
+      </c>
+      <c r="I36" s="12"/>
+    </row>
+    <row r="37" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="64" t="s">
+        <v>71</v>
+      </c>
+      <c r="B37" s="10">
+        <v>25</v>
+      </c>
+      <c r="C37" s="12"/>
+      <c r="D37" s="65"/>
+      <c r="E37" s="10">
+        <v>22</v>
+      </c>
+      <c r="F37" s="12"/>
+      <c r="G37" s="65"/>
+      <c r="H37" s="10">
+        <v>22</v>
+      </c>
+      <c r="I37" s="12"/>
+    </row>
+    <row r="38" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="66"/>
+      <c r="B38" s="10">
+        <v>26</v>
+      </c>
+      <c r="C38" s="12"/>
+      <c r="D38" s="64" t="s">
+        <v>71</v>
+      </c>
+      <c r="E38" s="10">
+        <v>25</v>
+      </c>
+      <c r="F38" s="12"/>
+      <c r="G38" s="64" t="s">
+        <v>71</v>
+      </c>
+      <c r="H38" s="10">
+        <v>25</v>
+      </c>
+      <c r="I38" s="12"/>
+    </row>
+    <row r="39" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="65"/>
+      <c r="B39" s="10">
+        <v>27</v>
+      </c>
+      <c r="C39" s="12"/>
+      <c r="D39" s="66"/>
+      <c r="E39" s="10">
+        <v>26</v>
+      </c>
+      <c r="F39" s="12"/>
+      <c r="G39" s="67"/>
+      <c r="H39" s="10">
+        <v>26</v>
+      </c>
+      <c r="I39" s="12"/>
+    </row>
+    <row r="40" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="64" t="s">
+        <v>72</v>
+      </c>
+      <c r="B40" s="10">
+        <v>29</v>
+      </c>
+      <c r="C40" s="12"/>
+      <c r="D40" s="65"/>
+      <c r="E40" s="10">
+        <v>27</v>
+      </c>
+      <c r="F40" s="12"/>
+      <c r="G40" s="68"/>
+      <c r="H40" s="10">
+        <v>27</v>
+      </c>
+      <c r="I40" s="12"/>
+    </row>
+    <row r="41" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="66"/>
+      <c r="B41" s="10">
         <v>32</v>
       </c>
-      <c r="B2" s="55"/>
-[...723 lines deleted...]
-      <c r="B40" s="11">
+      <c r="C41" s="12"/>
+      <c r="D41" s="64" t="s">
+        <v>72</v>
+      </c>
+      <c r="E41" s="10">
         <v>29</v>
       </c>
-      <c r="C40" s="13"/>
-[...13 lines deleted...]
-      <c r="B41" s="11">
+      <c r="F41" s="12"/>
+      <c r="G41" s="67" t="s">
+        <v>72</v>
+      </c>
+      <c r="H41" s="10">
+        <v>29</v>
+      </c>
+      <c r="I41" s="12"/>
+    </row>
+    <row r="42" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="66"/>
+      <c r="B42" s="10">
+        <v>33</v>
+      </c>
+      <c r="C42" s="12"/>
+      <c r="D42" s="66"/>
+      <c r="E42" s="10">
         <v>32</v>
       </c>
-      <c r="C41" s="13"/>
-[...17 lines deleted...]
-      <c r="B42" s="11">
+      <c r="F42" s="12"/>
+      <c r="G42" s="67"/>
+      <c r="H42" s="10">
+        <v>32</v>
+      </c>
+      <c r="I42" s="12"/>
+    </row>
+    <row r="43" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="66"/>
+      <c r="B43" s="10">
+        <v>35</v>
+      </c>
+      <c r="C43" s="12"/>
+      <c r="D43" s="66"/>
+      <c r="E43" s="10">
         <v>33</v>
       </c>
-      <c r="C42" s="13"/>
-[...13 lines deleted...]
-      <c r="B43" s="11">
+      <c r="F43" s="12"/>
+      <c r="G43" s="67"/>
+      <c r="H43" s="10">
+        <v>33</v>
+      </c>
+      <c r="I43" s="12"/>
+    </row>
+    <row r="44" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="66"/>
+      <c r="B44" s="10">
+        <v>36</v>
+      </c>
+      <c r="C44" s="12"/>
+      <c r="D44" s="66"/>
+      <c r="E44" s="10">
         <v>35</v>
       </c>
-      <c r="C43" s="13"/>
-[...13 lines deleted...]
-      <c r="B44" s="11">
+      <c r="F44" s="12"/>
+      <c r="G44" s="67"/>
+      <c r="H44" s="10">
+        <v>35</v>
+      </c>
+      <c r="I44" s="12"/>
+    </row>
+    <row r="45" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="66"/>
+      <c r="B45" s="10">
+        <v>37</v>
+      </c>
+      <c r="C45" s="12"/>
+      <c r="D45" s="66"/>
+      <c r="E45" s="10">
         <v>36</v>
       </c>
-      <c r="C44" s="13"/>
-[...13 lines deleted...]
-      <c r="B45" s="11">
+      <c r="F45" s="12"/>
+      <c r="G45" s="67"/>
+      <c r="H45" s="10">
+        <v>36</v>
+      </c>
+      <c r="I45" s="12"/>
+    </row>
+    <row r="46" spans="1:9" ht="18.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="65"/>
+      <c r="B46" s="10"/>
+      <c r="C46" s="12"/>
+      <c r="D46" s="65"/>
+      <c r="E46" s="10">
         <v>37</v>
       </c>
-      <c r="C45" s="13"/>
-[...16 lines deleted...]
-      <c r="E46" s="11">
+      <c r="F46" s="12"/>
+      <c r="G46" s="68"/>
+      <c r="H46" s="10">
         <v>37</v>
       </c>
-      <c r="F46" s="13"/>
-[...4 lines deleted...]
-      <c r="I46" s="13"/>
+      <c r="I46" s="12"/>
     </row>
   </sheetData>
   <sheetProtection deleteColumns="0" deleteRows="0" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="33">
-    <mergeCell ref="G26:G28"/>
-[...16 lines deleted...]
-    <mergeCell ref="G38:G40"/>
     <mergeCell ref="G41:G46"/>
     <mergeCell ref="A40:A46"/>
     <mergeCell ref="A12:A16"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="D8:D11"/>
     <mergeCell ref="D12:D14"/>
     <mergeCell ref="D17:D24"/>
     <mergeCell ref="D26:D28"/>
     <mergeCell ref="D29:D30"/>
     <mergeCell ref="D32:D37"/>
     <mergeCell ref="D38:D40"/>
     <mergeCell ref="D41:D46"/>
     <mergeCell ref="A18:A20"/>
     <mergeCell ref="A22:A24"/>
     <mergeCell ref="A26:A28"/>
+    <mergeCell ref="G26:G28"/>
+    <mergeCell ref="A2:I2"/>
+    <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A4:C4"/>
+    <mergeCell ref="D4:F4"/>
+    <mergeCell ref="G4:I4"/>
+    <mergeCell ref="A29:A30"/>
+    <mergeCell ref="A31:A35"/>
+    <mergeCell ref="A6:A8"/>
+    <mergeCell ref="A9:A11"/>
+    <mergeCell ref="G29:G30"/>
+    <mergeCell ref="G32:G37"/>
+    <mergeCell ref="A37:A39"/>
+    <mergeCell ref="G6:G7"/>
+    <mergeCell ref="G8:G11"/>
+    <mergeCell ref="G12:G14"/>
+    <mergeCell ref="G17:G24"/>
+    <mergeCell ref="G38:G40"/>
   </mergeCells>
   <pageMargins left="1.1023622047244095" right="0.70866141732283472" top="0.54749999999999999" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="45" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;CCERT FORM 32 - Rév 5 - 10/2025&amp;RPage &amp;P de &amp;N</oddFooter>
+    <oddHeader>&amp;LAnnexe A - 2ème partie (certification de SM)</oddHeader>
+    <oddFooter>&amp;LCERT FORM 32 - Rév 6 - 1/2026&amp;RPage &amp;P de &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20EB3DEF-9FC3-414A-AE22-01BAFCDC019B}">
   <dimension ref="A1:H23"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A32" sqref="A32"/>
+    <sheetView topLeftCell="A2" zoomScaleNormal="100" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.42578125" customWidth="1"/>
     <col min="2" max="3" width="25.85546875" customWidth="1"/>
     <col min="4" max="4" width="40.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="74" t="s">
+      <c r="A1" s="73" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1" s="74"/>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="19"/>
+      <c r="F1" s="19"/>
+      <c r="G1" s="19"/>
+      <c r="H1" s="19"/>
+    </row>
+    <row r="2" spans="1:8" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="20"/>
+      <c r="B2" s="20"/>
+      <c r="C2" s="20"/>
+      <c r="D2" s="20"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="19"/>
+      <c r="G2" s="19"/>
+      <c r="H2" s="19"/>
+    </row>
+    <row r="4" spans="1:8" s="22" customFormat="1" ht="59.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="21" t="s">
         <v>31</v>
       </c>
-      <c r="B1" s="75"/>
-[...18 lines deleted...]
-      <c r="A4" s="22" t="s">
+      <c r="B4" s="21" t="s">
+        <v>19</v>
+      </c>
+      <c r="C4" s="21" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" s="21" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="23" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" s="24"/>
+      <c r="C5" s="32"/>
+      <c r="D5" s="24"/>
+    </row>
+    <row r="6" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A6" s="23" t="s">
+        <v>21</v>
+      </c>
+      <c r="B6" s="24"/>
+      <c r="C6" s="32"/>
+      <c r="D6" s="24"/>
+    </row>
+    <row r="7" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A7" s="23" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="24"/>
+      <c r="C7" s="32"/>
+      <c r="D7" s="24"/>
+    </row>
+    <row r="8" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A8" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" s="24"/>
+      <c r="C8" s="32"/>
+      <c r="D8" s="24"/>
+    </row>
+    <row r="9" spans="1:8" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="23" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" s="24"/>
+      <c r="C9" s="32"/>
+      <c r="D9" s="24"/>
+    </row>
+    <row r="10" spans="1:8" ht="45" x14ac:dyDescent="0.25">
+      <c r="A10" s="23" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" s="24"/>
+      <c r="C10" s="32"/>
+      <c r="D10" s="24"/>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="23" t="s">
+        <v>26</v>
+      </c>
+      <c r="B11" s="24"/>
+      <c r="C11" s="32"/>
+      <c r="D11" s="24"/>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="23" t="s">
         <v>35</v>
       </c>
-      <c r="B4" s="22" t="s">
-[...58 lines deleted...]
-      <c r="A11" s="24" t="s">
+      <c r="B12" s="33"/>
+      <c r="C12" s="33"/>
+      <c r="D12" s="34"/>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="35" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" s="33"/>
+      <c r="C13" s="33"/>
+      <c r="D13" s="34"/>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="35" t="s">
+        <v>37</v>
+      </c>
+      <c r="B14" s="33"/>
+      <c r="C14" s="33"/>
+      <c r="D14" s="34"/>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="23" t="s">
+        <v>38</v>
+      </c>
+      <c r="B15" s="33"/>
+      <c r="C15" s="33"/>
+      <c r="D15" s="34"/>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="23" t="s">
+        <v>39</v>
+      </c>
+      <c r="B16" s="33"/>
+      <c r="C16" s="33"/>
+      <c r="D16" s="34"/>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A17" s="35" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" s="33"/>
+      <c r="C17" s="33"/>
+      <c r="D17" s="34"/>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="35" t="s">
+        <v>41</v>
+      </c>
+      <c r="B18" s="33"/>
+      <c r="C18" s="33"/>
+      <c r="D18" s="34"/>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="31"/>
+      <c r="C19" s="36"/>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="31"/>
+      <c r="C20" s="36"/>
+    </row>
+    <row r="22" spans="1:4" ht="45.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="75" t="s">
         <v>30</v>
       </c>
-      <c r="B11" s="25"/>
-[...73 lines deleted...]
-      <c r="D22" s="49"/>
+      <c r="B22" s="76"/>
+      <c r="C22" s="76"/>
+      <c r="D22" s="76"/>
     </row>
     <row r="23" spans="1:4" ht="46.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="77" t="s">
-        <v>51</v>
+        <v>42</v>
       </c>
       <c r="B23" s="77"/>
       <c r="C23" s="77"/>
       <c r="D23" s="77"/>
     </row>
   </sheetData>
   <sheetProtection insertColumns="0" insertRows="0" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A22:D22"/>
     <mergeCell ref="A23:D23"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="69" orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;CCERT FORM 32 - Rév 5 - 10/2025</oddFooter>
+    <oddHeader>&amp;CAnnexe A - 2ème partie (certification de SM)</oddHeader>
+    <oddFooter xml:space="preserve">&amp;CCERT FORM 32 - Rév 6 - 1/2026
+</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="4" max="1048575" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AFD16FDC-D217-4AAC-ACEB-783E93819FE1}">
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:E12"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A32" sqref="A32"/>
+    <sheetView zoomScaleNormal="100" zoomScalePageLayoutView="85" workbookViewId="0">
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="52.5703125" customWidth="1"/>
     <col min="2" max="2" width="35.42578125" customWidth="1"/>
-    <col min="3" max="3" width="24.140625" customWidth="1"/>
-    <col min="4" max="4" width="25.140625" customWidth="1"/>
+    <col min="3" max="4" width="24.140625" customWidth="1"/>
+    <col min="5" max="5" width="32" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-[...181 lines deleted...]
-      <c r="D28" s="25"/>
+    <row r="1" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A1" s="78" t="s">
+        <v>44</v>
+      </c>
+      <c r="B1" s="74"/>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+    </row>
+    <row r="2" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A2" s="74"/>
+      <c r="B2" s="74"/>
+      <c r="C2" s="74"/>
+      <c r="D2" s="74"/>
+      <c r="E2" s="74"/>
+    </row>
+    <row r="4" spans="1:5" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="79" t="s">
+        <v>92</v>
+      </c>
+      <c r="B4" s="33" t="s">
+        <v>101</v>
+      </c>
+      <c r="C4" s="44" t="s">
+        <v>103</v>
+      </c>
+      <c r="D4" s="44" t="s">
+        <v>102</v>
+      </c>
+      <c r="E4" s="37" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A5" s="79"/>
+      <c r="B5" s="33" t="s">
+        <v>93</v>
+      </c>
+      <c r="C5" s="37"/>
+      <c r="D5" s="37"/>
+      <c r="E5" s="37"/>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="79"/>
+      <c r="B6" s="33" t="s">
+        <v>94</v>
+      </c>
+      <c r="C6" s="37"/>
+      <c r="D6" s="37"/>
+      <c r="E6" s="37"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="79"/>
+      <c r="B7" s="33" t="s">
+        <v>95</v>
+      </c>
+      <c r="C7" s="37"/>
+      <c r="D7" s="37"/>
+      <c r="E7" s="37"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="79"/>
+      <c r="B8" s="33" t="s">
+        <v>96</v>
+      </c>
+      <c r="C8" s="37"/>
+      <c r="D8" s="37"/>
+      <c r="E8" s="37"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="79"/>
+      <c r="B9" s="33" t="s">
+        <v>97</v>
+      </c>
+      <c r="C9" s="37"/>
+      <c r="D9" s="37"/>
+      <c r="E9" s="37"/>
+    </row>
+    <row r="10" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A10" s="79"/>
+      <c r="B10" s="33" t="s">
+        <v>98</v>
+      </c>
+      <c r="C10" s="37"/>
+      <c r="D10" s="37"/>
+      <c r="E10" s="37"/>
+    </row>
+    <row r="11" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A11" s="79"/>
+      <c r="B11" s="33" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" s="37"/>
+      <c r="D11" s="37"/>
+      <c r="E11" s="37"/>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="79"/>
+      <c r="B12" s="33" t="s">
+        <v>100</v>
+      </c>
+      <c r="C12" s="37"/>
+      <c r="D12" s="37"/>
+      <c r="E12" s="37"/>
     </row>
   </sheetData>
-  <mergeCells count="4">
-[...3 lines deleted...]
-    <mergeCell ref="A15:A28"/>
+  <mergeCells count="2">
+    <mergeCell ref="A1:E2"/>
+    <mergeCell ref="A4:A12"/>
   </mergeCells>
-  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="63" orientation="portrait" r:id="rId1"/>
+  <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
+  <pageSetup paperSize="9" scale="77" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;CCERT FORM 32 - Rév 5 - 10/2025</oddFooter>
+    <oddHeader>&amp;CAnnexe A - 2ème partie (certification de SM)</oddHeader>
+    <oddFooter xml:space="preserve">&amp;CCERT FORM 32 - Rév 6 - 1/2026
+</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{270E44E2-2B68-4CAE-9AC5-27A97541F508}">
   <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" zoomScaleSheetLayoutView="80" workbookViewId="0">
-      <selection activeCell="A32" sqref="A32"/>
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.85546875" customWidth="1"/>
     <col min="3" max="3" width="24.42578125" customWidth="1"/>
     <col min="4" max="4" width="50.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A1" s="41" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="41"/>
+      <c r="A1" s="40" t="s">
+        <v>57</v>
+      </c>
+      <c r="B1" s="40"/>
+      <c r="C1" s="40"/>
+      <c r="D1" s="40"/>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="42" t="s">
-        <v>58</v>
+      <c r="A3" s="41" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="B4" s="43" t="s">
-[...4 lines deleted...]
-        <v>65</v>
+      <c r="B4" s="42" t="s">
+        <v>51</v>
+      </c>
+      <c r="C4" s="43"/>
+      <c r="D4" s="42" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A5" s="25" t="s">
-[...4 lines deleted...]
-      <c r="D5" s="44"/>
+      <c r="A5" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="B5" s="42"/>
+      <c r="C5" s="43"/>
+      <c r="D5" s="43"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A6" s="25" t="s">
+      <c r="A6" s="24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" s="42"/>
+      <c r="C6" s="43"/>
+      <c r="D6" s="43"/>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A7" s="38" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" s="38"/>
+      <c r="C7" s="39"/>
+      <c r="D7" s="39"/>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A8" s="38" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" s="38"/>
+      <c r="C8" s="39"/>
+      <c r="D8" s="39"/>
+    </row>
+    <row r="9" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A9" s="38" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" s="38"/>
+      <c r="C9" s="38" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" s="38"/>
+    </row>
+    <row r="10" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A10" s="38" t="s">
+        <v>48</v>
+      </c>
+      <c r="B10" s="38"/>
+      <c r="C10" s="38" t="s">
+        <v>49</v>
+      </c>
+      <c r="D10" s="38"/>
+    </row>
+    <row r="11" spans="1:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="A11" s="38" t="s">
         <v>55</v>
       </c>
-      <c r="B6" s="43"/>
-[...47 lines deleted...]
-      <c r="D11" s="39"/>
+      <c r="B11" s="38"/>
+      <c r="C11" s="38" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" s="38"/>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A12" s="39" t="s">
-[...4 lines deleted...]
-      <c r="D12" s="40"/>
+      <c r="A12" s="38" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" s="38"/>
+      <c r="C12" s="39"/>
+      <c r="D12" s="39"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" scale="76" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;CCERT FORM 32 - Rév 5 - 10/2025</oddFooter>
+    <oddHeader>&amp;CAnnexe A - 2ème partie (certification de SM)</oddHeader>
+    <oddFooter xml:space="preserve">&amp;CCERT FORM 32 - Rév 6 - 1/2026
+</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>4</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="11" baseType="lpstr">
       <vt:lpstr>Tableau 3</vt:lpstr>
       <vt:lpstr>Tableau 5</vt:lpstr>
       <vt:lpstr>Tableau 5A</vt:lpstr>
       <vt:lpstr>Tableau 5B</vt:lpstr>
       <vt:lpstr>Tableau 5C</vt:lpstr>
       <vt:lpstr>Tableau 5D</vt:lpstr>
       <vt:lpstr>'Tableau 3'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'Tableau 5'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'Tableau 5A'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'Tableau 5B'!Zone_d_impression</vt:lpstr>
+      <vt:lpstr>'Tableau 5C'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Cofrac</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>MSE</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>