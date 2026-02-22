--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -1,262 +1,338 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24729"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\MLE\AppData\Local\Temp\ObsysNET\20220131093010\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cofracfr-my.sharepoint.com/personal/christel_znidarsic_cofrac_fr/Documents/Bureau/diffusion docs/FORM/CERT FORM 31 - Annexe A données 17065/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{38D7D292-2AED-47F7-A2E0-EF438EB057AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{56AD3C5F-303B-4608-B602-1AD57F61F5B8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="711" xr2:uid="{F7794582-F51C-4B0E-8C71-943C95F583DC}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="711" xr2:uid="{F7794582-F51C-4B0E-8C71-943C95F583DC}"/>
   </bookViews>
   <sheets>
     <sheet name="Tableau 3" sheetId="4" r:id="rId1"/>
     <sheet name="Tableau 4" sheetId="5" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Tableau 3'!$A$4:$D$10</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'Tableau 4'!$A$2:$E$18</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B15" i="5" l="1"/>
   <c r="C15" i="5" l="1"/>
   <c r="C9" i="5"/>
   <c r="B9" i="5"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="37" uniqueCount="25">
   <si>
     <t>Date :</t>
   </si>
   <si>
     <t>Nom de l'organisme :</t>
   </si>
   <si>
-    <t>Identité du sous-traitant</t>
-[...1 lines deleted...]
-  <si>
     <t>Sous-traitant accrédité (oui/non)</t>
   </si>
   <si>
-    <t>Nature de la sous-traitance (essais/inspections/audits)</t>
-[...4 lines deleted...]
-  <si>
     <t>Nom du site de l’OEC qui intervient dans le processus de certification</t>
   </si>
   <si>
     <t>Intervention de personnel à distance intervient dans le processus de certification (Oui/Non)</t>
   </si>
   <si>
     <t>Nombre de certificats valides / vérifications au 31/12 de l’année N-1</t>
   </si>
   <si>
     <t>Domaine(s) de certification/Type d’activité pour lequel(s) aucune prestation sous accréditation n’a été réalisée depuis la précédente évaluation :</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Volume d’activité dans la portée d’accréditation pour le domaine : </t>
+  </si>
+  <si>
+    <t>/</t>
+  </si>
+  <si>
+    <t>TOTAL</t>
+  </si>
+  <si>
+    <r>
+      <t>Tableau 4 : A</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">ctivités de certification réalisées sous accréditation ISO/IEC 17065 </t>
+    </r>
+  </si>
+  <si>
+    <t>${OEC_LEGAL_NAME}</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Notice</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> :</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tableau 3 : Données </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>relatives à la sous-traitance</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> dans le processus de certification sous accréditation ISO/IEC 17065</t>
+    </r>
+  </si>
+  <si>
+    <t>(1) Il s’agit des activités relatives à l’application du §6.2 de l'ISO/IEC 17065</t>
+  </si>
+  <si>
+    <t xml:space="preserve">
+Déclarer ici les entités qui exercent et/ou gèrent des activités de certification pour le compte de l’organisme de certification (OC) accrédité, qui ne sont pas entièrement ou partiellement détenues ou employées par l’OC.</t>
+  </si>
+  <si>
+    <t>Les entités peuvent ou non être situées dans le même pays que le siège social de l’OC et peuvent être une représentation locale, une agence, un franchisé ou un bureau de vente de l’OC ou de toute entité ayant une relation contractuelle avec l’OC pour l’exécution d’activités de certification</t>
+  </si>
+  <si>
+    <r>
+      <t>Nombre de sites couverts par les certificats</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Localisation des clients</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
-(par pays)</t>
-[...9 lines deleted...]
-    <t>TOTAL</t>
+(par pays) </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Domaine de certification/Type d’activité</t>
+      <t xml:space="preserve">Domaine technique </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">
-[...1 lines deleted...]
-    </r>
+      <t>(cf. nomenclature CERT CPS INF 02 et Documents d'exigences spécifiques)</t>
+    </r>
+  </si>
+  <si>
+    <t>Nature de la sous-traitance (essais/inspections/audits/autres à préciser)</t>
+  </si>
+  <si>
+    <t>Identité et adresse du sous-traitant</t>
+  </si>
+  <si>
+    <t>A compléter</t>
+  </si>
+  <si>
+    <t xml:space="preserve">(1) La déclaration de localisation et du nombre de sites à déclarer doit couvrir tous les pays et les sites couverts par les certificats </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
-        <sz val="10"/>
+        <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Dupliquer l’encart ci-dessous autant que de besoin, en fonction du nombre de domaines (en lien avec la nomenclature CERT CPS INF 02)</t>
+      <t>Dupliquer svp l’encart ci-dessous autant que de besoin, en fonction du nombre de domaines techniques (en lien avec la nomenclature CERT CPS INF 02 et les Documents d'exigences spécifiques)</t>
     </r>
     <r>
       <rPr>
+        <b/>
         <i/>
-        <sz val="10"/>
+        <sz val="12"/>
         <color rgb="FFC00000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
-Dans le cas de l'évaluation CE : </t>
-[...47 lines deleted...]
-      <t>relatives a la sous-traitance dans le processus de certification sous accréditation ISO/IEC 17065</t>
+Dans le cas de l'évaluation CE : à dupliquer svp par directive/règlement et par procédure d'évaluation de la conformité/module</t>
     </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="16" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <vertAlign val="superscript"/>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -297,380 +373,394 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
+      <vertAlign val="superscript"/>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFC00000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <i/>
-      <sz val="10"/>
+      <sz val="12"/>
       <color rgb="FFC00000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFBFBFBF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="6">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
-      <diagonal/>
-[...11 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="37">
+  <cellXfs count="35">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="justify" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="justify" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -732,51 +822,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -874,383 +964,421 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AECD94F1-96E2-4DF5-AB1D-CBBEEC33E3B6}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M10"/>
+  <dimension ref="A2:M15"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageLayout" topLeftCell="A4" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A7" sqref="A7"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A35" sqref="A35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="49" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="21" customFormat="1" x14ac:dyDescent="0.35"/>
-[...1 lines deleted...]
-      <c r="A2" s="20" t="s">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A2" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="20"/>
-      <c r="C2" s="21" t="s">
+      <c r="B2" s="16" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" t="s">
         <v>0</v>
       </c>
-      <c r="D2" s="23"/>
-[...36 lines deleted...]
-      <c r="A6" s="2" t="s">
+      <c r="D2" s="19"/>
+      <c r="E2" s="19"/>
+      <c r="F2" s="19"/>
+      <c r="G2" s="19"/>
+      <c r="L2" s="20"/>
+      <c r="M2" s="19"/>
+    </row>
+    <row r="3" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="16"/>
+      <c r="C3" s="16"/>
+      <c r="D3" s="16"/>
+      <c r="E3" s="6"/>
+      <c r="F3" s="6"/>
+      <c r="G3" s="6"/>
+      <c r="K3" s="6"/>
+      <c r="L3" s="6"/>
+      <c r="M3" s="6"/>
+    </row>
+    <row r="4" spans="1:13" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="18" t="s">
+        <v>13</v>
+      </c>
+      <c r="B4" s="18"/>
+      <c r="C4" s="18"/>
+      <c r="D4" s="18"/>
+    </row>
+    <row r="5" spans="1:13" s="8" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="7"/>
+      <c r="B5" s="7"/>
+      <c r="C5" s="7"/>
+      <c r="D5" s="7"/>
+    </row>
+    <row r="6" spans="1:13" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A7" s="11"/>
+      <c r="B7" s="12"/>
+      <c r="C7" s="12"/>
+      <c r="D7" s="12"/>
+    </row>
+    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A8" s="11"/>
+      <c r="B8" s="12"/>
+      <c r="C8" s="12"/>
+      <c r="D8" s="12"/>
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A9" s="10"/>
+      <c r="B9" s="10"/>
+      <c r="C9" s="10"/>
+      <c r="D9" s="10"/>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A10" s="10"/>
+      <c r="B10" s="10"/>
+      <c r="C10" s="10"/>
+      <c r="D10" s="10"/>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
         <v>14</v>
       </c>
-      <c r="B6" s="4" t="s">
-[...31 lines deleted...]
-      <c r="D10" s="12"/>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.25">
+      <c r="A14" s="21" t="s">
+        <v>15</v>
+      </c>
+      <c r="B14" s="21"/>
+      <c r="C14" s="21"/>
+      <c r="D14" s="21"/>
+    </row>
+    <row r="15" spans="1:13" ht="27.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" s="22"/>
+      <c r="C15" s="22"/>
+      <c r="D15" s="22"/>
+      <c r="E15" s="17"/>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" deleteColumns="0"/>
-  <mergeCells count="3">
+  <sheetProtection deleteColumns="0"/>
+  <mergeCells count="5">
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="L2:M2"/>
+    <mergeCell ref="A14:D14"/>
+    <mergeCell ref="A15:D15"/>
   </mergeCells>
   <pageMargins left="1.1023622047244095" right="0.70866141732283472" top="1.7322834645669292" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="64" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LCERT FORM 31 - Rév 0 - 02/2022&amp;RPage &amp;P de &amp;N</oddFooter>
+    <oddHeader>&amp;CAnnexe A - 2ème partie (certification de produits)</oddHeader>
+    <oddFooter>&amp;LCERT FORM 31 - Rév 1 - 01/2026&amp;RPage &amp;P de &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4453E609-DDC5-4576-A620-00540A083A0D}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:E18"/>
+  <dimension ref="A2:E20"/>
   <sheetViews>
-    <sheetView showGridLines="0" view="pageLayout" topLeftCell="A37" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6"/>
+    <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="A11" sqref="A11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="5" width="39.54296875" customWidth="1"/>
+    <col min="1" max="5" width="39.5703125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="32" t="s">
+    <row r="2" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+    </row>
+    <row r="3" spans="1:5" ht="39.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="31" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" s="31"/>
+      <c r="C3" s="31"/>
+      <c r="D3" s="31"/>
+      <c r="E3" s="31"/>
+    </row>
+    <row r="4" spans="1:5" ht="26.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" s="27"/>
+      <c r="C4" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" s="28"/>
+      <c r="E4" s="29"/>
+    </row>
+    <row r="5" spans="1:5" ht="27.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B2" s="32"/>
-[...66 lines deleted...]
-      <c r="B9" s="17">
+      <c r="D5" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A6" s="14"/>
+      <c r="B6" s="14"/>
+      <c r="C6" s="15"/>
+      <c r="D6" s="14"/>
+      <c r="E6" s="14"/>
+    </row>
+    <row r="7" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A7" s="14"/>
+      <c r="B7" s="14"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="14"/>
+      <c r="E7" s="14"/>
+    </row>
+    <row r="8" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A8" s="14"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="13"/>
+      <c r="D8" s="9"/>
+      <c r="E8" s="9"/>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A9" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="B9" s="9">
         <f>SUM(B6:B8)</f>
         <v>0</v>
       </c>
-      <c r="C9" s="17">
+      <c r="C9" s="9">
         <f>SUM(C6:C8)</f>
         <v>0</v>
       </c>
-      <c r="D9" s="17" t="s">
-[...21 lines deleted...]
-      <c r="B11" s="6" t="s">
+      <c r="D9" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="C11" s="7" t="s">
+      <c r="E9" s="9" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="27.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="27"/>
+      <c r="C10" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D10" s="28"/>
+      <c r="E10" s="29"/>
+    </row>
+    <row r="11" spans="1:5" ht="27.75" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="D11" s="6" t="s">
-[...31 lines deleted...]
-      <c r="B15" s="17">
+      <c r="C11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A12" s="14"/>
+      <c r="B12" s="14"/>
+      <c r="C12" s="15"/>
+      <c r="D12" s="14"/>
+      <c r="E12" s="14"/>
+    </row>
+    <row r="13" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A13" s="14"/>
+      <c r="B13" s="14"/>
+      <c r="C13" s="15"/>
+      <c r="D13" s="14"/>
+      <c r="E13" s="14"/>
+    </row>
+    <row r="14" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A14" s="14"/>
+      <c r="B14" s="13"/>
+      <c r="C14" s="13"/>
+      <c r="D14" s="9"/>
+      <c r="E14" s="9"/>
+    </row>
+    <row r="15" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A15" s="14" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" s="9">
         <f>SUM(B12:B14)</f>
         <v>0</v>
       </c>
-      <c r="C15" s="17">
+      <c r="C15" s="9">
         <f>SUM(C12:C14)</f>
         <v>0</v>
       </c>
-      <c r="D15" s="17" t="s">
+      <c r="D15" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="E15" s="9" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="B16" s="33"/>
+      <c r="C16" s="33"/>
+      <c r="D16" s="33"/>
+      <c r="E16" s="34"/>
+    </row>
+    <row r="17" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A17" s="23"/>
+      <c r="B17" s="24"/>
+      <c r="C17" s="24"/>
+      <c r="D17" s="24"/>
+      <c r="E17" s="25"/>
+    </row>
+    <row r="18" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A18" s="3"/>
+    </row>
+    <row r="19" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
         <v>12</v>
       </c>
-      <c r="E15" s="17" t="s">
-[...20 lines deleted...]
-      <c r="A18" s="5"/>
+    </row>
+    <row r="20" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>23</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertColumns="0" insertHyperlinks="0" deleteColumns="0" deleteRows="0" sort="0" autoFilter="0" pivotTables="0"/>
+  <sheetProtection insertColumns="0" deleteColumns="0" deleteRows="0" selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="8">
     <mergeCell ref="A17:E17"/>
     <mergeCell ref="A4:B4"/>
     <mergeCell ref="C4:E4"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A16:E16"/>
     <mergeCell ref="C10:E10"/>
   </mergeCells>
   <pageMargins left="1.1023622047244095" right="0.70866141732283472" top="1.7322834645669292" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="63" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LCERT FORM 31 - Rév 0 - 02/2022&amp;RPage &amp;P de &amp;N</oddFooter>
+    <oddHeader>&amp;CAnnexe A - 2ème partie (certification de produits)</oddHeader>
+    <oddFooter>&amp;LCERT FORM 31 - Rév 1 - 01/2026&amp;RPage &amp;P de &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>