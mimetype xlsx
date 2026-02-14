--- v0 (2025-11-03)
+++ v1 (2026-02-14)
@@ -4,93 +4,93 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cofracfr-my.sharepoint.com/personal/christel_znidarsic_cofrac_fr/Documents/Bureau/diffusion docs/FORM/CERT FORM 21 - Annexe A données générales activités/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{88D42304-3FD1-4767-B123-C01297433C1A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{F41B7153-31BF-4742-B7A7-C0A16E8CAB90}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="24240" windowHeight="13020" tabRatio="711" xr2:uid="{F7794582-F51C-4B0E-8C71-943C95F583DC}"/>
   </bookViews>
   <sheets>
     <sheet name="Général" sheetId="1" r:id="rId1"/>
     <sheet name="Tableau 1" sheetId="2" r:id="rId2"/>
     <sheet name="Tableau 2" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Général!$A$1:$L$16</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="1">'Tableau 1'!$A$1:$I$12</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Tableau 2'!$A$1:$E$15</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'Tableau 1'!$A$2:$J$24</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Tableau 2'!$A$2:$E$18</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="65" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="59">
   <si>
     <t>Tous domaines techniques</t>
   </si>
   <si>
     <t>en France et à l’étranger</t>
   </si>
   <si>
     <t>Nom du site et adresse complète</t>
   </si>
   <si>
     <t>Du personnel à distance, intervient-il dans le processus de certification, géré par ce site? (oui/non)</t>
   </si>
   <si>
     <t>Si le site gère du personnel à distance intervenant dans un autre pays, indiquer le pays</t>
   </si>
   <si>
     <t>X</t>
   </si>
   <si>
     <t>Date :</t>
   </si>
   <si>
     <t>Nom de l'organisme :</t>
   </si>
   <si>
@@ -140,291 +140,142 @@
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> et le site (contrat, convention, …)</t>
     </r>
   </si>
   <si>
     <r>
+      <t xml:space="preserve">Tableau 2 : </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Données relatives aux ressources</t>
+    </r>
+  </si>
+  <si>
+    <t>ISO 9001 , ISO 14001, ISO 45001</t>
+  </si>
+  <si>
+    <t>ISO 13485</t>
+  </si>
+  <si>
+    <t>Domaines spécifiques systèmes de management</t>
+  </si>
+  <si>
+    <t>ISO/IEC 17065</t>
+  </si>
+  <si>
+    <t>ISO/IEC 17021-1</t>
+  </si>
+  <si>
+    <t>ISO/IEC 17024</t>
+  </si>
+  <si>
+    <t>Cette annexe comporte plusieurs onglets, les tableaux de données par norme sont dans un autre formulaire</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tableau 4 (CERT FORM 31) : </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>activités de certification réalisées sous accréditation ISO/IEC 17065</t>
+    </r>
+    <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Effectif total de l’organisme :</t>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tableau 5 (CERT FORM 32) : </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">
-[...17 lines deleted...]
-        <b/>
+      <t>activités de certification réalisées sous accréditation ISO/IEC 17021-1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tableau 6 (CERT FORM 33) : </t>
+    </r>
+    <r>
+      <rPr>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>Domaine de certification/Type d’activité</t>
-[...132 lines deleted...]
-      </rPr>
       <t>activités de certification réalisées sous accréditation ISO/IEC 17024</t>
     </r>
   </si>
   <si>
     <t>${OEC_LEGAL_NAME}</t>
-  </si>
-[...57 lines deleted...]
-    </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Dispositions prises par l'OEC </t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(1)</t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
@@ -570,97 +421,50 @@
       </rPr>
       <t>(3)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(3)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Autres activités (§1.39 GEN INF 17) - Liste non exhaustive</t>
-    </r>
-[...45 lines deleted...]
-      <t xml:space="preserve"> Organismes de Certification</t>
     </r>
   </si>
   <si>
     <t>Tableau 5B (CERT FORM 32) : activité domaine ISO 13485</t>
   </si>
   <si>
     <t>Tableau 5C (CERT FORM 32) : activité domaine ISO 50001</t>
   </si>
   <si>
     <t>ISO 50001</t>
   </si>
   <si>
     <t>Tableau 5D (CERT FORM 32) : activité domaine HAS IP médicaments</t>
   </si>
   <si>
     <t>HAS IP médicaments</t>
   </si>
   <si>
     <r>
       <t>Quel que soit le type d’Organisme d’Evaluation de la Conformité (</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
@@ -709,90 +513,383 @@
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">) :
 • Développement, évaluation et maintien des examens et de la recertification (ER)
 </t>
     </r>
   </si>
   <si>
     <r>
       <t>(2)</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> Codification des activités essentielles (§ 5.1 GEN INF 17) </t>
     </r>
   </si>
+  <si>
+    <t>Notice:</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <u/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Notice :</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tableau 5A (CERT FORM 32) : </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>activités par codes EA/IAF</t>
+    </r>
+  </si>
+  <si>
+    <t>&gt; Les « sites » dématérialisés où certaines activités du processus de certification sont effectuées par du personnel 100% à distance, sont à déclarer</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Effectif total de l’organisme :</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+Non converti en ETP et incluant l’ensemble des activitésde certification de l’OEC </t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tableau 1 : </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Données relatives aux sites en France et à l’étranger</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Tableau 3 (CERT FORM 31) : </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Données relatives a la sous-traitance dans le processus de certification sous accréditation ISO/IEC 17065</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+Tableau 3 (CERT FORM 32) : </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">Données relatives a la sous-traitance dans le processus de certification sous accréditation ISO/IEC 17021-1
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Tableau 3 (CERT FORM 33)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> : Données relatives a la sous-traitance dans le processus de certification sous accréditation ISO/IEC 17024</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Domaine technique concerné </t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(4)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(1)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Organisme d’Evaluation de la Conformité (OEC) =</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Organisme de Certification</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Domaine technique</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">
+(cf. nomenclature CERT CEPE INF 07 et 
+CERT CPS INF 02 et Documents d'exigences spécifiques le cas échéant)</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">&gt; Lister </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>tous les sites en France et à l’étranger</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (incluant le siège/site principal) qui interviennent dans le processus de certification sous accréditation Cofrac</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (4)</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="8"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Domaine technique concerné conformément aux CERT CPS INF 02 et CERT CEPE INF 07 + documents d'exigences spécifiques le cas échéant</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">&gt; Les sites physiques depuis lesquels du personnel rattaché au siège de l’OEC travaille (sur le site ou à distance) sont à déclarer </t>
+  </si>
+  <si>
+    <t>&gt; Colonne A : Exemples de domaines techniques :  ISO 9001, certification des auditeurs ISO 27001, evaluation CE selon le RPC, évaluation CE selon le règlement EPI, certification des produits de sécurité incendie…</t>
+  </si>
+  <si>
+    <t>&gt; Le tableau 3 (CERT FORM 31, CERT FORM 32 ou CERT FORM 33 selon la norme d'accréditation) est à compléter en cas de personnel externe</t>
+  </si>
+  <si>
+    <t>&gt; Colonne C et E « Externes » concerne le personnel non qualifié par l’OEC ; il s’agit donc de sous-traitance au sens du §7.5 de l'ISO/IEC 17021-1 ou  §6.2 de l'ISO/IEC 17065 ou  §6.3 de l'ISO/IEC 17024.</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
-      <name val="Calibri"/>
-[...6 lines deleted...]
-      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -899,50 +996,71 @@
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF7030A0"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="8">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1078,204 +1196,206 @@
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="50">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="1" fontId="14" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="1" fontId="13" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="10" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office 2013 – 2022">
@@ -1569,665 +1689,711 @@
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8DD2E1D0-E683-4BD9-BF9E-9C51B1387E18}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:K19"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="B5" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="90" workbookViewId="0">
-      <selection activeCell="H8" sqref="H8"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="70" workbookViewId="0">
+      <selection activeCell="B4" sqref="B4:G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.140625" customWidth="1"/>
     <col min="2" max="6" width="16" customWidth="1"/>
     <col min="7" max="7" width="18.42578125" customWidth="1"/>
     <col min="8" max="11" width="16" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="2:11" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="24" t="s">
+      <c r="B2" s="25" t="s">
         <v>7</v>
       </c>
-      <c r="C2" s="24"/>
-[...5 lines deleted...]
-      <c r="G2" s="31"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="E2" s="31"/>
+      <c r="F2" s="31"/>
+      <c r="G2" s="32"/>
       <c r="K2" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="3" spans="2:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="10"/>
       <c r="C3" s="10"/>
       <c r="D3" s="10"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="K3" s="1"/>
     </row>
     <row r="4" spans="2:11" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="25" t="s">
-[...7 lines deleted...]
-      <c r="H4" s="34" t="s">
+      <c r="B4" s="26" t="s">
         <v>21</v>
       </c>
-      <c r="I4" s="33" t="s">
-[...4 lines deleted...]
-        <v>23</v>
+      <c r="C4" s="26"/>
+      <c r="D4" s="26"/>
+      <c r="E4" s="26"/>
+      <c r="F4" s="26"/>
+      <c r="G4" s="27"/>
+      <c r="H4" s="35" t="s">
+        <v>18</v>
+      </c>
+      <c r="I4" s="34" t="s">
+        <v>19</v>
+      </c>
+      <c r="J4" s="34"/>
+      <c r="K4" s="34" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="5" spans="2:11" ht="52.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="27"/>
-[...5 lines deleted...]
-      <c r="H5" s="34"/>
+      <c r="B5" s="28"/>
+      <c r="C5" s="28"/>
+      <c r="D5" s="28"/>
+      <c r="E5" s="28"/>
+      <c r="F5" s="28"/>
+      <c r="G5" s="29"/>
+      <c r="H5" s="35"/>
       <c r="I5" s="7" t="s">
         <v>0</v>
       </c>
       <c r="J5" s="8" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="K5" s="33"/>
+        <v>17</v>
+      </c>
+      <c r="K5" s="34"/>
     </row>
     <row r="6" spans="2:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="32" t="s">
-[...6 lines deleted...]
-      <c r="G6" s="32"/>
+      <c r="B6" s="33" t="s">
+        <v>48</v>
+      </c>
+      <c r="C6" s="33"/>
+      <c r="D6" s="33"/>
+      <c r="E6" s="33"/>
+      <c r="F6" s="33"/>
+      <c r="G6" s="33"/>
       <c r="H6" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I6" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J6" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K6" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="2:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B7" s="32" t="s">
-[...6 lines deleted...]
-      <c r="G7" s="32"/>
+      <c r="B7" s="33" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="33"/>
+      <c r="D7" s="33"/>
+      <c r="E7" s="33"/>
+      <c r="F7" s="33"/>
+      <c r="G7" s="33"/>
       <c r="H7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J7" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K7" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="2:11" ht="87.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B8" s="32" t="s">
-[...6 lines deleted...]
-      <c r="G8" s="32"/>
+      <c r="B8" s="33" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" s="33"/>
+      <c r="D8" s="33"/>
+      <c r="E8" s="33"/>
+      <c r="F8" s="33"/>
+      <c r="G8" s="33"/>
       <c r="H8" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I8" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J8" s="9" t="s">
         <v>5</v>
       </c>
       <c r="K8" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="2:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B9" s="32" t="s">
-[...6 lines deleted...]
-      <c r="G9" s="32"/>
+      <c r="B9" s="33" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="33"/>
+      <c r="D9" s="33"/>
+      <c r="E9" s="33"/>
+      <c r="F9" s="33"/>
+      <c r="G9" s="33"/>
       <c r="H9" s="9" t="s">
         <v>5</v>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="2:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="32" t="s">
-[...6 lines deleted...]
-      <c r="G10" s="32"/>
+      <c r="B10" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" s="33"/>
+      <c r="D10" s="33"/>
+      <c r="E10" s="33"/>
+      <c r="F10" s="33"/>
+      <c r="G10" s="33"/>
       <c r="H10" s="9"/>
       <c r="I10" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J10" s="9"/>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="2:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B11" s="32" t="s">
-[...6 lines deleted...]
-      <c r="G11" s="32"/>
+      <c r="B11" s="33" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="33"/>
+      <c r="D11" s="33"/>
+      <c r="E11" s="33"/>
+      <c r="F11" s="33"/>
+      <c r="G11" s="33"/>
       <c r="H11" s="9"/>
       <c r="I11" s="9"/>
       <c r="J11" s="17" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row r="12" spans="2:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="32" t="s">
-[...6 lines deleted...]
-      <c r="G12" s="32"/>
+      <c r="B12" s="33" t="s">
+        <v>36</v>
+      </c>
+      <c r="C12" s="33"/>
+      <c r="D12" s="33"/>
+      <c r="E12" s="33"/>
+      <c r="F12" s="33"/>
+      <c r="G12" s="33"/>
       <c r="H12" s="9"/>
       <c r="I12" s="9"/>
       <c r="J12" s="17" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row r="13" spans="2:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="32" t="s">
-[...6 lines deleted...]
-      <c r="G13" s="32"/>
+      <c r="B13" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="C13" s="33"/>
+      <c r="D13" s="33"/>
+      <c r="E13" s="33"/>
+      <c r="F13" s="33"/>
+      <c r="G13" s="33"/>
       <c r="H13" s="9"/>
       <c r="I13" s="9"/>
       <c r="J13" s="17" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row r="14" spans="2:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="32" t="s">
-[...6 lines deleted...]
-      <c r="G14" s="32"/>
+      <c r="B14" s="33" t="s">
+        <v>39</v>
+      </c>
+      <c r="C14" s="33"/>
+      <c r="D14" s="33"/>
+      <c r="E14" s="33"/>
+      <c r="F14" s="33"/>
+      <c r="G14" s="33"/>
       <c r="H14" s="9"/>
       <c r="I14" s="9"/>
       <c r="J14" s="17" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row r="15" spans="2:11" ht="37.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="32" t="s">
-[...6 lines deleted...]
-      <c r="G15" s="32"/>
+      <c r="B15" s="33" t="s">
+        <v>24</v>
+      </c>
+      <c r="C15" s="33"/>
+      <c r="D15" s="33"/>
+      <c r="E15" s="33"/>
+      <c r="F15" s="33"/>
+      <c r="G15" s="33"/>
       <c r="H15" s="9"/>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="5:5" x14ac:dyDescent="0.25">
       <c r="E19" s="1"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <mergeCells count="16">
     <mergeCell ref="B15:G15"/>
     <mergeCell ref="I4:J4"/>
     <mergeCell ref="H4:H5"/>
     <mergeCell ref="K4:K5"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B11:G11"/>
     <mergeCell ref="B8:G8"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="B10:G10"/>
     <mergeCell ref="B14:G14"/>
     <mergeCell ref="B13:G13"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="B4:G5"/>
     <mergeCell ref="D2:G2"/>
     <mergeCell ref="B6:G6"/>
     <mergeCell ref="B7:G7"/>
   </mergeCells>
   <pageMargins left="1.1023622047244095" right="0.70866141732283472" top="1.7322834645669292" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="72" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LCERT FORM 21 - Rév 09 - 10/2025&amp;RPage &amp;P de &amp;N</oddFooter>
+    <oddHeader>&amp;CAnnexe A 1ère partie</oddHeader>
+    <oddFooter>&amp;LCERT FORM 21 - Rév 10 - 1/2026&amp;RPage &amp;P de &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA5337E3-7ED8-4382-94F1-E4CE771C4AFC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:I18"/>
+  <dimension ref="A2:J23"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="115" workbookViewId="0">
-      <selection activeCell="B5" sqref="B5:D5"/>
+    <sheetView showGridLines="0" topLeftCell="A6" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="130" workbookViewId="0">
+      <selection activeCell="B24" sqref="B24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="28.42578125" customWidth="1"/>
     <col min="3" max="3" width="24.42578125" customWidth="1"/>
-    <col min="4" max="5" width="25.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="9" width="28.42578125" customWidth="1"/>
+    <col min="4" max="6" width="25.140625" customWidth="1"/>
+    <col min="7" max="7" width="24.85546875" customWidth="1"/>
+    <col min="8" max="8" width="30.28515625" customWidth="1"/>
+    <col min="9" max="10" width="28.42578125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="A3" s="36" t="s">
+    <row r="2" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="36" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" s="36"/>
+      <c r="C2" s="36"/>
+      <c r="D2" s="36"/>
+      <c r="E2" s="36"/>
+      <c r="F2" s="36"/>
+      <c r="G2" s="36"/>
+      <c r="H2" s="36"/>
+      <c r="I2" s="36"/>
+      <c r="J2" s="36"/>
+    </row>
+    <row r="3" spans="1:10" ht="18" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="37" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="36"/>
-[...9 lines deleted...]
-      <c r="A4" s="40" t="s">
+      <c r="B3" s="37"/>
+      <c r="C3" s="37"/>
+      <c r="D3" s="37"/>
+      <c r="E3" s="37"/>
+      <c r="F3" s="37"/>
+      <c r="G3" s="37"/>
+      <c r="H3" s="37"/>
+      <c r="I3" s="37"/>
+      <c r="J3" s="37"/>
+    </row>
+    <row r="4" spans="1:10" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="41" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" s="45" t="s">
+        <v>42</v>
+      </c>
+      <c r="C4" s="45"/>
+      <c r="D4" s="45"/>
+      <c r="E4" s="46" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" s="46"/>
+      <c r="G4" s="46" t="s">
+        <v>54</v>
+      </c>
+      <c r="H4" s="46"/>
+      <c r="I4" s="18"/>
+      <c r="J4" s="18"/>
+    </row>
+    <row r="5" spans="1:10" ht="157.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="41"/>
+      <c r="B5" s="44" t="s">
         <v>41</v>
       </c>
-      <c r="B4" s="44" t="s">
-[...23 lines deleted...]
-      <c r="G5" s="41"/>
+      <c r="C5" s="44"/>
+      <c r="D5" s="44"/>
+      <c r="E5" s="47" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="47"/>
+      <c r="G5" s="42"/>
       <c r="H5" s="42"/>
-      <c r="I5" s="42"/>
-[...11 lines deleted...]
-      <c r="H6" s="38"/>
+      <c r="I5" s="43"/>
+      <c r="J5" s="43"/>
+    </row>
+    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A6" s="38" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" s="39"/>
+      <c r="C6" s="39"/>
+      <c r="D6" s="39"/>
+      <c r="E6" s="39"/>
+      <c r="F6" s="39"/>
+      <c r="G6" s="39"/>
+      <c r="H6" s="39"/>
       <c r="I6" s="39"/>
-    </row>
-    <row r="7" spans="1:9" ht="66" x14ac:dyDescent="0.25">
+      <c r="J6" s="40"/>
+    </row>
+    <row r="7" spans="1:10" ht="66" x14ac:dyDescent="0.25">
       <c r="A7" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="20" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C7" s="20" t="s">
         <v>12</v>
       </c>
       <c r="D7" s="20" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="E7" s="20" t="s">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="F7" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" s="20" t="s">
         <v>3</v>
       </c>
-      <c r="G7" s="20" t="s">
+      <c r="H7" s="20" t="s">
         <v>4</v>
       </c>
-      <c r="H7" s="20" t="s">
+      <c r="I7" s="20" t="s">
         <v>13</v>
       </c>
-      <c r="I7" s="20" t="s">
-[...3 lines deleted...]
-    <row r="8" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="J7" s="20" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A8" s="22"/>
       <c r="B8" s="11"/>
       <c r="C8" s="11"/>
       <c r="D8" s="11"/>
       <c r="E8" s="11"/>
       <c r="F8" s="11"/>
       <c r="G8" s="11"/>
       <c r="H8" s="11"/>
       <c r="I8" s="11"/>
-    </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="J8" s="11"/>
+    </row>
+    <row r="9" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A9" s="11"/>
       <c r="B9" s="11"/>
       <c r="C9" s="11"/>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="11"/>
       <c r="G9" s="11"/>
       <c r="H9" s="11"/>
       <c r="I9" s="11"/>
-    </row>
-    <row r="10" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J9" s="11"/>
+    </row>
+    <row r="10" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="11"/>
       <c r="B10" s="12"/>
       <c r="C10" s="12"/>
       <c r="D10" s="12"/>
       <c r="E10" s="12"/>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="H10" s="12"/>
       <c r="I10" s="12"/>
-    </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="J10" s="12"/>
+    </row>
+    <row r="11" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A11" s="11"/>
       <c r="B11" s="12"/>
       <c r="C11" s="12"/>
       <c r="D11" s="12"/>
       <c r="E11" s="12"/>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="H11" s="12"/>
       <c r="I11" s="12"/>
-    </row>
-    <row r="12" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="J11" s="12"/>
+    </row>
+    <row r="12" spans="1:10" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="11"/>
       <c r="B12" s="13"/>
       <c r="C12" s="13"/>
       <c r="D12" s="13"/>
       <c r="E12" s="13"/>
       <c r="F12" s="13"/>
       <c r="G12" s="13"/>
       <c r="H12" s="13"/>
       <c r="I12" s="13"/>
-    </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="J12" s="13"/>
+    </row>
+    <row r="13" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A13" s="19"/>
       <c r="B13" s="19"/>
       <c r="C13" s="19"/>
       <c r="D13" s="19"/>
       <c r="E13" s="19"/>
       <c r="F13" s="19"/>
       <c r="G13" s="19"/>
       <c r="H13" s="19"/>
       <c r="I13" s="19"/>
-    </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="J13" s="19"/>
+    </row>
+    <row r="14" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A14" s="19"/>
       <c r="B14" s="19"/>
       <c r="C14" s="19"/>
       <c r="D14" s="19"/>
       <c r="E14" s="19"/>
       <c r="F14" s="19"/>
       <c r="G14" s="19"/>
       <c r="H14" s="19"/>
       <c r="I14" s="19"/>
-    </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="J14" s="19"/>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A15" s="19"/>
       <c r="B15" s="19"/>
       <c r="C15" s="19"/>
       <c r="D15" s="19"/>
       <c r="E15" s="19"/>
       <c r="F15" s="19"/>
       <c r="G15" s="19"/>
       <c r="H15" s="19"/>
       <c r="I15" s="19"/>
-    </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="J15" s="19"/>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A16" s="19"/>
       <c r="B16" s="19"/>
       <c r="C16" s="19"/>
       <c r="D16" s="19"/>
       <c r="E16" s="19"/>
       <c r="F16" s="19"/>
       <c r="G16" s="19"/>
       <c r="H16" s="19"/>
       <c r="I16" s="19"/>
-    </row>
-    <row r="17" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="J16" s="19"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A17" s="19"/>
       <c r="B17" s="19"/>
       <c r="C17" s="19"/>
       <c r="D17" s="19"/>
       <c r="E17" s="19"/>
       <c r="F17" s="19"/>
       <c r="G17" s="19"/>
       <c r="H17" s="19"/>
       <c r="I17" s="19"/>
-    </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="J17" s="19"/>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.25">
       <c r="A18" s="19"/>
       <c r="B18" s="19"/>
       <c r="C18" s="19"/>
       <c r="D18" s="19"/>
       <c r="E18" s="19"/>
       <c r="F18" s="19"/>
       <c r="G18" s="19"/>
       <c r="H18" s="19"/>
       <c r="I18" s="19"/>
+      <c r="J18" s="19"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A20" s="23" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>46</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection insertRows="0" deleteRows="0"/>
-  <mergeCells count="9">
-[...2 lines deleted...]
-    <mergeCell ref="A6:I6"/>
+  <mergeCells count="11">
+    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="A6:J6"/>
     <mergeCell ref="A4:A5"/>
-    <mergeCell ref="F5:G5"/>
-    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="I5:J5"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B4:D4"/>
-    <mergeCell ref="F4:G4"/>
+    <mergeCell ref="G4:H4"/>
+    <mergeCell ref="E4:F4"/>
+    <mergeCell ref="E5:F5"/>
   </mergeCells>
   <pageMargins left="1.1023622047244095" right="0.70866141732283472" top="1.7322834645669292" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="52" orientation="landscape" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="46" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LCERT FORM 21 - Rév 09 - 10/2025&amp;RPage &amp;P de &amp;N</oddFooter>
+    <oddHeader>&amp;CAnnexe A 1ère partie</oddHeader>
+    <oddFooter>&amp;LCERT FORM 21 - Rév 10 - 1/2026&amp;RPage &amp;P de &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D7C7C3BD-EF38-4418-BA3F-B480E03E6310}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A2:E14"/>
+  <dimension ref="A2:E19"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A6" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B30" sqref="B30"/>
+    <sheetView showGridLines="0" topLeftCell="A5" zoomScaleNormal="100" zoomScalePageLayoutView="70" workbookViewId="0">
+      <selection activeCell="B29" sqref="B29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="5" width="39" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A2" s="35" t="s">
+      <c r="A2" s="36" t="s">
         <v>8</v>
       </c>
-      <c r="B2" s="35"/>
-[...2 lines deleted...]
-      <c r="E2" s="35"/>
+      <c r="B2" s="36"/>
+      <c r="C2" s="36"/>
+      <c r="D2" s="36"/>
+      <c r="E2" s="36"/>
     </row>
     <row r="3" spans="1:5" ht="22.7" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
     </row>
     <row r="4" spans="1:5" ht="48" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="6" t="s">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="B4" s="16"/>
       <c r="D4" s="4"/>
       <c r="E4" s="4"/>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A5" s="46"/>
-[...3 lines deleted...]
-      <c r="E5" s="46"/>
+      <c r="A5" s="48"/>
+      <c r="B5" s="48"/>
+      <c r="C5" s="48"/>
+      <c r="D5" s="48"/>
+      <c r="E5" s="48"/>
     </row>
     <row r="6" spans="1:5" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="47" t="s">
+      <c r="A6" s="49" t="s">
         <v>9</v>
       </c>
-      <c r="B6" s="47"/>
-[...2 lines deleted...]
-      <c r="E6" s="47"/>
+      <c r="B6" s="49"/>
+      <c r="C6" s="49"/>
+      <c r="D6" s="49"/>
+      <c r="E6" s="49"/>
     </row>
     <row r="7" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="49" t="s">
-[...9 lines deleted...]
-      <c r="E7" s="48"/>
+      <c r="A7" s="51" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="50" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="50"/>
+      <c r="D7" s="50" t="s">
+        <v>33</v>
+      </c>
+      <c r="E7" s="50"/>
     </row>
     <row r="8" spans="1:5" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A8" s="49"/>
+      <c r="A8" s="51"/>
       <c r="B8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>10</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>11</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="21"/>
       <c r="B9" s="14"/>
       <c r="C9" s="14"/>
       <c r="D9" s="14"/>
       <c r="E9" s="14"/>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="15"/>
       <c r="B10" s="14"/>
       <c r="C10" s="14"/>
       <c r="D10" s="14"/>
@@ -2238,82 +2404,125 @@
       <c r="B11" s="15"/>
       <c r="C11" s="15"/>
       <c r="D11" s="15"/>
       <c r="E11" s="15"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="15"/>
       <c r="B12" s="15"/>
       <c r="C12" s="15"/>
       <c r="D12" s="15"/>
       <c r="E12" s="15"/>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="15"/>
       <c r="B13" s="15"/>
       <c r="C13" s="15"/>
       <c r="D13" s="15"/>
       <c r="E13" s="15"/>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="15"/>
       <c r="B14" s="15"/>
       <c r="C14" s="15"/>
       <c r="D14" s="15"/>
       <c r="E14" s="15"/>
+    </row>
+    <row r="16" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A17" s="24" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A18" s="24" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+      <c r="A19" s="24" t="s">
+        <v>57</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection insertRows="0" deleteRows="0"/>
   <mergeCells count="6">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A5:E5"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="A7:A8"/>
   </mergeCells>
   <pageMargins left="1.1023622047244095" right="0.70866141732283472" top="1.7322834645669292" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="64" orientation="landscape" r:id="rId1"/>
   <headerFooter>
-    <oddFooter>&amp;LCERT FORM 21 - Rév 09 - 10/2025&amp;RPage &amp;P de &amp;N</oddFooter>
+    <oddHeader>&amp;CAnnexe A 1ère partie</oddHeader>
+    <oddFooter>&amp;LCERT FORM 21 - Rév 10 - 1/2026&amp;RPage &amp;P de &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1c134166-f59c-4d8e-a20e-cb24fa25dbdc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5caaec7d-8052-4164-94e8-2af66718aebd" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" xsi:nil="true"/>
+    <Date xmlns="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008DE683FBC8C33D4EBC9C347A1D6731F4" ma:contentTypeVersion="20" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="9149146bb40021dcb4ace515db5f5499">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" xmlns:ns3="5caaec7d-8052-4164-94e8-2af66718aebd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7243e4e6ca9a09bac0bfd3240fc27a29" ns2:_="" ns3:_="">
     <xsd:import namespace="1c134166-f59c-4d8e-a20e-cb24fa25dbdc"/>
     <xsd:import namespace="5caaec7d-8052-4164-94e8-2af66718aebd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2524,112 +2733,90 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...20 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B58D5F9F-513C-46D0-8BD1-6C5F666A2117}">
-[...17 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43730874-B5A0-4BEC-9CAD-C37891C9C0E4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="5caaec7d-8052-4164-94e8-2af66718aebd"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="1c134166-f59c-4d8e-a20e-cb24fa25dbdc"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8363D032-C424-40DE-9BBE-ECEFD4ABE55F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B58D5F9F-513C-46D0-8BD1-6C5F666A2117}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1c134166-f59c-4d8e-a20e-cb24fa25dbdc"/>
+    <ds:schemaRef ds:uri="5caaec7d-8052-4164-94e8-2af66718aebd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>