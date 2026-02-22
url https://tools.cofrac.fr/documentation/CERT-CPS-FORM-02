--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -1,89 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cofracfr-my.sharepoint.com/personal/christel_znidarsic_cofrac_fr/Documents/Bureau/diffusion docs/questionnaires de redevance/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cofracfr-my.sharepoint.com/personal/christel_znidarsic_cofrac_fr/Documents/Bureau/diffusion docs/FORM/Questionnaires de redevance/2025-2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{51476B4F-0F95-43FC-BC55-FE5800E6399E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{85955809-718C-483E-A2E1-10FEEC4AAF6D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-19310" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="à compléter" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'à compléter'!$8:$8</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'à compléter'!$A$1:$C$91</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'à compléter'!$A$1:$C$98</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="181" uniqueCount="132">
   <si>
     <t>NOM DE L'ORGANISME :</t>
   </si>
   <si>
     <t>N° D'ACCREDITATION(S) :</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Nombre de sites situés </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>à l'étranger</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Arial"/>
@@ -163,117 +162,102 @@
   <si>
     <t>CERT CPS REF 20</t>
   </si>
   <si>
     <t>CERT CPS REF 22</t>
   </si>
   <si>
     <t xml:space="preserve">Certification des organismes évaluateurs délivrant l'attestation d'aptidude mentionnée à l'article R543-106 du code de l'environnement (fluides frigorigènes) </t>
   </si>
   <si>
     <t>CERT CPS REF 23</t>
   </si>
   <si>
     <t>CERT CPS REF 24</t>
   </si>
   <si>
     <t>Certification des organismes de formation à la prévention des risques liés à l’amiante</t>
   </si>
   <si>
     <t>CERT CPS REF 26</t>
   </si>
   <si>
     <t>Certification des prestations liées aux produits phytopharmaceutiques</t>
   </si>
   <si>
-    <t>CERT CPS REF 27</t>
-[...4 lines deleted...]
-  <si>
     <t>CERT CPS REF 28</t>
   </si>
   <si>
-    <t>Certification à des fins de notification (Evaluation de la conformité CE)</t>
-[...1 lines deleted...]
-  <si>
     <t>CERT CPS REF 29</t>
   </si>
   <si>
-    <t>Certification des entités chargées de l’entretien des véhicules ferroviaires et des fonctions d'entretien externalisées</t>
-[...1 lines deleted...]
-  <si>
     <t>CERT CPS REF 31</t>
   </si>
   <si>
     <t>Certification des entreprises réalisant des travaux de traitement de l'amiante</t>
   </si>
   <si>
     <t>CERT CPS REF 32</t>
   </si>
   <si>
     <t>Certification des organismes de formation des coordonnateurs « sécurité et protection santé » (CSPS)</t>
   </si>
   <si>
     <t>CERT CPS REF 33</t>
   </si>
   <si>
     <t>Certification des prestations liées à la sécurité des systèmes d'information - Domaine PASSI</t>
   </si>
   <si>
     <t>Certification des prestations liées à la sécurité des systèmes d'information - Domaine RGS</t>
   </si>
   <si>
     <t>Certification des prestations liées à la sécurité des systèmes d'information - Domaine eIDAS</t>
   </si>
   <si>
     <t>CERT CPS REF 34</t>
   </si>
   <si>
     <t>Certification des organismes de formation de la personne compétente en radioprotection (PCR)</t>
   </si>
   <si>
     <t>Certification des organismes compétents en radioprotection (OCR)</t>
   </si>
   <si>
     <t>CERT CPS REF 35</t>
   </si>
   <si>
     <t>Certification d’engins neufs utilisés pour le transport de denrées périssables sous température dirigée</t>
   </si>
   <si>
     <t xml:space="preserve">Certification des systèmes de contrôle de franchissement de feux de signalisation lumineuse (SCF) </t>
   </si>
   <si>
     <t>Certification de la démarche de qualité de l’étanchéité à l’air d’un bâtiment ou des réseaux aérauliques</t>
   </si>
   <si>
     <t xml:space="preserve">Certification des installateurs de systèmes de vidéosurveillance </t>
-  </si>
-[...1 lines deleted...]
-    <t>Certification de Services - Label Greenfin</t>
   </si>
   <si>
     <t>Certification des semences et plants : Certification en vue de délivrer des Passeports
 Phytosanitaires (PP)</t>
   </si>
   <si>
     <t>Certification des éoliennes, des composants d’éoliennes et des projets de parc éolien on et offshore</t>
   </si>
   <si>
     <t>Certification des sous-systèmes ferroviaires Infrastructure, Energie, Contrôle-commande signalisation et matériel roulant par un organisme désigné en France</t>
   </si>
   <si>
     <t>Certification des sous-systèmes ferroviaires Infrastructure, Energie, Contrôle-commande signalisation et matériel roulant par un organisme désigné en Belgique</t>
   </si>
   <si>
     <t xml:space="preserve">Certification des dispositifs de sécurité basés sur des technologies électriques / électroniques / électroniques programmables (E/E/PE) </t>
   </si>
   <si>
     <t>Certification de produits susceptibles d'être utilisés dans les transports guidés</t>
   </si>
   <si>
     <t>Certification des ordonnances médicales protégées</t>
   </si>
   <si>
     <t>Certification des revêtements par thermolaquage de l'aluminium et ses alliages,
@@ -402,187 +386,217 @@
   <si>
     <t>Exigences spécifiques pour l’accréditation des organismes procédant à la certification des prestataires de formation à la protection des données à caractère personnel</t>
   </si>
   <si>
     <t>CERT CPS REF 53</t>
   </si>
   <si>
     <t>Certification des sous-systèmes ferroviaires Contrôle-commande signalisation et matériel roulant par un organisme désigné au Luxembourg</t>
   </si>
   <si>
     <t>Certification des produits industriels de sécurité</t>
   </si>
   <si>
     <t>Certification de robinets thermostatiques, y compris robinets de radiateurs</t>
   </si>
   <si>
     <t>Certification de pompes à chaleur, y compris pour la production d'eau chaude sanitaire domestique</t>
   </si>
   <si>
     <t>Certification des meubles frigorifiques de vente à groupe intégré et déporté sous le label CERTICOLD HACCP</t>
   </si>
   <si>
     <t>Certification du processus de soudage des véhicules des composants ferroviaires ou des matériaux métalliques</t>
   </si>
   <si>
-    <t>Certification des raccordements de barriers de sécurité</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Certification selon les référentiels GLOBAL GAP </t>
   </si>
   <si>
     <t>Certification par essai de type pour les logiciels d’aide à la prescription (LAP) et logiciels d’aide à la dispensation (LAD)</t>
   </si>
   <si>
     <t>Certification de  textiles biologiques (GOTS et  Textile Exchange)</t>
   </si>
   <si>
     <t>Certification des prestations de services informatiques en nuage (SecNumCloud)</t>
   </si>
   <si>
     <t>CERT CPS REF 54</t>
   </si>
   <si>
-    <t>Exigences spécifiques d’accréditation des organismes procédant à la certification des opérations de traitement de données personnelles</t>
-[...1 lines deleted...]
-  <si>
     <t>CERT CPS REF 48</t>
   </si>
   <si>
-    <t>Exigences spécifiques pour l’accréditation des organismes procédant à la certification de cybersécurité des technologies de l’information et des communications</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Certification des systèmes électriques, électroniques et électroniques programmables relatifs à la sécurité </t>
   </si>
   <si>
     <t>Exigences spécifiques pour l’accréditation des organismes procédant à la certification en vue de la délivrance d’un label environnemental (Label ecologique de l'UE et label environnemental)</t>
   </si>
   <si>
     <t>Certification de chaîne de contrôle selon le référentiel PEFC et bois régionaux</t>
   </si>
   <si>
     <t>Exigences spécifiques pour l’accréditation des organismes de certification des organismes de formation des opérateurs de diagnostic technique pour l'audit énergétique</t>
   </si>
   <si>
     <t>Exigences spécifiques pour l’accréditation des organismes procédant à la certification des services dans les domaines de la cessation d’activité des installations classées pour la protection de l’environnement et des sites et sols pollués</t>
-  </si>
-[...7 lines deleted...]
-    <t>Exigences spécifiques d’accréditation des organismes procédant à la certification des services de santé au travail (Certification des services de santé au travail en agriculture)</t>
   </si>
   <si>
     <t>Certification dans le domaine de la production et de la restauration biologiques (AB)</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">
 QUESTIONNAIRE DE REDEVANCE ANNUELLE
 Section "Certifications" – Services – Produits – Processus - Agroalimentaire
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>selon la norme ISO/IEC 17065</t>
-    </r>
-[...21 lines deleted...]
-Le calcul de la redevance est effectué en application des documents CERT REF 06 et CERT REF 07 en vigueur (disponibles sur www.cofrac.fr). </t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">(1)  </t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Nombre de personnes de l'organisme intervenant dans le processus de certification sous accréditation, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>ramené en équivalent temps plein</t>
     </r>
     <r>
       <rPr>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> (ensemble des personnes - internes et externes - auditeurs, contrôleurs notamment  - ainsi que la Direction, le secrétariat, la comptabilité, etc., y compris celles utilisées en sous-traitance). </t>
     </r>
   </si>
   <si>
-    <t>CERT CPS REF 41</t>
-[...2 lines deleted...]
-    <t>Certification des formations aux activités privées de sécurité</t>
+    <t>Certification des entités chargées de l’entretien des wagons de fret</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <i/>
+        <sz val="14"/>
+        <color rgb="FF0070C0"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Les données à indiquer portent sur l'exercice 2025 (du 01/01/2025 au 31/12/2025)</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="14"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+Le calcul de la redevance est effectué en application des documents CERT REF 06 et CERT REF 07 en vigueur (disponibles sur www.cofrac.fr). </t>
+    </r>
+  </si>
+  <si>
+    <t>Exigences spécifiques pour l’accréditation des organismes procédant à la certification de cybersécurité des technologies de l’information et des communications - EUCC</t>
+  </si>
+  <si>
+    <t>Exigences spécifiques d’accréditation des organismes procédant à la certification des opérations de traitement de données personnelles - Certificats Europrivacy</t>
+  </si>
+  <si>
+    <t>Exigences spécifiques d’accréditation des organismes procédant à la certification des services de santé au travail (Certification du service des prévention et de santé au travail interentreprises) - SPSTI</t>
+  </si>
+  <si>
+    <t>Exigences spécifiques d’accréditation des organismes procédant à la certification des services de santé au travail (Certification des services de santé au travail en agriculture) - SSTA</t>
+  </si>
+  <si>
+    <t>Certification des raccordements de barrieres de sécurité</t>
+  </si>
+  <si>
+    <t>Exigences spécifiques pour l’accréditation des organismes procédant à la certification des prestations de forage de géothermie de minime importance</t>
+  </si>
+  <si>
+    <t>Certification des prestations d'audits énergétiques</t>
+  </si>
+  <si>
+    <t>Accréditation à des fins de notification (Evaluation de la conformité CE)- RPC</t>
+  </si>
+  <si>
+    <t>Accréditation à des fins de notification (Evaluation de la conformité CE)- Directive ATEX</t>
+  </si>
+  <si>
+    <t>Accréditation à des fins de notification (Evaluation de la conformité CE)- Règlement EPI</t>
+  </si>
+  <si>
+    <t>Accréditation à des fins de notification (Evaluation de la conformité CE)- Directives Explosifs à usage civil et articles pyrotechniques</t>
+  </si>
+  <si>
+    <t>Accréditation à des fins de notification (Evaluation de la conformité CE)- Directive interopérabilité ferroviaire</t>
+  </si>
+  <si>
+    <t>Accréditation à des fins de notification (Evaluation de la conformité CE)- Directives IPFNA et Instruments de mesure</t>
+  </si>
+  <si>
+    <t>Accréditation à des fins de notification (Evaluation de la conformité CE)- RED</t>
+  </si>
+  <si>
+    <t>Accréditation à des fins de notification (Evaluation de la conformité CE)- Règlement fertilisants</t>
+  </si>
+  <si>
+    <t>Accréditation à des fins de notification (Evaluation de la conformité CE)- Règlement Appareils à gaz (RAG) et Directive Rendement des chaudières avec des combustibles liquides ou gazeux</t>
+  </si>
+  <si>
+    <t>Accréditation à des fins de notification (Evaluation de la conformité CE)- Règlement drônes</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Helv"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -642,50 +656,51 @@
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="10"/>
       <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <strike/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <color rgb="FF0070C0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
@@ -1217,962 +1232,1016 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:O91"/>
+  <dimension ref="A1:O98"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" zoomScaleSheetLayoutView="70" zoomScalePageLayoutView="90" workbookViewId="0">
-      <selection sqref="A1:C1"/>
+      <selection activeCell="A78" sqref="A78:XFD78"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="31" style="7" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="143.5703125" customWidth="1"/>
     <col min="3" max="3" width="23.42578125" customWidth="1"/>
-    <col min="4" max="4" width="16.7109375" customWidth="1"/>
+    <col min="4" max="4" width="16.85546875" customWidth="1"/>
     <col min="5" max="5" width="16" customWidth="1"/>
     <col min="6" max="256" width="11.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="36" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="B1" s="37"/>
       <c r="C1" s="37"/>
       <c r="D1" s="9"/>
     </row>
     <row r="2" spans="1:5" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B2" s="1"/>
     </row>
     <row r="3" spans="1:5" ht="48" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A3" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="39"/>
       <c r="C3" s="39"/>
     </row>
     <row r="4" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="23" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="40"/>
       <c r="C4" s="40"/>
     </row>
     <row r="5" spans="1:5" ht="40.700000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="38" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="38"/>
       <c r="C5" s="22"/>
       <c r="D5" s="2"/>
       <c r="E5" s="2"/>
     </row>
     <row r="6" spans="1:5" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="34" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="34"/>
       <c r="C6" s="34"/>
     </row>
     <row r="7" spans="1:5" s="2" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="33" t="s">
-        <v>123</v>
+        <v>114</v>
       </c>
       <c r="B7" s="33"/>
       <c r="C7" s="33"/>
     </row>
     <row r="8" spans="1:5" s="2" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="14" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="21" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="14" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="9" spans="1:5" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="16" t="s">
         <v>7</v>
       </c>
       <c r="B9" s="17" t="s">
         <v>8</v>
       </c>
       <c r="C9" s="5"/>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:5" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="26" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="5"/>
     </row>
     <row r="11" spans="1:5" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="26" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="5"/>
     </row>
     <row r="12" spans="1:5" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="26" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="C12" s="5"/>
     </row>
     <row r="13" spans="1:5" s="2" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="15" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="17" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="C13" s="5"/>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:5" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="17" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5"/>
       <c r="D14" s="24"/>
     </row>
     <row r="15" spans="1:5" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="17" t="s">
         <v>16</v>
       </c>
       <c r="C15" s="5"/>
       <c r="D15" s="24"/>
     </row>
     <row r="16" spans="1:5" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B16" s="17" t="s">
-        <v>121</v>
+        <v>110</v>
       </c>
       <c r="C16" s="5"/>
       <c r="D16" s="24"/>
     </row>
     <row r="17" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="15" t="s">
         <v>18</v>
       </c>
       <c r="B17" s="17" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="C17" s="5"/>
     </row>
     <row r="18" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B18" s="17" t="s">
         <v>20</v>
       </c>
       <c r="C18" s="5"/>
     </row>
     <row r="19" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="17" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
       <c r="C19" s="5"/>
       <c r="D19" s="24"/>
     </row>
     <row r="20" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B20" s="17" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="5"/>
     </row>
     <row r="21" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="17" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="5"/>
     </row>
     <row r="22" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="15" t="s">
         <v>26</v>
       </c>
-      <c r="B22" s="17" t="s">
-        <v>27</v>
+      <c r="B22" s="18" t="s">
+        <v>122</v>
       </c>
       <c r="C22" s="5"/>
     </row>
     <row r="23" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="15" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B23" s="18" t="s">
-        <v>29</v>
+        <v>123</v>
       </c>
       <c r="C23" s="5"/>
     </row>
     <row r="24" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="15" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>26</v>
+      </c>
+      <c r="B24" s="18" t="s">
+        <v>124</v>
       </c>
       <c r="C24" s="5"/>
     </row>
     <row r="25" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="15" t="s">
-        <v>32</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>26</v>
+      </c>
+      <c r="B25" s="18" t="s">
+        <v>125</v>
       </c>
       <c r="C25" s="5"/>
     </row>
     <row r="26" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="15" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>26</v>
+      </c>
+      <c r="B26" s="18" t="s">
+        <v>126</v>
       </c>
       <c r="C26" s="5"/>
     </row>
     <row r="27" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="15" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>26</v>
+      </c>
+      <c r="B27" s="18" t="s">
+        <v>127</v>
       </c>
       <c r="C27" s="5"/>
     </row>
     <row r="28" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="15" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>26</v>
+      </c>
+      <c r="B28" s="18" t="s">
+        <v>128</v>
       </c>
       <c r="C28" s="5"/>
     </row>
     <row r="29" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="15" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>26</v>
+      </c>
+      <c r="B29" s="18" t="s">
+        <v>129</v>
       </c>
       <c r="C29" s="5"/>
     </row>
     <row r="30" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="15" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>26</v>
+      </c>
+      <c r="B30" s="18" t="s">
+        <v>130</v>
       </c>
       <c r="C30" s="5"/>
     </row>
     <row r="31" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="15" t="s">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>26</v>
+      </c>
+      <c r="B31" s="18" t="s">
+        <v>131</v>
       </c>
       <c r="C31" s="5"/>
     </row>
     <row r="32" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="15" t="s">
-        <v>40</v>
+        <v>27</v>
       </c>
       <c r="B32" s="17" t="s">
-        <v>42</v>
+        <v>113</v>
       </c>
       <c r="C32" s="5"/>
     </row>
     <row r="33" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="15" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>28</v>
+      </c>
+      <c r="B33" s="17" t="s">
+        <v>29</v>
       </c>
       <c r="C33" s="5"/>
     </row>
     <row r="34" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="15" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>30</v>
+      </c>
+      <c r="B34" s="17" t="s">
+        <v>31</v>
       </c>
       <c r="C34" s="5"/>
     </row>
     <row r="35" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="15" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>32</v>
+      </c>
+      <c r="B35" s="17" t="s">
+        <v>33</v>
       </c>
       <c r="C35" s="5"/>
     </row>
     <row r="36" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="15" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>32</v>
+      </c>
+      <c r="B36" s="17" t="s">
+        <v>34</v>
       </c>
       <c r="C36" s="5"/>
     </row>
     <row r="37" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="15" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>48</v>
+        <v>32</v>
+      </c>
+      <c r="B37" s="17" t="s">
+        <v>35</v>
       </c>
       <c r="C37" s="5"/>
     </row>
     <row r="38" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="15" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="B38" s="26" t="s">
-        <v>49</v>
+        <v>102</v>
       </c>
       <c r="C38" s="5"/>
     </row>
     <row r="39" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="15" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>36</v>
+      </c>
+      <c r="B39" s="17" t="s">
+        <v>37</v>
       </c>
       <c r="C39" s="5"/>
     </row>
     <row r="40" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="15" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>51</v>
+        <v>36</v>
+      </c>
+      <c r="B40" s="17" t="s">
+        <v>38</v>
       </c>
       <c r="C40" s="5"/>
     </row>
     <row r="41" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B41" s="26" t="s">
-        <v>98</v>
+        <v>40</v>
       </c>
       <c r="C41" s="5"/>
     </row>
     <row r="42" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B42" s="26" t="s">
-        <v>52</v>
+        <v>41</v>
       </c>
       <c r="C42" s="5"/>
     </row>
     <row r="43" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B43" s="26" t="s">
+        <v>42</v>
+      </c>
+      <c r="C43" s="5"/>
+    </row>
+    <row r="44" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A44" s="15" t="s">
+        <v>39</v>
+      </c>
+      <c r="B44" s="26" t="s">
         <v>43</v>
       </c>
-      <c r="B43" s="26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="C44" s="5"/>
     </row>
-    <row r="45" spans="1:3" s="24" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="45" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B45" s="26" t="s">
-        <v>99</v>
+        <v>44</v>
       </c>
       <c r="C45" s="5"/>
     </row>
     <row r="46" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B46" s="26" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="C46" s="5"/>
     </row>
     <row r="47" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B47" s="26" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="C47" s="5"/>
     </row>
     <row r="48" spans="1:3" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A48" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B48" s="26" t="s">
-        <v>56</v>
+        <v>93</v>
       </c>
       <c r="C48" s="5"/>
     </row>
     <row r="49" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A49" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B49" s="26" t="s">
-        <v>57</v>
+        <v>47</v>
       </c>
       <c r="C49" s="5"/>
     </row>
     <row r="50" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B50" s="26" t="s">
-        <v>58</v>
+        <v>105</v>
       </c>
       <c r="C50" s="5"/>
     </row>
-    <row r="51" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:15" s="24" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A51" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B51" s="26" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="C51" s="5"/>
     </row>
-    <row r="52" spans="1:15" s="25" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="52" spans="1:15" s="24" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A52" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B52" s="26" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="C52" s="5"/>
-      <c r="D52" s="1"/>
-[...10 lines deleted...]
-      <c r="O52" s="1"/>
     </row>
     <row r="53" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B53" s="26" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="C53" s="5"/>
     </row>
     <row r="54" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A54" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B54" s="26" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="C54" s="5"/>
     </row>
     <row r="55" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A55" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B55" s="26" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="C55" s="5"/>
     </row>
     <row r="56" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B56" s="26" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="C56" s="5"/>
     </row>
     <row r="57" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A57" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B57" s="26" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="C57" s="5"/>
     </row>
     <row r="58" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A58" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B58" s="26" t="s">
-        <v>64</v>
+        <v>95</v>
       </c>
       <c r="C58" s="5"/>
     </row>
-    <row r="59" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="59" spans="1:15" s="25" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B59" s="26" t="s">
-        <v>65</v>
+        <v>96</v>
       </c>
       <c r="C59" s="5"/>
+      <c r="D59" s="1"/>
+      <c r="E59" s="1"/>
+      <c r="F59" s="1"/>
+      <c r="G59" s="1"/>
+      <c r="H59" s="1"/>
+      <c r="I59" s="1"/>
+      <c r="J59" s="1"/>
+      <c r="K59" s="1"/>
+      <c r="L59" s="1"/>
+      <c r="M59" s="1"/>
+      <c r="N59" s="1"/>
+      <c r="O59" s="1"/>
     </row>
     <row r="60" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B60" s="26" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="C60" s="5"/>
     </row>
     <row r="61" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B61" s="26" t="s">
-        <v>102</v>
+        <v>55</v>
       </c>
       <c r="C61" s="5"/>
     </row>
     <row r="62" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A62" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B62" s="26" t="s">
-        <v>103</v>
+        <v>56</v>
       </c>
       <c r="C62" s="5"/>
     </row>
     <row r="63" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B63" s="26" t="s">
-        <v>104</v>
+        <v>57</v>
       </c>
       <c r="C63" s="5"/>
     </row>
     <row r="64" spans="1:15" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="15" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B64" s="26" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="C64" s="5"/>
     </row>
-    <row r="65" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="65" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A65" s="15" t="s">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>69</v>
+        <v>39</v>
+      </c>
+      <c r="B65" s="26" t="s">
+        <v>59</v>
       </c>
       <c r="C65" s="5"/>
     </row>
     <row r="66" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="15" t="s">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>71</v>
+        <v>39</v>
+      </c>
+      <c r="B66" s="26" t="s">
+        <v>60</v>
       </c>
       <c r="C66" s="5"/>
     </row>
     <row r="67" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A67" s="15" t="s">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>39</v>
+      </c>
+      <c r="B67" s="26" t="s">
+        <v>61</v>
       </c>
       <c r="C67" s="5"/>
     </row>
     <row r="68" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="15" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>39</v>
+      </c>
+      <c r="B68" s="26" t="s">
+        <v>97</v>
       </c>
       <c r="C68" s="5"/>
-      <c r="D68" s="24"/>
     </row>
     <row r="69" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A69" s="15" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>39</v>
+      </c>
+      <c r="B69" s="26" t="s">
+        <v>98</v>
       </c>
       <c r="C69" s="5"/>
     </row>
     <row r="70" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="15" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-        <v>126</v>
+        <v>39</v>
+      </c>
+      <c r="B70" s="26" t="s">
+        <v>119</v>
       </c>
       <c r="C70" s="5"/>
     </row>
     <row r="71" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A71" s="15" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>39</v>
+      </c>
+      <c r="B71" s="26" t="s">
+        <v>62</v>
       </c>
       <c r="C71" s="5"/>
     </row>
-    <row r="72" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A72" s="15" t="s">
-        <v>80</v>
-[...4 lines deleted...]
-      <c r="C72" s="3"/>
+        <v>39</v>
+      </c>
+      <c r="B72" s="26" t="s">
+        <v>121</v>
+      </c>
+      <c r="C72" s="5"/>
     </row>
     <row r="73" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A73" s="15" t="s">
-        <v>82</v>
-[...4 lines deleted...]
-      <c r="C73" s="3"/>
+        <v>63</v>
+      </c>
+      <c r="B73" s="17" t="s">
+        <v>64</v>
+      </c>
+      <c r="C73" s="5"/>
     </row>
     <row r="74" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A74" s="15" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-      <c r="D74"/>
+        <v>65</v>
+      </c>
+      <c r="B74" s="17" t="s">
+        <v>66</v>
+      </c>
+      <c r="C74" s="5"/>
     </row>
     <row r="75" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A75" s="15" t="s">
-        <v>83</v>
-[...5 lines deleted...]
-      <c r="D75"/>
+        <v>67</v>
+      </c>
+      <c r="B75" s="17" t="s">
+        <v>68</v>
+      </c>
+      <c r="C75" s="5"/>
     </row>
     <row r="76" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="15" t="s">
-        <v>85</v>
-[...7 lines deleted...]
-    <row r="77" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+        <v>69</v>
+      </c>
+      <c r="B76" s="17" t="s">
+        <v>70</v>
+      </c>
+      <c r="C76" s="5"/>
+      <c r="D76" s="24"/>
+    </row>
+    <row r="77" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A77" s="15" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>88</v>
+        <v>71</v>
+      </c>
+      <c r="B77" s="17" t="s">
+        <v>72</v>
       </c>
       <c r="C77" s="5"/>
-      <c r="D77" s="6"/>
-[...1 lines deleted...]
-    <row r="78" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="78" spans="1:4" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A78" s="15" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>73</v>
+      </c>
+      <c r="B78" s="17" t="s">
+        <v>74</v>
       </c>
       <c r="C78" s="5"/>
-      <c r="D78" s="6"/>
     </row>
     <row r="79" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="15" t="s">
+        <v>75</v>
+      </c>
+      <c r="B79" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="C79" s="3"/>
+    </row>
+    <row r="80" spans="1:4" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A80" s="15" t="s">
+        <v>77</v>
+      </c>
+      <c r="B80" s="20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C80" s="3"/>
+    </row>
+    <row r="81" spans="1:5" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="B81" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="C81" s="3"/>
+      <c r="D81"/>
+    </row>
+    <row r="82" spans="1:5" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A82" s="15" t="s">
+        <v>78</v>
+      </c>
+      <c r="B82" s="20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C82" s="3"/>
+      <c r="D82"/>
+    </row>
+    <row r="83" spans="1:5" s="1" customFormat="1" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A83" s="15" t="s">
+        <v>80</v>
+      </c>
+      <c r="B83" s="20" t="s">
+        <v>81</v>
+      </c>
+      <c r="C83" s="3"/>
+      <c r="D83" s="8"/>
+    </row>
+    <row r="84" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="15" t="s">
+        <v>82</v>
+      </c>
+      <c r="B84" s="20" t="s">
+        <v>83</v>
+      </c>
+      <c r="C84" s="5"/>
+      <c r="D84" s="6"/>
+    </row>
+    <row r="85" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="15" t="s">
+        <v>104</v>
+      </c>
+      <c r="B85" s="20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C85" s="5"/>
+      <c r="D85" s="6"/>
+    </row>
+    <row r="86" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A86" s="15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B86" s="20" t="s">
+        <v>90</v>
+      </c>
+      <c r="C86" s="5"/>
+      <c r="D86" s="24"/>
+    </row>
+    <row r="87" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="15" t="s">
+        <v>88</v>
+      </c>
+      <c r="B87" s="20" t="s">
+        <v>91</v>
+      </c>
+      <c r="C87" s="5"/>
+      <c r="D87" s="6"/>
+    </row>
+    <row r="88" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A88" s="15" t="s">
+        <v>89</v>
+      </c>
+      <c r="B88" s="20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C88" s="5"/>
+      <c r="D88" s="31"/>
+      <c r="E88" s="29"/>
+    </row>
+    <row r="89" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A89" s="28" t="s">
+        <v>89</v>
+      </c>
+      <c r="B89" s="20" t="s">
+        <v>120</v>
+      </c>
+      <c r="C89" s="5"/>
+      <c r="D89" s="1"/>
+      <c r="E89" s="30"/>
+    </row>
+    <row r="90" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A90" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="B79" s="20" t="s">
-[...19 lines deleted...]
-      <c r="B81" s="20" t="s">
+      <c r="B90" s="27" t="s">
         <v>117</v>
       </c>
-      <c r="C81" s="5"/>
-[...7 lines deleted...]
-      <c r="B82" s="20" t="s">
+      <c r="C90" s="5"/>
+      <c r="D90" s="24"/>
+    </row>
+    <row r="91" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A91" s="15" t="s">
+        <v>92</v>
+      </c>
+      <c r="B91" s="27" t="s">
         <v>118</v>
       </c>
-      <c r="C82" s="5"/>
-[...65 lines deleted...]
-      <c r="C91" s="12"/>
+      <c r="C91" s="5"/>
+      <c r="D91" s="24"/>
+    </row>
+    <row r="92" spans="1:5" ht="51" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A92" s="15" t="s">
+        <v>103</v>
+      </c>
+      <c r="B92" s="27" t="s">
+        <v>116</v>
+      </c>
+      <c r="C92" s="5"/>
+      <c r="D92" s="24"/>
+    </row>
+    <row r="93" spans="1:5" ht="48.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A93" s="13"/>
+      <c r="B93" s="19" t="s">
+        <v>84</v>
+      </c>
+      <c r="C93" s="5"/>
+    </row>
+    <row r="94" spans="1:5" ht="9.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A94" s="13"/>
+      <c r="B94" s="19"/>
+      <c r="C94" s="32"/>
+    </row>
+    <row r="95" spans="1:5" ht="73.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A95" s="35" t="s">
+        <v>112</v>
+      </c>
+      <c r="B95" s="35"/>
+      <c r="C95" s="35"/>
+    </row>
+    <row r="96" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="B96" s="4"/>
+      <c r="C96" s="4"/>
+    </row>
+    <row r="97" spans="2:3" ht="18" x14ac:dyDescent="0.25">
+      <c r="B97" s="10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="98" spans="2:3" ht="54" x14ac:dyDescent="0.2">
+      <c r="B98" s="11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C98" s="12"/>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="A6:C6"/>
-    <mergeCell ref="A88:C88"/>
+    <mergeCell ref="A95:C95"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.47244094488188981" right="0.23622047244094491" top="0.23622047244094491" bottom="0.59055118110236227" header="0.23622047244094491" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="46" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader xml:space="preserve">&amp;C
 </oddHeader>
-    <oddFooter>&amp;LCERT CPS FORM 02 - Rév 16 - Janvier 2025&amp;RPage &amp;P/&amp;N</oddFooter>
+    <oddFooter>&amp;LCERT CPS FORM 02 - Rév 17 - Janvier 2026&amp;RPage &amp;P/&amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="34" max="2" man="1"/>
+    <brk id="42" max="2" man="1"/>
   </rowBreaks>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="3" max="44" man="1"/>
   </colBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" xmlns:ns3="5caaec7d-8052-4164-94e8-2af66718aebd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7a0fe3ee4f24076dd29db099b6d24336" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008DE683FBC8C33D4EBC9C347A1D6731F4" ma:contentTypeVersion="20" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="4c01cb6279d5b8a432443ac273050817">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" xmlns:ns3="5caaec7d-8052-4164-94e8-2af66718aebd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="777765b4766dc60da3c94a7927cace0a" ns2:_="" ns3:_="">
     <xsd:import namespace="1c134166-f59c-4d8e-a20e-cb24fa25dbdc"/>
     <xsd:import namespace="5caaec7d-8052-4164-94e8-2af66718aebd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -2201,50 +2270,62 @@
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="39e2deed-e541-40de-a624-f8e95270374b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Date" ma:index="24" nillable="true" ma:displayName="Date" ma:format="Dropdown" ma:internalName="Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="25" nillable="true" ma:displayName="État de validation" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5caaec7d-8052-4164-94e8-2af66718aebd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -2344,91 +2425,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="1c134166-f59c-4d8e-a20e-cb24fa25dbdc">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="5caaec7d-8052-4164-94e8-2af66718aebd" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" xsi:nil="true"/>
+    <Date xmlns="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F6E2ACB-AE95-49DA-AAE2-7D6764799427}">
-[...16 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DCB75C2E-9909-42C4-A7F1-CB5C5483F023}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A7BA1E7-641F-40DB-91FB-8FC6DDB506B7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1c134166-f59c-4d8e-a20e-cb24fa25dbdc"/>
     <ds:schemaRef ds:uri="5caaec7d-8052-4164-94e8-2af66718aebd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0F6E2ACB-AE95-49DA-AAE2-7D6764799427}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="5caaec7d-8052-4164-94e8-2af66718aebd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="1c134166-f59c-4d8e-a20e-cb24fa25dbdc"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6414C7D3-441C-4F0A-B40B-2970EC73D1E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>