--- v0 (2025-11-03)
+++ v1 (2026-02-22)
@@ -3,134 +3,126 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cofracfr-my.sharepoint.com/personal/christel_znidarsic_cofrac_fr/Documents/Bureau/diffusion docs/questionnaires de redevance/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://cofracfr-my.sharepoint.com/personal/christel_znidarsic_cofrac_fr/Documents/Bureau/diffusion docs/FORM/Questionnaires de redevance/2025-2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{BE0FFB36-C590-4F30-9048-85AEBFB2C639}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{96A642EC-5D6F-44AB-82BA-DEC1B02D2654}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-19310" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="à compléter" sheetId="17" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'à compléter'!$1:$4</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'à compléter'!$A$1:$D$90</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'à compléter'!$A$1:$D$88</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C84" i="17" l="1"/>
-[...7 lines deleted...]
-  <c r="D58" i="17" s="1"/>
+  <c r="D55" i="17" l="1"/>
+  <c r="C55" i="17"/>
+  <c r="C56" i="17" s="1"/>
+  <c r="D56" i="17"/>
+  <c r="C82" i="17"/>
+  <c r="C48" i="17"/>
+  <c r="D48" i="17"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="106">
   <si>
     <t>Nbre de sites certifiés</t>
   </si>
   <si>
     <t>Certification d'Auditeurs de systèmes de management de la qualité, sécurité, environnement</t>
   </si>
   <si>
     <t>Certification d'Agents de contrôles non-destructifs</t>
   </si>
   <si>
     <t>Certification d'ingénieurs professionnels</t>
   </si>
   <si>
     <t>Certification de personnes</t>
   </si>
   <si>
     <t xml:space="preserve">Nbre de certificats en cours de validité </t>
   </si>
   <si>
     <t>Le  :</t>
   </si>
   <si>
     <t>Nom du représentant de l'organisme :
 Signature :</t>
   </si>
   <si>
     <t xml:space="preserve">Certification de systèmes de management </t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve"> TOTAL 1 + 2 + 3  =</t>
   </si>
   <si>
     <t>Certification d'entreprises</t>
   </si>
   <si>
     <t>ORGANISME :……………………………………………………………………………..</t>
   </si>
   <si>
     <t>Domaines de certification  (cf. doc. CERT CEPE INF 07 disponible sur www.cofrac.fr)</t>
   </si>
   <si>
     <t>SOUS TOTAL 1  =</t>
   </si>
   <si>
     <t>SOUS TOTAL 2 =</t>
   </si>
   <si>
     <t>Certification des experts et évaluateurs en assurance</t>
   </si>
   <si>
     <t>Certification de personnes - Domaine construction / performance énergétique des bâtiments</t>
   </si>
   <si>
     <t>Certification de personnes - Domaine Contrôle non destructif</t>
   </si>
@@ -304,96 +296,84 @@
   <si>
     <t>Certification AQAP 2110 et AQAP 2310</t>
   </si>
   <si>
     <t>Certification NF V 01-005</t>
   </si>
   <si>
     <t>Certification ISO 13485</t>
   </si>
   <si>
     <t xml:space="preserve">Certification de SMQ selon le Décret 2001-387 dans le cadre de la métrologie légale </t>
   </si>
   <si>
     <t>Certification selon un référentiel  NF EN ISO 9001</t>
   </si>
   <si>
     <t>Certification selon le Référentiel SMQ des entreprises de transport de produits de santé</t>
   </si>
   <si>
     <t>Certification des systèmes de management de la qualité des experts CSE</t>
   </si>
   <si>
     <t>Certification NF ISO 19443 - Systèmes de management de la qualité — Exigences spécifiques pour l'application de l'ISO 9001:2015 par les organisations de la chaîne d'approvisionnement du secteur de l'énergie nucléaire fournissant des produits ou services importants pour la sûreté nucléaire (IPSN)</t>
   </si>
   <si>
-    <t>Certification d'entreprises pour leur activité d'information promotionnelle sur les médicaments</t>
-[...1 lines deleted...]
-  <si>
     <t>Certification série EN 9100</t>
   </si>
   <si>
     <t>Certification NF V 01-007</t>
   </si>
   <si>
     <t>Certification ISO 14001</t>
   </si>
   <si>
-    <t>Certification PEFC</t>
-[...1 lines deleted...]
-  <si>
     <t>Certification ISO 50001</t>
   </si>
   <si>
     <t>Certification ISO 22000</t>
   </si>
   <si>
     <t>Certification FSSC 22000</t>
   </si>
   <si>
     <t xml:space="preserve">Certification FAMI QS </t>
   </si>
   <si>
-    <t xml:space="preserve">Certification GMP + </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Règlement CE n°1221/2009 Vérification EMAS </t>
   </si>
   <si>
     <t xml:space="preserve">Certification ISO/IEC 27001 </t>
   </si>
   <si>
     <t xml:space="preserve">Certification HDS  </t>
   </si>
   <si>
     <t xml:space="preserve">Certification des systèmes de management anti-corruption ISO 37001 </t>
   </si>
   <si>
     <t>Certification d'activités de surveillance humaine, de sécurité, de transport et de protection</t>
-  </si>
-[...1 lines deleted...]
-    <t>Certification de conformité de systèmes d'assurance de la qualité de fabricants selon les directives 2014/31/UE et 2014/32/UE</t>
   </si>
   <si>
     <t>Certification d'organismes testeurs CACES</t>
   </si>
   <si>
     <t>Certification selon le Référentiel  pour la certification des SM des organismes de formation à la prévention des risques du personnel travaillant dans les installations nucléaires</t>
   </si>
   <si>
     <t>Certification des entreprises intervenant au sein d’établissements exerçant des activités nucléaires et des entreprises de travail temporaires concernées par ces activités</t>
   </si>
   <si>
     <t xml:space="preserve">Certification des monteurs en canalisations électriques souterraines </t>
   </si>
   <si>
     <t>Certification de personnes dans le domaine du diagnostic immobilier</t>
   </si>
   <si>
     <t xml:space="preserve">Certification des contrôleurs techniques dans les installations d'ascenseurs </t>
   </si>
   <si>
     <t xml:space="preserve">Certification des inspecteurs de CLIM et PAC </t>
   </si>
   <si>
     <t>…………………………………………………</t>
   </si>
@@ -422,80 +402,92 @@
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> où sont réalisées des activités essentielles </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(identifiés sur l'attestation d'accréditation) :</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> …...............................................</t>
     </r>
   </si>
   <si>
-    <t>SOUS TOTAL 3 =</t>
-[...1 lines deleted...]
-  <si>
     <t>TOTAL de certificats ISO/IEC 17024=</t>
   </si>
   <si>
     <t>Certification de personnes dans le domaine du diagnostic immobilier - Audit énergétique</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="14"/>
         <color rgb="FF0070C0"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
-      <t>Les données à indiquer portent sur l'exercice 2024 (du 01/01/2024 au 31/12/2024)</t>
+      <t>Les données à indiquer portent sur l'exercice 2025 (du 01/01/2025 au 31/12/2025)</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="14"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">
 Le calcul de la redevance est effectué en application des documents CERT REF 06 et CERT REF 07 en vigueur (disponibles sur www.cofrac.fr). </t>
     </r>
+  </si>
+  <si>
+    <t>Certification PEFC France</t>
+  </si>
+  <si>
+    <t>Certification PEFC Belgique</t>
+  </si>
+  <si>
+    <t>Certification  de systèmes de management de la qualité pour leur activité d'information promotionnelle sur les médicaments</t>
+  </si>
+  <si>
+    <t>Certification CSA GTP</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> TOTAL 1 + 2  =</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="17" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <name val="Times New Roman"/>
@@ -878,53 +870,50 @@
     <xf numFmtId="0" fontId="9" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="8" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="7" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
@@ -946,124 +935,127 @@
     <xf numFmtId="0" fontId="7" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="7" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="8" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="49" fontId="7" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="15" fillId="7" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="49" fontId="7" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="6" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="4" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="49" fontId="8" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="6" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="6" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="6" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
-    </xf>
-[...43 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
@@ -1401,1011 +1393,985 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:K93"/>
+  <dimension ref="A1:K91"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="75" zoomScaleNormal="75" zoomScaleSheetLayoutView="83" zoomScalePageLayoutView="70" workbookViewId="0">
-      <selection sqref="A1:D1"/>
+    <sheetView tabSelected="1" topLeftCell="A72" zoomScale="75" zoomScaleNormal="75" zoomScaleSheetLayoutView="83" zoomScalePageLayoutView="70" workbookViewId="0">
+      <selection activeCell="E1" sqref="E1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="24.28515625" style="1" customWidth="1"/>
+    <col min="1" max="1" width="24.42578125" style="1" customWidth="1"/>
     <col min="2" max="2" width="128" style="1" customWidth="1"/>
     <col min="3" max="4" width="27.5703125" style="1" customWidth="1"/>
     <col min="5" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="72" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="59" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="59"/>
+      <c r="A1" s="49" t="s">
+        <v>42</v>
+      </c>
+      <c r="B1" s="49"/>
+      <c r="C1" s="49"/>
+      <c r="D1" s="49"/>
     </row>
     <row r="2" spans="1:4" s="4" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="69" t="s">
-[...6 lines deleted...]
-      <c r="D2" s="69"/>
+      <c r="A2" s="61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="61"/>
+      <c r="C2" s="61" t="s">
+        <v>96</v>
+      </c>
+      <c r="D2" s="61"/>
     </row>
     <row r="3" spans="1:4" s="4" customFormat="1" ht="50.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="70" t="s">
-[...6 lines deleted...]
-      <c r="D3" s="71"/>
+      <c r="A3" s="62" t="s">
+        <v>97</v>
+      </c>
+      <c r="B3" s="62"/>
+      <c r="C3" s="63" t="s">
+        <v>95</v>
+      </c>
+      <c r="D3" s="63"/>
     </row>
     <row r="4" spans="1:4" s="4" customFormat="1" ht="44.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A4" s="56" t="s">
-[...4 lines deleted...]
-      <c r="D4" s="57"/>
+      <c r="A4" s="71" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" s="71"/>
+      <c r="C4" s="71"/>
+      <c r="D4" s="72"/>
     </row>
     <row r="5" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="58" t="s">
-[...4 lines deleted...]
-      <c r="D5" s="58"/>
+      <c r="A5" s="73" t="s">
+        <v>100</v>
+      </c>
+      <c r="B5" s="73"/>
+      <c r="C5" s="73"/>
+      <c r="D5" s="73"/>
     </row>
     <row r="6" spans="1:4" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="68" t="s">
-[...4 lines deleted...]
-      <c r="D6" s="68"/>
+      <c r="A6" s="60" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" s="60"/>
+      <c r="C6" s="60"/>
+      <c r="D6" s="60"/>
     </row>
     <row r="7" spans="1:4" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="32" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="32" t="s">
+      <c r="A7" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" s="31" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="12" t="s">
         <v>5</v>
       </c>
       <c r="D7" s="13" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="45"/>
-[...4 lines deleted...]
-      <c r="D8" s="40"/>
+      <c r="A8" s="44"/>
+      <c r="B8" s="33" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" s="38"/>
+      <c r="D8" s="39"/>
     </row>
     <row r="9" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B9" s="23" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="14"/>
     </row>
     <row r="10" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="6" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B10" s="23" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C10" s="14"/>
       <c r="D10" s="14"/>
     </row>
     <row r="11" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B11" s="24" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C11" s="14"/>
       <c r="D11" s="14"/>
     </row>
     <row r="12" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B12" s="23" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C12" s="14"/>
       <c r="D12" s="14"/>
     </row>
     <row r="13" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B13" s="23" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C13" s="14"/>
       <c r="D13" s="14"/>
     </row>
     <row r="14" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B14" s="23" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C14" s="14"/>
       <c r="D14" s="14"/>
     </row>
     <row r="15" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B15" s="23" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C15" s="14"/>
       <c r="D15" s="14"/>
     </row>
     <row r="16" spans="1:4" s="4" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
     </row>
     <row r="17" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="6" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C17" s="17"/>
       <c r="D17" s="17"/>
     </row>
     <row r="18" spans="1:4" s="7" customFormat="1" ht="57" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C18" s="17"/>
       <c r="D18" s="17"/>
     </row>
-    <row r="19" spans="1:4" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:4" ht="44.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="6" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>78</v>
+        <v>49</v>
+      </c>
+      <c r="B19" s="48" t="s">
+        <v>103</v>
       </c>
       <c r="C19" s="17"/>
       <c r="D19" s="17"/>
     </row>
     <row r="20" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="46"/>
-[...4 lines deleted...]
-      <c r="D20" s="40"/>
+      <c r="A20" s="45"/>
+      <c r="B20" s="33" t="s">
+        <v>18</v>
+      </c>
+      <c r="C20" s="38"/>
+      <c r="D20" s="39"/>
     </row>
     <row r="21" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="48" t="s">
-        <v>52</v>
+      <c r="A21" s="47" t="s">
+        <v>50</v>
       </c>
       <c r="B21" s="23" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C21" s="17"/>
       <c r="D21" s="17"/>
     </row>
     <row r="22" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="47"/>
-[...4 lines deleted...]
-      <c r="D22" s="40"/>
+      <c r="A22" s="46"/>
+      <c r="B22" s="33" t="s">
+        <v>40</v>
+      </c>
+      <c r="C22" s="38"/>
+      <c r="D22" s="39"/>
     </row>
     <row r="23" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="6" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B23" s="23" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C23" s="17"/>
       <c r="D23" s="17"/>
     </row>
     <row r="24" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="47"/>
-[...4 lines deleted...]
-      <c r="D24" s="40"/>
+      <c r="A24" s="46"/>
+      <c r="B24" s="33" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24" s="38"/>
+      <c r="D24" s="39"/>
     </row>
     <row r="25" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B25" s="23" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C25" s="17"/>
       <c r="D25" s="17"/>
     </row>
     <row r="26" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="6" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B26" s="23" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="C26" s="17"/>
       <c r="D26" s="17"/>
     </row>
-    <row r="27" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-      <c r="D30" s="17"/>
+    <row r="27" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A27" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" s="23" t="s">
+        <v>102</v>
+      </c>
+      <c r="C27" s="17"/>
+      <c r="D27" s="17"/>
+    </row>
+    <row r="28" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="45"/>
+      <c r="B28" s="33" t="s">
+        <v>24</v>
+      </c>
+      <c r="C28" s="38"/>
+      <c r="D28" s="39"/>
+    </row>
+    <row r="29" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A29" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B29" s="23" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" s="17"/>
+      <c r="D29" s="17"/>
+    </row>
+    <row r="30" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="45"/>
+      <c r="B30" s="33" t="s">
+        <v>23</v>
+      </c>
+      <c r="C30" s="38"/>
+      <c r="D30" s="39"/>
     </row>
     <row r="31" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B31" s="23" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="C31" s="17"/>
-      <c r="D31" s="19"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D31" s="17"/>
+    </row>
+    <row r="32" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B32" s="23" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="C32" s="17"/>
       <c r="D32" s="19"/>
     </row>
     <row r="33" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="6" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B33" s="23" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="C33" s="17"/>
       <c r="D33" s="19"/>
     </row>
-    <row r="34" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-    <row r="38" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="34" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A34" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="B34" s="23" t="s">
+        <v>104</v>
+      </c>
+      <c r="C34" s="17"/>
+      <c r="D34" s="19"/>
+    </row>
+    <row r="35" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="45"/>
+      <c r="B35" s="33" t="s">
+        <v>19</v>
+      </c>
+      <c r="C35" s="38"/>
+      <c r="D35" s="39"/>
+    </row>
+    <row r="36" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A36" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B36" s="23" t="s">
+        <v>83</v>
+      </c>
+      <c r="C36" s="17"/>
+      <c r="D36" s="17"/>
+    </row>
+    <row r="37" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="45"/>
+      <c r="B37" s="33" t="s">
+        <v>22</v>
+      </c>
+      <c r="C37" s="38"/>
+      <c r="D37" s="39"/>
+    </row>
+    <row r="38" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="6" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B38" s="23" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="C38" s="17"/>
       <c r="D38" s="17"/>
     </row>
-    <row r="39" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-[...55 lines deleted...]
-      <c r="B45" s="35" t="s">
+    <row r="39" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A39" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B39" s="23" t="s">
+        <v>85</v>
+      </c>
+      <c r="C39" s="17"/>
+      <c r="D39" s="17"/>
+    </row>
+    <row r="40" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="45"/>
+      <c r="B40" s="33" t="s">
+        <v>21</v>
+      </c>
+      <c r="C40" s="38"/>
+      <c r="D40" s="39"/>
+    </row>
+    <row r="41" spans="1:4" s="4" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A41" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B41" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="C41" s="17"/>
+      <c r="D41" s="17"/>
+    </row>
+    <row r="42" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="45"/>
+      <c r="B42" s="33" t="s">
+        <v>30</v>
+      </c>
+      <c r="C42" s="38"/>
+      <c r="D42" s="39"/>
+    </row>
+    <row r="43" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A43" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B43" s="23" t="s">
+        <v>31</v>
+      </c>
+      <c r="C43" s="17"/>
+      <c r="D43" s="17"/>
+    </row>
+    <row r="44" spans="1:4" s="7" customFormat="1" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="45"/>
+      <c r="B44" s="33" t="s">
+        <v>20</v>
+      </c>
+      <c r="C44" s="38"/>
+      <c r="D44" s="39"/>
+    </row>
+    <row r="45" spans="1:4" s="7" customFormat="1" ht="29.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A45" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B45" s="23" t="s">
+        <v>87</v>
+      </c>
+      <c r="C45" s="15"/>
+      <c r="D45" s="15"/>
+    </row>
+    <row r="46" spans="1:4" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="44"/>
+      <c r="B46" s="34" t="s">
+        <v>39</v>
+      </c>
+      <c r="C46" s="38"/>
+      <c r="D46" s="39"/>
+    </row>
+    <row r="47" spans="1:4" ht="42.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B47" s="25"/>
+      <c r="C47" s="17"/>
+      <c r="D47" s="17"/>
+    </row>
+    <row r="48" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="29"/>
+      <c r="B48" s="26" t="s">
+        <v>12</v>
+      </c>
+      <c r="C48" s="16">
+        <f>SUM(C9:C47)</f>
+        <v>0</v>
+      </c>
+      <c r="D48" s="20">
+        <f>SUM(D9:D47)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" s="4" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A49" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="B49" s="32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" s="10" t="s">
+        <v>5</v>
+      </c>
+      <c r="D49" s="11" t="s">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" s="4" customFormat="1" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="45"/>
+      <c r="B50" s="33" t="s">
+        <v>27</v>
+      </c>
+      <c r="C50" s="38"/>
+      <c r="D50" s="39"/>
+    </row>
+    <row r="51" spans="1:4" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="B51" s="28" t="s">
+        <v>88</v>
+      </c>
+      <c r="C51" s="14"/>
+      <c r="D51" s="14"/>
+    </row>
+    <row r="52" spans="1:4" ht="24" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="44"/>
+      <c r="B52" s="35" t="s">
+        <v>28</v>
+      </c>
+      <c r="C52" s="38"/>
+      <c r="D52" s="39"/>
+    </row>
+    <row r="53" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B53" s="36" t="s">
+        <v>89</v>
+      </c>
+      <c r="C53" s="17"/>
+      <c r="D53" s="17"/>
+    </row>
+    <row r="54" spans="1:4" ht="37.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="B54" s="37" t="s">
+        <v>90</v>
+      </c>
+      <c r="C54" s="17"/>
+      <c r="D54" s="17"/>
+    </row>
+    <row r="55" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="6"/>
+      <c r="B55" s="26" t="s">
+        <v>13</v>
+      </c>
+      <c r="C55" s="16">
+        <f>SUM(C51+C53+C54)</f>
+        <v>0</v>
+      </c>
+      <c r="D55" s="20">
+        <f>SUM(D51+D53+D54)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="29"/>
+      <c r="B56" s="26" t="s">
+        <v>105</v>
+      </c>
+      <c r="C56" s="16">
+        <f>SUM(C48+C55)</f>
+        <v>0</v>
+      </c>
+      <c r="D56" s="20">
+        <f>SUM(D48+D55)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" s="4" customFormat="1" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="6"/>
+      <c r="B57" s="2"/>
+      <c r="C57" s="3"/>
+      <c r="D57" s="3"/>
+    </row>
+    <row r="58" spans="1:4" s="4" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A58" s="68" t="s">
+        <v>36</v>
+      </c>
+      <c r="B58" s="69"/>
+      <c r="C58" s="69"/>
+      <c r="D58" s="70"/>
+    </row>
+    <row r="59" spans="1:4" s="4" customFormat="1" ht="37.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A59" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="B59" s="32" t="s">
+        <v>4</v>
+      </c>
+      <c r="C59" s="66" t="s">
         <v>41</v>
       </c>
-      <c r="C45" s="39"/>
-[...168 lines deleted...]
-      <c r="B61" s="33" t="s">
+      <c r="D59" s="67"/>
+    </row>
+    <row r="60" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="45"/>
+      <c r="B60" s="33" t="s">
         <v>4</v>
       </c>
-      <c r="C61" s="51" t="s">
-[...10 lines deleted...]
-      <c r="D62" s="40"/>
+      <c r="C60" s="38"/>
+      <c r="D60" s="39"/>
+    </row>
+    <row r="61" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A61" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B61" s="28" t="s">
+        <v>3</v>
+      </c>
+      <c r="C61" s="56"/>
+      <c r="D61" s="57"/>
+    </row>
+    <row r="62" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A62" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="B62" s="28" t="s">
+        <v>37</v>
+      </c>
+      <c r="C62" s="56"/>
+      <c r="D62" s="57"/>
     </row>
     <row r="63" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="6" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-      <c r="D63" s="50"/>
+        <v>55</v>
+      </c>
+      <c r="B63" s="28" t="s">
+        <v>91</v>
+      </c>
+      <c r="C63" s="56"/>
+      <c r="D63" s="57"/>
     </row>
     <row r="64" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="6" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-      <c r="D64" s="50"/>
+        <v>62</v>
+      </c>
+      <c r="B64" s="23" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="56"/>
+      <c r="D64" s="57"/>
     </row>
     <row r="65" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="6" t="s">
-[...6 lines deleted...]
-      <c r="D65" s="50"/>
+      <c r="A65" s="45"/>
+      <c r="B65" s="33" t="s">
+        <v>65</v>
+      </c>
+      <c r="C65" s="40"/>
+      <c r="D65" s="41"/>
     </row>
     <row r="66" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A66" s="6" t="s">
-        <v>64</v>
-[...13 lines deleted...]
-      <c r="D67" s="42"/>
+        <v>56</v>
+      </c>
+      <c r="B66" s="28" t="s">
+        <v>66</v>
+      </c>
+      <c r="C66" s="18"/>
+      <c r="D66" s="19"/>
+    </row>
+    <row r="67" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="45"/>
+      <c r="B67" s="33" t="s">
+        <v>15</v>
+      </c>
+      <c r="C67" s="38"/>
+      <c r="D67" s="39"/>
     </row>
     <row r="68" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A68" s="6" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>68</v>
+        <v>62</v>
+      </c>
+      <c r="B68" s="28" t="s">
+        <v>38</v>
       </c>
       <c r="C68" s="18"/>
       <c r="D68" s="19"/>
     </row>
-    <row r="69" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-      <c r="D69" s="40"/>
+    <row r="69" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A69" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="B69" s="28" t="s">
+        <v>92</v>
+      </c>
+      <c r="C69" s="18"/>
+      <c r="D69" s="19"/>
     </row>
     <row r="70" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A70" s="6" t="s">
-        <v>64</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>59</v>
+      </c>
+      <c r="B70" s="28" t="s">
+        <v>99</v>
       </c>
       <c r="C70" s="18"/>
       <c r="D70" s="19"/>
     </row>
-    <row r="71" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="71" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="6" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>60</v>
+      </c>
+      <c r="B71" s="28" t="s">
+        <v>93</v>
       </c>
       <c r="C71" s="18"/>
       <c r="D71" s="19"/>
     </row>
-    <row r="72" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="72" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="B72" s="29" t="s">
-        <v>106</v>
+      <c r="B72" s="23" t="s">
+        <v>94</v>
       </c>
       <c r="C72" s="18"/>
       <c r="D72" s="19"/>
     </row>
-    <row r="73" spans="1:4" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="6" t="s">
+    <row r="73" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="45"/>
+      <c r="B73" s="33" t="s">
+        <v>16</v>
+      </c>
+      <c r="C73" s="38"/>
+      <c r="D73" s="39"/>
+    </row>
+    <row r="74" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A74" s="30" t="s">
         <v>62</v>
       </c>
-      <c r="B73" s="29" t="s">
-[...6 lines deleted...]
-      <c r="A74" s="6" t="s">
+      <c r="B74" s="28" t="s">
+        <v>2</v>
+      </c>
+      <c r="C74" s="56"/>
+      <c r="D74" s="57"/>
+    </row>
+    <row r="75" spans="1:4" s="4" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A75" s="45"/>
+      <c r="B75" s="34" t="s">
         <v>63</v>
       </c>
-      <c r="B74" s="23" t="s">
-[...14 lines deleted...]
-      <c r="A76" s="31" t="s">
+      <c r="C75" s="40"/>
+      <c r="D75" s="41"/>
+    </row>
+    <row r="76" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B76" s="28" t="s">
         <v>64</v>
       </c>
-      <c r="B76" s="29" t="s">
-[...29 lines deleted...]
-      <c r="D79" s="40"/>
+      <c r="C76" s="42"/>
+      <c r="D76" s="43"/>
+    </row>
+    <row r="77" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="45"/>
+      <c r="B77" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="C77" s="38"/>
+      <c r="D77" s="39"/>
+    </row>
+    <row r="78" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A78" s="30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B78" s="23" t="s">
+        <v>1</v>
+      </c>
+      <c r="C78" s="56"/>
+      <c r="D78" s="57"/>
+    </row>
+    <row r="79" spans="1:4" s="4" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A79" s="30" t="s">
+        <v>62</v>
+      </c>
+      <c r="B79" s="23" t="s">
+        <v>32</v>
+      </c>
+      <c r="C79" s="18"/>
+      <c r="D79" s="19"/>
     </row>
     <row r="80" spans="1:4" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="31" t="s">
-        <v>64</v>
+      <c r="A80" s="30" t="s">
+        <v>62</v>
       </c>
       <c r="B80" s="23" t="s">
-        <v>1</v>
-[...6 lines deleted...]
-        <v>64</v>
+        <v>33</v>
+      </c>
+      <c r="C80" s="18"/>
+      <c r="D80" s="19"/>
+    </row>
+    <row r="81" spans="1:11" s="4" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A81" s="30" t="s">
+        <v>62</v>
       </c>
       <c r="B81" s="23" t="s">
         <v>34</v>
       </c>
       <c r="C81" s="18"/>
       <c r="D81" s="19"/>
     </row>
-    <row r="82" spans="1:11" s="4" customFormat="1" ht="26.25" customHeight="1" x14ac:dyDescent="0.2">
-[...25 lines deleted...]
-        <f>SUM(C63:D83)</f>
+    <row r="82" spans="1:11" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="29"/>
+      <c r="B82" s="27" t="s">
+        <v>98</v>
+      </c>
+      <c r="C82" s="64">
+        <f>SUM(C61:D81)</f>
         <v>0</v>
       </c>
-      <c r="D84" s="73"/>
-      <c r="E84" s="8"/>
+      <c r="D82" s="65"/>
+      <c r="E82" s="8"/>
+    </row>
+    <row r="84" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="B84" s="9"/>
+      <c r="C84" s="58" t="s">
+        <v>6</v>
+      </c>
+      <c r="D84" s="59"/>
+    </row>
+    <row r="85" spans="1:11" ht="105.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C85" s="50" t="s">
+        <v>7</v>
+      </c>
+      <c r="D85" s="51"/>
     </row>
     <row r="86" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B86" s="9"/>
-[...9 lines deleted...]
-      <c r="D87" s="61"/>
+      <c r="C86" s="52"/>
+      <c r="D86" s="53"/>
+    </row>
+    <row r="87" spans="1:11" x14ac:dyDescent="0.25">
+      <c r="C87" s="52"/>
+      <c r="D87" s="53"/>
     </row>
     <row r="88" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="C88" s="62"/>
-      <c r="D88" s="63"/>
+      <c r="C88" s="54"/>
+      <c r="D88" s="55"/>
     </row>
     <row r="89" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="C89" s="62"/>
-      <c r="D89" s="63"/>
+      <c r="B89" s="21"/>
+      <c r="C89" s="21"/>
+      <c r="D89" s="21"/>
+      <c r="E89" s="21"/>
+      <c r="F89" s="21"/>
+      <c r="G89" s="21"/>
+      <c r="H89" s="21"/>
+      <c r="I89" s="21"/>
+      <c r="J89" s="21"/>
+      <c r="K89" s="4"/>
     </row>
     <row r="90" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="C90" s="64"/>
-      <c r="D90" s="65"/>
+      <c r="B90" s="22"/>
+      <c r="C90" s="22"/>
+      <c r="D90" s="22"/>
+      <c r="E90" s="22"/>
+      <c r="F90" s="22"/>
+      <c r="G90" s="22"/>
+      <c r="H90" s="22"/>
+      <c r="I90" s="22"/>
+      <c r="J90" s="22"/>
     </row>
     <row r="91" spans="1:11" x14ac:dyDescent="0.25">
-      <c r="B91" s="21"/>
-[...29 lines deleted...]
-      <c r="J93" s="22"/>
+      <c r="C91" s="22"/>
+      <c r="D91" s="22"/>
+      <c r="E91" s="22"/>
+      <c r="F91" s="22"/>
+      <c r="G91" s="22"/>
+      <c r="H91" s="22"/>
+      <c r="I91" s="22"/>
+      <c r="J91" s="22"/>
     </row>
   </sheetData>
   <mergeCells count="19">
+    <mergeCell ref="A58:D58"/>
+    <mergeCell ref="A4:D4"/>
+    <mergeCell ref="A5:D5"/>
     <mergeCell ref="A1:D1"/>
-    <mergeCell ref="C87:D90"/>
-[...3 lines deleted...]
-    <mergeCell ref="C86:D86"/>
+    <mergeCell ref="C85:D88"/>
+    <mergeCell ref="C64:D64"/>
+    <mergeCell ref="C74:D74"/>
+    <mergeCell ref="C78:D78"/>
+    <mergeCell ref="C84:D84"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C2:D2"/>
-    <mergeCell ref="C84:D84"/>
+    <mergeCell ref="C82:D82"/>
+    <mergeCell ref="C61:D61"/>
     <mergeCell ref="C63:D63"/>
-    <mergeCell ref="C65:D65"/>
-[...4 lines deleted...]
-    <mergeCell ref="A5:D5"/>
+    <mergeCell ref="C59:D59"/>
+    <mergeCell ref="C62:D62"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="46" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
-    <oddFooter>&amp;LCERT CEPE FORM 58 - rév. 15 - Janvier 2025&amp;RPage &amp;P/&amp;N</oddFooter>
+    <oddFooter>&amp;LCERT CEPE FORM 58 - rév. 16 - Janvier 2026&amp;RPage &amp;P/&amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
-    <brk id="59" max="3" man="1"/>
+    <brk id="57" max="3" man="1"/>
   </rowBreaks>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008DE683FBC8C33D4EBC9C347A1D6731F4" ma:contentTypeVersion="16" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="a32a69bdc14d38db69e4249dacf1b7ba">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" xmlns:ns3="5caaec7d-8052-4164-94e8-2af66718aebd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7a0fe3ee4f24076dd29db099b6d24336" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008DE683FBC8C33D4EBC9C347A1D6731F4" ma:contentTypeVersion="20" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="4c01cb6279d5b8a432443ac273050817">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" xmlns:ns3="5caaec7d-8052-4164-94e8-2af66718aebd" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="777765b4766dc60da3c94a7927cace0a" ns2:_="" ns3:_="">
     <xsd:import namespace="1c134166-f59c-4d8e-a20e-cb24fa25dbdc"/>
     <xsd:import namespace="5caaec7d-8052-4164-94e8-2af66718aebd"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:Date" minOccurs="0"/>
+                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoTags" ma:index="10" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
@@ -2434,50 +2400,62 @@
     <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Balises d’images" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="39e2deed-e541-40de-a624-f8e95270374b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="21" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="23" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Date" ma:index="24" nillable="true" ma:displayName="Date" ma:format="Dropdown" ma:internalName="Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_Flow_SignoffStatus" ma:index="25" nillable="true" ma:displayName="État de validation" ma:internalName="_x0024_Resources_x003a_core_x002c_Signoff_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5caaec7d-8052-4164-94e8-2af66718aebd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Partagé avec" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -2593,94 +2571,96 @@
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="1c134166-f59c-4d8e-a20e-cb24fa25dbdc">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="5caaec7d-8052-4164-94e8-2af66718aebd" xsi:nil="true"/>
+    <_Flow_SignoffStatus xmlns="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" xsi:nil="true"/>
+    <Date xmlns="1c134166-f59c-4d8e-a20e-cb24fa25dbdc" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26840DBB-AEFB-482B-8A98-55829AB3405C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7D7E8FEC-FBC1-49B7-9DED-4CC7156EB62D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="1c134166-f59c-4d8e-a20e-cb24fa25dbdc"/>
     <ds:schemaRef ds:uri="5caaec7d-8052-4164-94e8-2af66718aebd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A1EEBEF-8A3B-499C-8F20-0810C9045E2B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{736774CF-0057-4C3D-B706-E6B1A1357B4F}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="1c134166-f59c-4d8e-a20e-cb24fa25dbdc"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="5caaec7d-8052-4164-94e8-2af66718aebd"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="1c134166-f59c-4d8e-a20e-cb24fa25dbdc"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>